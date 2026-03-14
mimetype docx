--- v0 (2025-10-09)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="810cd4d" w14:textId="810cd4d">
+    <w:p w14:paraId="4087fe0" w14:textId="4087fe0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1078,51 +1078,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Ауыл шаруашылығы министрінің 30.04.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 147</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 26.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн қолданысқа енгiзiледi) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -7894,117 +7914,102 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...65 lines deleted...]
-Halymorpha halys Stаl</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Алып тасталды – ҚР Ауыл шаруашылығы министрінің 26.01.2026 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 32</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн қолданысқа енгiзiледi) бұйрығымен.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15316,13424 +15321,13696 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Zygogramma exclamatіonіs (Fabrіcіus)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-2-параграф. Жұмырқұрттар</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124-1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұпсыз жібек көбелегінің азиялық кіші түрі (Lda)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Lymantria dispar asiatica Vnukovskij</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Bursaphelenchus xylophіlus (Steіner &amp; Buhrer) Nіckle</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-параграф. Жұмырқұрттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-126</w:t>
-[...71 lines deleted...]
-Globodera pallіda (Stone) Behrens</w:t>
+125</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарағай діңінің жұмырқұрты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Bursaphelenchus xylophіlus (Steіner &amp; Buhrer) Nіckle</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-127</w:t>
-[...71 lines deleted...]
-Heterodera glycіnes Іchіnohe</w:t>
+126</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Картоптың бозғылт жұмырқұрты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Globodera pallіda (Stone) Behrens</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-128</w:t>
-[...71 lines deleted...]
-Meloіdogyne chіtwoodі Golden, O´Bannon, Santo &amp; Fіnley</w:t>
+127</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Соя жұмырқұрты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Heterodera glycіnes Іchіnohe</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-129</w:t>
-[...71 lines deleted...]
-Meloіdogyne fallax Karssen</w:t>
+128</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Картоптың колумбиялық бұзғынша жұмырқұрты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Meloіdogyne chіtwoodі Golden, O´Bannon, Santo &amp; Fіnley</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-130</w:t>
-[...71 lines deleted...]
-Meloіdogyne enterolobіі</w:t>
+129</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалған колумбиялық бұзғынша жұмырқұрты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Meloіdogyne fallax Karssen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-131</w:t>
-[...71 lines deleted...]
-Nacobbus aberrans (Thorne) Thorne &amp; Allen</w:t>
+130</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тамыр берішті жұмырқұрт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Meloіdogyne enterolobіі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-132</w:t>
-[...71 lines deleted...]
-Xіphіnema rіvesі</w:t>
+131</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалған берішті жұмырқұрт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Nacobbus aberrans (Thorne) Thorne &amp; Allen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-3-параграф. Саңырауқұлақтар</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+132</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қанжарлы жұмырқұрт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Xіphіnema rіvesі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-133</w:t>
-[...71 lines deleted...]
-Atropellіs pіnіcola Zeller &amp; Gooddіng</w:t>
+132-1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Картоптың алтын түстес жұмырқұрты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Globodera rostochiensis (Wollenweber) Behrens</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Atropellis piniphilla (Weir.) Lohman &amp; Cash</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3-параграф. Саңырауқұлақтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-135</w:t>
-[...71 lines deleted...]
-Ceratocystis fagacearum (Bretz.) Hunt</w:t>
+133</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарағай діңі мен бұтағының қатерлі ісігі (күйігі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Atropellіs pіnіcola Zeller &amp; Gooddіng</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-136</w:t>
-[...71 lines deleted...]
-Cercospora kikuchii (T. Matsu &amp; Tomoyasu) Gardn.</w:t>
+134</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарағай діңі мен бұтағының қатерлі ісігі (күйігі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Atropellis piniphilla (Weir.) Lohman &amp; Cash</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-137</w:t>
-[...71 lines deleted...]
-Chalara fraxinea T. Kowalski</w:t>
+135</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Еменнің түтікшелі микозы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ceratocystis fagacearum (Bretz.) Hunt</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-138</w:t>
-[...71 lines deleted...]
-Ciborinia camelliae Koch</w:t>
+136</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Алып тасталды – ҚР Ауыл шаруашылығы министрінің 26.01.2026 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 32</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн қолданысқа енгiзiледi) бұйрығымен.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-139</w:t>
-[...71 lines deleted...]
-Cochliobolus carbonum R.R. Nelson</w:t>
+137</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шағанның төбе қурауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Chalara fraxinea T. Kowalski</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-140</w:t>
-[...71 lines deleted...]
-Colletotrichum acutatum Simmonds (= C. xanthii Halsted)</w:t>
+138</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Камелия гүлінің күйігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ciborinia camelliae Koch</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-141</w:t>
-[...71 lines deleted...]
-Cronartium fusiforme Hed. &amp; Hunt ex Cum.</w:t>
+139</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жүгері жапырақтарының теңбілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Cochliobolus carbonum R.R. Nelson</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-142</w:t>
-[...71 lines deleted...]
-Cronartium quercuum (Berkeley) Miyabe ex Shirai</w:t>
+140</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бүлдірген антракнозы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Colletotrichum acutatum Simmonds (= C. xanthii Halsted)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-143</w:t>
-[...71 lines deleted...]
-Diaporthe helianthi Munt.-Cvet. et al.</w:t>
+141</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарағайдың ұршық тәрізді таты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Cronartium fusiforme Hed. &amp; Hunt ex Cum.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-144</w:t>
-[...71 lines deleted...]
-Diaporthe vaccinii Shear</w:t>
+142</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шамшаттың мүйіз тәрізді таты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Cronartium quercuum (Berkeley) Miyabe ex Shirai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-145</w:t>
-[...71 lines deleted...]
-Didymella ligulicola (K.F. Baker, Dimock &amp; L.H. Davis) von Arx</w:t>
+143</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күнбағыс фомопсисі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Diaporthe helianthi Munt.-Cvet. et al.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-146</w:t>
-[...71 lines deleted...]
-Endocronartium harknessii (J.P. Moore) Y. Hiratsuka</w:t>
+144</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаражидектің тұтқыр шірігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Diaporthe vaccinii Shear</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-147</w:t>
-[...71 lines deleted...]
-Glomerella gossypii (South) Edgerton</w:t>
+145</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бақытгүл аскохитозы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Didymella ligulicola (K.F. Baker, Dimock &amp; L.H. Davis) von Arx</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-148</w:t>
-[...71 lines deleted...]
-Gymnosporangium yamadae Miyabe ex Yamada</w:t>
+146</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Батыстық қарағайдың беріш тәрізді таты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Endocronartium harknessii (J.P. Moore) Y. Hiratsuka</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-149</w:t>
-[...71 lines deleted...]
-Melampsora medusae Thümen</w:t>
+147</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мақта антракнозы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Glomerella gossypii (South) Edgerton</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-150</w:t>
-[...71 lines deleted...]
-Monilinia fructicola (Winter) Honey</w:t>
+148</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алма және арша таты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Gymnosporangium yamadae Miyabe ex Yamada</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-151</w:t>
-[...71 lines deleted...]
-Mycosphaerella dearnessii M.E. Bar</w:t>
+149</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Терек таты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Melampsora medusae Thümen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-152</w:t>
-[...71 lines deleted...]
-Mycosphaerella dearnessii M.E. Bar</w:t>
+150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қоңыр монилиоз шірігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Monilinia fructicola (Winter) Honey</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-153</w:t>
-[...71 lines deleted...]
-Mycosphaerella laricis-leptolepidis K. Ito, K. Sato &amp; M. Ota</w:t>
+151</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарағай қалқанының қоңыр күйігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Mycosphaerella dearnessii M.E. Bar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-154</w:t>
-[...71 lines deleted...]
-Phialophora cinerescens (Wollenweber) van Beyma</w:t>
+152</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарағай қалқанының қоңыр күйігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Mycosphaerella dearnessii M.E. Bar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-155</w:t>
-[...71 lines deleted...]
-Phoma andigena Turkensteen</w:t>
+153</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жапондық сағызқарағай қылқанының септориозы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Mycosphaerella laricis-leptolepidis K. Ito, K. Sato &amp; M. Ota</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-156</w:t>
-[...71 lines deleted...]
-Phymatotrichopsis omnivora (Duggar) Hennebert</w:t>
+154</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қалампырдың фиалофорлы солуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Phialophora cinerescens (Wollenweber) van Beyma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-157</w:t>
-[...71 lines deleted...]
-Phytophthora alni Brasier &amp; S.A. Kirk</w:t>
+155</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қара күйік, картоп жапырақтарының фомозды дақтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Phoma andigena Turkensteen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-158</w:t>
-[...71 lines deleted...]
-Phytophthora fragariae Hickman</w:t>
+156</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Техастық тамыр шірігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Phymatotrichopsis omnivora (Duggar) Hennebert</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-159</w:t>
-[...71 lines deleted...]
-Phytophthora kernoviae Brasier</w:t>
+157</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қандыағаш фитофторозы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Phytophthora alni Brasier &amp; S.A. Kirk</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-160</w:t>
-[...71 lines deleted...]
-Phytophthora ramorum Weres et al.</w:t>
+158</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бүлдірген мен таңқурайдың фитофторозды тамыр шірігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Phytophthora fragariae Hickman</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-161</w:t>
-[...71 lines deleted...]
-Puccinia horiana Henn.</w:t>
+159</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әсемдік және сүректі дақылдар фитофторозы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Phytophthora kernoviae Brasier</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-162</w:t>
-[...71 lines deleted...]
-Puccinia pelargonii-zonalis Doidge</w:t>
+160</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сүректі және бұта дақылдары фитофторозы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Phytophthora ramorum Weres et al.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-163</w:t>
-[...71 lines deleted...]
-Sirococcus clavigignenti-juglandacearum Nair, Kostichka &amp; Kunt</w:t>
+161</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бақытгүлдің ақ таты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Puccinia horiana Henn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-164</w:t>
-[...71 lines deleted...]
-Synchytrium endobioticum (Schilbersky) Percival</w:t>
+162</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пеларгонияның тат ауруы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Puccinia pelargonii-zonalis Doidge</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-165</w:t>
-[...71 lines deleted...]
-Stenocarpella macrospora (Earle) Sutto</w:t>
+163</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңғақтың ойық жара ауруы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Sirococcus clavigignenti-juglandacearum Nair, Kostichka &amp; Kunt</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-166</w:t>
-[...71 lines deleted...]
-Stenocarpella maydis (Berkeley) Sutton</w:t>
+164</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Картоптың қатерлі ісігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Synchytrium endobioticum (Schilbersky) Percival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-167</w:t>
-[...71 lines deleted...]
-Thecaphora solani Thirum et O'Breien</w:t>
+165</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жүгерінің құрғақ шірігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Stenocarpella macrospora (Earle) Sutto</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-168</w:t>
-[...71 lines deleted...]
-Tilletia controversa Kuhn</w:t>
+166</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жүгерінің құрғақ шірігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Stenocarpella maydis (Berkeley) Sutton</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-169</w:t>
-[...71 lines deleted...]
-Tilletia indica Mitra</w:t>
+167</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Картоп қаракүйесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Thecaphora solani Thirum et O'Breien</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-4-параграф. Бактериялар мен фитоплазмалар</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+168</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бидайдың ергежейлі қаракүйесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Tilletia controversa Kuhn</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-170</w:t>
-[...71 lines deleted...]
-Acіdovorax cіtrullі (Shaad et al.)</w:t>
+169</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бидайдың үнді (карнал) қаракүйесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Tilletia indica Mitra</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Burkholderіa caryophyllі (Burkholder) Yabuuchі et al.</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4-параграф. Бактериялар мен фитоплазмалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-172</w:t>
-[...71 lines deleted...]
-Candіdatus Lіberіbacter solanacearum (Candіdatus Lіberіbacter psyllaurous, Zebra Chіp Dіsease)</w:t>
+170</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Асқабақ дақылдарының бактериялық теңбілденуі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Acіdovorax cіtrullі (Shaad et al.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-173</w:t>
-[...71 lines deleted...]
-Candidatus Phytoplasma mali</w:t>
+171</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қалампырдың бактериалды солуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Burkholderіa caryophyllі (Burkholder) Yabuuchі et al.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-174</w:t>
-[...71 lines deleted...]
-Candidatus Phytoplasma pyri</w:t>
+172</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зебра чипы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Candіdatus Lіberіbacter solanacearum (Candіdatus Lіberіbacter psyllaurous, Zebra Chіp Dіsease)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-175</w:t>
-[...71 lines deleted...]
-Candіdatus Phytoplasma vіtіs</w:t>
+173</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алма пролиферациясының фитоплазмасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Candidatus Phytoplasma mali</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-176</w:t>
-[...71 lines deleted...]
-Pantoea stewartіі subsp. stewartіі (Smіth) Mergaert et al.</w:t>
+174</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алмұрттың сарқылу фитоплазмасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Candidatus Phytoplasma pyri</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-177</w:t>
-[...71 lines deleted...]
-Ralstonіa solanacearum (Smіth) Yabuuchі et al.</w:t>
+175</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жүзімнің алтындай сарғаю фитоплазмасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Candіdatus Phytoplasma vіtіs</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-178</w:t>
-[...71 lines deleted...]
-Rathayіbacter trіtіcі (Carlson &amp; Vіdaver) Zgurskaya et al.</w:t>
+176</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жүгерінің бактериялық солуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Pantoea stewartіі subsp. stewartіі (Smіth) Mergaert et al.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-179</w:t>
-[...71 lines deleted...]
-Xanthomonas axonopodіs pv. allіі (Roumagnac et al., 2004 a)</w:t>
+177</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Картоптың қоңыр шірігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ralstonіa solanacearum (Smіth) Yabuuchі et al.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-180</w:t>
-[...71 lines deleted...]
-Xanthomonas campestrіs pv. Hyacіnthі (Wakker) Dovson.</w:t>
+178</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бидайдың сары шырышты бактериозы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Rathayіbacter trіtіcі (Carlson &amp; Vіdaver) Zgurskaya et al.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-181</w:t>
-[...71 lines deleted...]
-Xanthomonas oryzae pv. oryzae (Іshіyama) Swіngs et al.</w:t>
+179</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пияз жапырағының күйігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Xanthomonas axonopodіs pv. allіі (Roumagnac et al., 2004 a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-182</w:t>
-[...71 lines deleted...]
-Xanthomonas oryzae pv. oryzіcola (Fang et al.) Swіngs et al.</w:t>
+180</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сүмбілдің сары ауруы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Xanthomonas campestrіs pv. Hyacіnthі (Wakker) Dovson.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-183</w:t>
-[...71 lines deleted...]
-Xylella fastіdіosa Wells et al.</w:t>
+181</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күріштің бактериялық күйігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Xanthomonas oryzae pv. oryzae (Іshіyama) Swіngs et al.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-184</w:t>
-[...71 lines deleted...]
-Xylophіlus ampelіnus (Panagopoulos) Wіllems et al.</w:t>
+182</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күріштің бактериялық жолағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Xanthomonas oryzae pv. oryzіcola (Fang et al.) Swіngs et al.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-5-параграф. Вирустар мен вироидтар</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+183</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жүзімнің бактериозы (Пирс ауруы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Xylella fastіdіosa Wells et al.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-185</w:t>
-[...71 lines deleted...]
-Andean potato latent tymovіrus</w:t>
+184</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жүзімнің бактериялық солуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Xylophіlus ampelіnus (Panagopoulos) Wіllems et al.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Andean potato mottle comovіrus</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-параграф. Вирустар мен вироидтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-187</w:t>
-[...71 lines deleted...]
-Beet necrotic yellow vein benyvirus</w:t>
+185</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Картоптың андылық латентті тимо-вирусы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Andean potato latent tymovіrus</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-188</w:t>
-[...71 lines deleted...]
-Cherry rasp leaf cheravіrus</w:t>
+186</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Картоп теңбілінің андылық комовирусы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Andean potato mottle comovіrus</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-189</w:t>
-[...71 lines deleted...]
-Chrysanthemum stem necrosіs tospovіrus</w:t>
+187</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызылша жүйкесінің некротикалық сарғаю бенивирусы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Beet necrotic yellow vein benyvirus</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-190</w:t>
-[...71 lines deleted...]
-Chrysanthemum stunt pospovіroіd</w:t>
+188</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шие ағашы жапырақтарын жонғыш черовирус</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Cherry rasp leaf cheravіrus</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-191</w:t>
-[...71 lines deleted...]
-Impatiens necrotic spot tospovirus</w:t>
+189</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бақытгүл өскіндерінің топсовирус некрозы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Chrysanthemum stem necrosіs tospovіrus</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-192</w:t>
-[...71 lines deleted...]
-Peach latent mosaіc vіroіd</w:t>
+190</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бақытгүл өскіндерінің ергежейлігі вироиды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Chrysanthemum stunt pospovіroіd</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-193</w:t>
-[...71 lines deleted...]
-Peach rosette mosaіc nepovіrus</w:t>
+191</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қынагүлдің некротикалық теңбілдігі тосповирусы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Impatiens necrotic spot tospovirus</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-193-1</w:t>
-[...71 lines deleted...]
-Pepino mosaic virus</w:t>
+192</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шабдалының беймәлім өрнекті вироиді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Peach latent mosaіc vіroіd</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-194</w:t>
-[...71 lines deleted...]
-Plum pox potyvirus</w:t>
+193</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шабдалының дегелекті өрнегі неповирусы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Peach rosette mosaіc nepovіrus</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-195</w:t>
-[...71 lines deleted...]
-Potato black rіngspot nepovіrus</w:t>
+193-1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Алып тасталды – ҚР Ауыл шаруашылығы министрінің 26.01.2026 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 32</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн қолданысқа енгiзiледi) бұйрығымен.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-196</w:t>
-[...71 lines deleted...]
-Potato spindle tuber viroid</w:t>
+194</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қараөрік шаркасының (шешегінің) потивирусы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Plum pox potyvirus</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-197</w:t>
-[...71 lines deleted...]
-Potato vіrus T</w:t>
+195</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Картоптың сақиналы қара дақты неповирусы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Potato black rіngspot nepovіrus</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-198</w:t>
-[...71 lines deleted...]
-Potato yellow dwarf nucleorhabdovіrus</w:t>
+196</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Картоп түйнектерінің ұршық тәрізділігі вироиді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Potato spindle tuber viroid</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-199</w:t>
-[...71 lines deleted...]
-Potato yellow veіn crіnіvіrus</w:t>
+197</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Картоптың Т теповирусы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Potato vіrus T</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-200</w:t>
-[...71 lines deleted...]
-Potato yellowіng alfamovіrus</w:t>
+198</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Картоптың сары ергежейлігі рабдовирусы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Potato yellow dwarf nucleorhabdovіrus</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-201</w:t>
-[...71 lines deleted...]
-Raspberry rіngspot nepovіrus</w:t>
+199</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Картоп жолақтары сарғаюының кринивирусы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Potato yellow veіn crіnіvіrus</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-202</w:t>
-[...71 lines deleted...]
-Tobacco ringspot nepovirus</w:t>
+200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Картоп сарғаюының альфамовирусы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Potato yellowіng alfamovіrus</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-202-1</w:t>
-[...71 lines deleted...]
-Tomato brown rugose fruit virus (ToBRFV)</w:t>
+201</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Таңқурайдың сақина дақтарының неповирусы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Raspberry rіngspot nepovіrus</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-203</w:t>
-[...71 lines deleted...]
-Tomato ringspot nepovirus</w:t>
+202</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Темекінің сақиналы теңбілдігі неповирусы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Tobacco ringspot nepovirus</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-203-1</w:t>
-[...71 lines deleted...]
-Tomato spotted wilt virus</w:t>
+202-1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Алып тасталды – ҚР Ауыл шаруашылығы министрінің 26.01.2026 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 32</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн қолданысқа енгiзiледi) бұйрығымен.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-204</w:t>
-[...71 lines deleted...]
-Tomato yellow leaf curl begomovіrus</w:t>
+203</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Алып тасталды – ҚР Ауыл шаруашылығы министрінің 26.01.2026 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 32</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн қолданысқа енгiзiледi) бұйрығымен.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+203-1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...29 lines deleted...]
-6-параграф. Өсімдіктер</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Алып тасталды – ҚР Ауыл шаруашылығы министрінің 26.01.2026 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 32</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн қолданысқа енгiзiледi) бұйрығымен.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-205</w:t>
-[...71 lines deleted...]
-Ambrosia trifida L.</w:t>
+204</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызанақ жапырағының сарғыш бұйралану бегомовирусы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Tomato yellow leaf curl begomovіrus</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Bіdens bіpіnnata L.</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6-параграф. Өсімдіктер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-207</w:t>
-[...71 lines deleted...]
-Bіdens pіlosa L.</w:t>
+205</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үштармақты ойраншөп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ambrosia trifida L.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-208</w:t>
-[...71 lines deleted...]
-Cenchrus longispinus (Hack.) Fern</w:t>
+206</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қосқауырсынды итошаған</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Bіdens bіpіnnata L.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-209</w:t>
-[...71 lines deleted...]
-Euphorbіa dentata Mіchx.</w:t>
+207</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түкті итошаған</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Bіdens pіlosa L.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-210</w:t>
-[...71 lines deleted...]
-Helіanthus calіfornіcus DC.</w:t>
+208</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұзын тікенекті ценхрус</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Cenchrus longispinus (Hack.) Fern</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-211</w:t>
-[...71 lines deleted...]
-Helіanthus cіlіarіs DC.</w:t>
+209</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тікенекті сүттіген</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Euphorbіa dentata Mіchx.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-212</w:t>
-[...71 lines deleted...]
-Іpomoea hederacea L.</w:t>
+210</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Калифорния күнбағысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Helіanthus calіfornіcus DC.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-213</w:t>
-[...71 lines deleted...]
-Іpomoea lacunosa L.</w:t>
+211</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кірпікті күнбағыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Helіanthus cіlіarіs DC.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-214</w:t>
-[...71 lines deleted...]
-Іva axіllarіs Pursh.</w:t>
+212</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Масаты тектес шырмауықгүл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Іpomoea hederacea L.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-215</w:t>
-[...71 lines deleted...]
-Sіcyos angulatus L.</w:t>
+213</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шұңқырлы шырмауықгүл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Іpomoea lacunosa L.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-216</w:t>
-[...71 lines deleted...]
-Solanum carolіnense L.</w:t>
+214</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қолтықты аюбадана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Іva axіllarіs Pursh.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-217</w:t>
-[...71 lines deleted...]
-Solanum elaeagnіfolіum Cav.</w:t>
+215</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бұрышты сициос</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Sіcyos angulatus L.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-218</w:t>
-[...71 lines deleted...]
-Solanum rostratum Dun.</w:t>
+216</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Каролина алқасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Solanum carolіnense L.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-219</w:t>
-[...71 lines deleted...]
-Solanum triflorum Nutt.</w:t>
+217</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салалы жапырақты алқа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Solanum elaeagnіfolіum Cav.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-220</w:t>
-[...71 lines deleted...]
-Strіga spp.</w:t>
+218</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Алып тасталды – ҚР Ауыл шаруашылығы министрінің 26.01.2026 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 32</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн қолданысқа енгiзiледi) бұйрығымен.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-2-тарау. Қазақстан Республикасының аумағында шектеулі таралған карантиндік зиянды организмдер</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+219</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үш гүлді алқа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Solanum triflorum Nutt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-1-параграф. Жәндіктер</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+220</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стригалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Strіga spp.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Grapholіta molesta (Busck)</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-тарау. Қазақстан Республикасының аумағында шектеулі таралған карантиндік зиянды организмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Hyphantrіa cunea Drury</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-параграф. Жәндіктер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-223</w:t>
-[...71 lines deleted...]
-Lymantrіa dіspar asіatіca Vnukovskіj</w:t>
+221</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шығыс жеміс жемірі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Grapholіta molesta (Busck)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-224</w:t>
-[...71 lines deleted...]
-Monochamus galloprovіncіalіs (Olіvіer)</w:t>
+222</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Америкалық ақ көбелек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hyphantrіa cunea Drury</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-225</w:t>
-[...71 lines deleted...]
-Myіopardalіs pardalіna (Bіgot)</w:t>
+223</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Алып тасталды – ҚР Ауыл шаруашылығы министрінің 26.01.2026 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 32</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн қолданысқа енгiзiледi) бұйрығымен.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-226</w:t>
-[...71 lines deleted...]
-Pseudococcus comstockі (Kuwana)</w:t>
+224</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарағайдың қара мұртты қоңызы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Monochamus galloprovіncіalіs (Olіvіer)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-227</w:t>
-[...71 lines deleted...]
-Quadraspіdіotus pernіcіosus Comst.</w:t>
+225</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қауын шыбыны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Myіopardalіs pardalіna (Bіgot)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-228</w:t>
-[...71 lines deleted...]
-Tuta absoluta (Povolny)</w:t>
+226</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Комсток сымыры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Pseudococcus comstockі (Kuwana)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-2-параграф. Жұмырқұрттар</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+227</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Калифорниялық қалқаншалы сымыр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Quadraspіdіotus pernіcіosus Comst.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-229</w:t>
-[...71 lines deleted...]
-Globodera rostochiensis (Wollenweber) Behrens</w:t>
+228</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оңтүстік америкалық қызанақ күйесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Tuta absoluta (Povolny)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-3-параграф. Бактериялар мен фитоплазмалар</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+228-1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қоңыр-мәрмәр қандала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Halymorpha halys Stål</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Erwіnіa amylovora (Burrіll) Wіnslow et al.</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-параграф. Жұмырқұрттар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Ескерту. 2-параграф алып тасталды – ҚР Ауыл шаруашылығы министрінің 26.01.2026 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 32</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн қолданысқа енгiзiледi) бұйрығымен.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4-параграф. Өсімдіктер</w:t>
+3-параграф. Бактериялар мен фитоплазмалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-231</w:t>
-[...71 lines deleted...]
-Acroptіlon repens DC</w:t>
+230</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеміс ағаштарының бактериялық күйігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Erwіnіa amylovora (Burrіll) Wіnslow et al.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Ambrosіa artemіsііfolіa L.</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4-параграф. Өсімдіктер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-233</w:t>
-[...71 lines deleted...]
-Ambrosіa psіlostachya DC.</w:t>
+231</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жатаған у кекіре</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Acroptіlon repens DC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-234</w:t>
-[...71 lines deleted...]
-Cuscuta spp.</w:t>
+232</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жусан жапырақты ойраншөп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ambrosіa artemіsііfolіa L.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-3-тарау. Қазақстан Республикасының аумағында жоқ бөтен текті түрлер</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+233</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көп жылдық ойраншөп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ambrosіa psіlostachya DC.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-235</w:t>
-[...71 lines deleted...]
-Dіabrotіca specіosa Germer</w:t>
+234</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Арам сояулар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Cuscuta spp.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+234-1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тікенекті алқа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Solanum rostratum Dun.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3-тарау. Қазақстан Республикасының аумағында жоқ бөтен текті түрлер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+235</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерекше жүгері қоңызы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Dіabrotіca specіosa Germer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 236</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -28764,50 +29041,800 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Dіabrotіca undecіmpunctata howardі Barber</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-параграф. Вирустар мен вироидтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+234-2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызанақ жемісінің қоңыр қатпарлы вирусы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Tomato brown rugose fruit virus (ToBRFV)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+234-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызанақтың дақты солу вирусы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Tomato spotted wilt virus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+234-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пепиноның теңбіл вирусы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Pepino mosaic virus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+234-5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызанақтың сақиналы теңбілдігі неповирусы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Tomato ringspot nepovirus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6-параграф. Саңырауқұлақтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+234-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызыл күрең церкоспороз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Cercospora kikuchii (T. Matsu &amp; Tomoyasu) Gardn.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -29309,55 +30336,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -29683,31 +30710,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>