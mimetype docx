--- v0 (2025-11-15)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="32bb8d5" w14:textId="32bb8d5">
+    <w:p w14:paraId="10345bc" w14:textId="10345bc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2770,366 +2770,272 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z47" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Мемлекеттік қызметті көрсетудің жалпы мерзімі 2 (екі) жұмыс күнін құрайды. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z48" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      19. Мемлекеттік қызметті көрсеткені үшін көрсетілетін қызметті алушы Қазақстан Республикасы Салық кодексінің 667-бабы 3-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) тармақшасына </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес белгіленген мемлекеттік бажды бюджетке төлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 19-тармақ жаңа редакцияда - ҚР ҚР Ауыл шаруашылығы министрінің м.а. 07.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 357</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...164 lines deleted...]
-    <w:bookmarkStart w:name="z49" w:id="38"/>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Мемлекеттік қызмет көрсетуден бас тартуға мыналар негіз болып табылды: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z50" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z50" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) көрсетілетін қызметті алушының мемлекеттік қызметті алу үшін ұсынған құжаттарының және (немесе) оларда қамтылған мәліметтердің дұрыс еместігінің анықталуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z51" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z51" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған мәліметтердің осы Қағидаларда белгіленген талаптарға сәйкес келмеуі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z52" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z52" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) көрсетілетін қызметті алушыға қатысты заңды күшіне енген сот шешімінің болуы, оның негізінде көрсетілетін қызметті алушы мемлекеттік қызметті алуға байланысты арнайы құқықтарынан айырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z53" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z53" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Көрсетілетін қызметті беруші мемлекеттік көрсетілетін қызметтерді көрсету мониторингінің ақпараттық жүйесіне мемлекеттік қызметті көрсету сатысы туралы деректердің енгізілуін қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Портал мен ақпараттық жүйелердің ақпараттық өзара іс-қимылы "Ақпараттандыру туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3222,130 +3128,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="43"/>
+    <w:bookmarkStart w:name="z54" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Куәлікті тіркеу және беру тұрақты тіркелген тұрғылықты жері немесе уақытша болатын жері бойынша (уақытша тіркелген жағдайда), ал ішкі істер органдарында тіркелген шетелдік азаматтарға – олардың келген жері бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z55" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z55" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Жазылған куәліктердің сериялары мен нөмірлері осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша қатаң есептегі бланкілерінің келіп түсуін және жұмсалуын есепке алу кітабына өсу тәртібімен енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z56" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z56" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Куәлік он жыл мерзімге беріледі (ол туралы "...дейін жарамды" бағандарында тиісті жазу жазылады), мерзімі аяқталғаннан кейін ол осы Қағидаларда белгіленген тәртіппен айырбасталуы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3374,110 +3280,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="46"/>
+    <w:bookmarkStart w:name="z58" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Машиналардың басқаруға куәлік берілетін санаттарының бағандарына "Рұқсат етілді" деген мөртабан қойылады. Машиналардың басқаруға рұқсат берілмеген басқа санаттарының бағандарына қиғаш сызығы бар мөртабан қойылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z59" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z59" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Басқа санатты машиналарды басқаруға рұқсат алған кезде жаңа куәлік беріледі, оған тракторшы-машинистің бұрынғы куәлігіндегі белгілер қойылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z60" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z60" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Куәлікті ауыстыру мынадай жағдайларда жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) атының, әкесінің атының (бар болса), тегінің өзгеруі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3586,268 +3492,268 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="49"/>
+    <w:bookmarkStart w:name="z65" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Ескі үлгідегі куәлікті ауыстырған кезде мынадай тәртіпті ескере отырып, рұқсат ету санаттары жаңа куәлікке көшіріліп, қойылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z66" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z66" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) ескі үлгідегі куәліктегі "А", "Б", "В", "Г", "Д", "Е" санаттары жаңа куәліктегі "А", "Б", "В", "Г", "Д" санаттарына сәйкес келеді; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z67" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z67" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) 3-сыныпты куәлік жаңа үлгідегі "А", "В", "Г" санаттары бар куәлікке сәйкес келеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z68" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z68" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) 2-сыныпты куәлік жаңа үлгідегі "А", "Б", "В", "Г" санаттары бар куәлікке сәйкес келеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z69" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z69" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) 1-сыныпты куәлік жаңа үлгідегі "А", "Б", "В", "Г", "Д" санаттары бар куәлікке сәйкес келеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z70" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z70" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) К-701 "Кировец" куәлік жаңа үлгідегі "Б" санатты куәлікке сәйкес келеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z71" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z71" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) "комбайыншы" мамандығы көрсетілген ауыл шаруашылығы механизаторының куәлігі жаңа үлгідегі "Г" санатты куәлігіне сәйкес келеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z72" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z72" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) "тракторшы" мамандығы көрсетілген ауыл шаруашылығы механизаторының куәлігі жаңа үлгідегі "А", "В" санатты куәлігіне сәйкес келеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Санаттары осы Қағидалардың осы тармағында көзделмеген ескі үлгідегі куәліктерді айырбастауға ұсынған кезде жаңа үлгідегі куәліктердің санаттарының сипатына сәйкес келетін санаттарды ғана көшіріп қоя отырып, айырбастау жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="57"/>
+    <w:bookmarkStart w:name="z73" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. Куәлікті ауыстырған кезде жаңадан берілген куәліктің "Ерекше белгілер үшін" деген бағанына бұрынғы куәліктің сериясы, нөмірі және берілген күні жазылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z74" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z74" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Куәлік жоғалған кезде "Телнұсқа" деген белгісі бар жаңа куәлік:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тұрғылықты жері бойынша тіркелген тұлғаларға Тізбенің 8-тармағында көрсетілген құжаттар негізінде көрсетілетін қызметті алушының құжаттары тіркелген сәттен бастап 2 (екі) жұмыс күні ішінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3974,304 +3880,304 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="59"/>
+    <w:bookmarkStart w:name="z78" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Шетел азаматтарының және азаматтығы жоқ адамдардың куәліктерін айырбастау көрсетілетін қызметті берушіге куәліктердің түпнұсқасы мен олардың мемлекеттік немесе орыс тілдеріндегі расталған аудармасын, ішкі істер органдарында тіркелген жеке басын куәландыратын құжаттарды (паспорт, жеке куәліктер) (түпнұсқа салыстырып тексерілгеннен кейін қайтарылады) ұсыну, куәлік беру үшін мемлекеттік бажды төлеу негізінде құжаттар қабылданған сәттен бастап 2 (екі) жұмыс күні ішінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бұл ретте ұлттық куәлікте рұқсат етілген машиналардың санаттарын басқаруға құқық беретін және келу құжаттарының қолданылу мерзіміне осы Қағидалардың 8-тармағының талаптарына сәйкес келетін куәлік беріледі. Ұлттық куәлік көрсетілетін қызметті берушіде сақталады және көрсетілетін қызметті алушыға оның еркін нысандағы өтініші бойынша және бұрын берілген Қазақстан Республикасының куәлігін тапсырғаннан кейін 1 (бір) жұмыс күні ішінде қайтарылып беріледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="60"/>
+    <w:bookmarkStart w:name="z79" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34. Шетел азаматтарында және азаматтығы жоқ адамдарда ұлттық куәлік болмаған жағдайда, олардың Қазақстан Республикасында болу мерзімі 6 (алты) айдан асатын болса, Қазақстан Республикасының куәлігі жалпы негіздерде беріледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z80" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z80" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. Қатаң есептегі бланкілердің келіп түсуін және жұмсалуын есепке алу кітабына қатаң есептілікті сақтау үшін куәліктер бланкілерінің келіп түсуі және жұмсалуы бойынша деректер енгізіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z81" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z81" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдары куәлік бланкілерімен және жұмсалатын материалдармен қамтамасыз етуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z82" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z82" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37. Бланкілерді толтыру кезінде бүлінген бланкілер, куәліктерді беруге және айырбастауға негіз болған шығыс материалдары қайта пайдалану мүмкіндігін болдырмайтын құралдармен және тәсілдермен жыл сайын кәдеге жаратылады, ол туралы тиісті акт жасалады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дәл осындай тәртіппен мыналар кәдеге жаратылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z83" w:id="64"/>
+    <w:bookmarkStart w:name="z83" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) орнына жаңасы берілген, қайта табылған куәліктер; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z84" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z84" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жүргізу құқығынан айыру мерзімі аяқталғаннан кейін 2 (екі) жыл өткеннен кейін талап етілмеген куәліктер, бұл ретте тракторшы-машинист куәліктерін беру кітабына белгі қойылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z85" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z85" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       38. Куәліктерді беруге және ауыстыруға негіз болған материалдар (өтініштер, ескі куәліктер, баждардың төленгені туралы құжаттар, оқыту курстарын бітіргені туралы куәліктердің көшірмелері) бөлек істерге тігіледі және көрсетілетін қызметті беруші белгіленген тәртіппен олардың 3 (үш) жыл бойы бар болуын қамтамасыз етеді және осы мерзім өткеннен кейін комиссиямен жояды. Сондай-ақ, көрсетілетін қызметті беруші "ауыл шаруашылығы өндірісіндегі тракторшы-машинист" мамандығы бойынша оқу куәліктерінің және біліктілігін растайтын дипломдардың көшірмелерінің 10 (он) жыл бойы болуын, тракторшы-машинист куәліктерін беру кітаптары аяқталғаннан кейін, олардың 60 (алпыс) жыл бойы болуын қамтамасыз етеді. Орнына жаңасы берілген куәліктер "Күшін жойды" деген мөртаңба қойылып, істерге тігіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z86" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z86" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Машиналарды жүргізу құқығынан айырылған адамдардың куәліктері заңнамада белгіленген тәртіппен тиісті әкімшілік-аумақтық бірліктің көрсетілетін қызметті берушісіне беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z87" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z87" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Орталық мемлекеттік органдардың, көрсетілетін қызметті берушінің және (немесе) олардың лауазымды адамдарының мемлекеттік қызметтерді көрсету мәселелері бойынша шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z88" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z88" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Мемлекеттік қызметтерді көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешіміне, әрекетіне (әрекетсіздігіне) шағым көрсетілетін қызметті беруші басшысының атына, мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағым Қазақстан Республикасы ӘРПК-нің 91-бабы 4-тармағына сәйкес келіп түскен жағдайда, көрсетілетін қызметті беруші оны келіп түскен күннен бастап 3 (үш) жұмыс күні ішінде шағымды қарайтын органға (жоғары тұрған әкімшілік орган және (немесе) лауазымды адам) жібереді. Қолайлы акт қабылданған, шағымда көрсетілген талаптарды толық қанағаттандыратын әкімшілік іс-қимыл жасалған жағдайда, көрсетілетін қызметті беруші 3 (үш) жұмыс күні ішінде шағымды қарайтын органға (жоғары тұрған әкімшілік органға және (немесе) лауазымды тұлғаға) шағымды жібермейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -4308,90 +4214,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="70"/>
+    <w:bookmarkStart w:name="z89" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       41. Көрсетілетін қызметті алушының шағымын Заңның 25-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       көрсетілетін қызметті беруші – тіркелген күнінен бастап 5 (бес) жұмыс күні ішінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4446,90 +4352,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="71"/>
+    <w:bookmarkStart w:name="z90" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       42. Көрсетілетін қызметті берушінің, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның шағымды қарау мерзімі Заңның 25-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) шағым бойынша қосымша зерделеу немесе тексеру не жергілікті жерге барып тексеру жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4602,90 +4508,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="72"/>
+    <w:bookmarkStart w:name="z93" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       43. Егер заңда өзгеше көзделмесе, ҚР ӘРПК 91-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес сотқа дейінгі тәртіппен шағым жасалғаннан кейін сотқа жүгінуге жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5024,68 +4930,68 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> _____________________________________________________________________ (емтихан пунктінің атауы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="73"/>
+    <w:bookmarkStart w:name="z95" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Оқыту курстарын бітіргені туралы куәлік  № ______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы куәлік азамат __________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5695,366 +5601,366 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z124" w:id="74"/>
+    <w:bookmarkStart w:name="z124" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тестілеуді өткізу кезінде техникалық жарақтандыру бойынша қойылатын ең аз техникалық талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар 1-1-қосымшамен толықтырылды - ҚР Ауыл шаруашылығы министрінің 30.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 453</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z125" w:id="75"/>
+    <w:bookmarkStart w:name="z125" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тестілеу электрондық форматта өткізілген кезде тест тапсырушылар жеке басын куәландыратын құжатты ұсыну не жеке сәйкестендіру нөмірі арқылы сәйкестендіруден өтеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z126" w:id="76"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z126" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тестілеуге кіргізу кезінде қолмен іздейтін немесе рама типіндегі металл іздеуші қолданылады. Тестілеуге кіргізу кезінде металл іздеушіні қолдану тестілеу өткізу кезінде тест тапсырушылардың қауіпсіздігін қамтамасыз ету, сондай-ақ олардың ғимаратқа байланыс құралдарын, электрондық-есептеу техникасын, фото-, аудио- және бейне аппараттарды, анықтамалық материалдарды, жазбаша жазбаларды және ақпаратты сақтайтын және беретін өзге де құралдарды алып кіруіне жол бермеу аясында жүзеге асырылады. Мұндай құрылғылар тестілеу өткізу уақытында ұяшықтары бар арнайы шкафтарда сақтауға орналастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z127" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z127" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Тестілеуді бастау үшін тест тапсырушы биометриялық сәйкестендіру (Digital ID) арқылы жеке басын растауы керек. Бетті экран аймағының ортасына қойып, экранда көрсетілген нұсқауларды орындау қажет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z128" w:id="78"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z128" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Тест өтетін залдар жұмыс станцияларымен (Intel Core i3 төмен болмайтын процессор, кемінде 4 Гб жедел жады), үй-жайлардың ауасын баптағыш жүйелерімен, диспенсермен, күту залымен жабдықталуы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z129" w:id="79"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z129" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Әрбір жұмыс станциясы бейнежазба жүргізу, кандидатты суретке түсіру және фотосуретін электрондық сертификаттарға орналастыру үшін веб-камералармен жабдықталуы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z130" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z130" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Тестілеу залдары цифрлық бейне-аудио бақылаудың заманауи жүйесімен жабдықталуы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z131" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z131" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Әрбір тестілеу залында басып шығару мүмкіндігі бар принтер орнатылуы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z132" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z132" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Әрбір тестілеу залы ақпараттық қауіпсіздік қамтамасыз етіле отырып, басқарылатын коммутатормен және жергілікті желімен жабдықталуы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z133" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z133" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Тестілеу залы ұялы байланысты өшіру құралымен, сондай-ақ тестілеу процесінің бейнежазбасын жүргізу үшін техникалық жазба құралдарымен жарақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z134" w:id="84"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z134" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Тестілеу жүргізу кезінде тестілеу залдарының және бейнебақылау алаңына байланысты рұқсат етілген магниттік толқындар шегінде мобильді және радиоэлектрондық байланыс сигналдарын өшіретін құрылғылар пайдаланылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z135" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z135" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Тестілеуді өткізудің ашықтығы мен объективтілігін қамтамасыз ету үшін тестілеу залдары жалпы бейнебақылау жүйесімен қамтамасыз етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z136" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z136" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Әрбір отыратын орын кандидатты суретке түсіру және тестілеу процесіне бейнежазба жүргізу үшін веб-камерамен жабдықталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z137" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z137" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Тестілеу залдарында әрбір отыратын орын екі жеке камерамен жарақтандырылады. Бірінші камера тестілеу процесін жазады және таратады, сондай-ақ прокторинг жүйесі үшін қолданылады. Екінші камера тестілеу алдында, тестілеу кезінде, сондай-ақ тестілеу аяқталғаннан кейін тест тапсырушының биометриясын қолдана отырып сәйкестендіруді қамтамасыз етуге арналады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6364,68 +6270,68 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z97" w:id="88"/>
+    <w:bookmarkStart w:name="z97" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ___________________________емтихан пунктінің № ___________ Емтихан парағы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 30.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7710,68 +7616,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z99" w:id="89"/>
+    <w:bookmarkStart w:name="z99" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тракторшы-машинист куәлігі </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тегі ________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8910,68 +8816,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Азамат______________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                                          (аты, әкесінің аты (бар болса), тегі)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z101" w:id="90"/>
+    <w:bookmarkStart w:name="z101" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тракторшы-машинист куәлігін беруді, ауыстыруды, тракторшы-машинист куәлігін телнұсқасын   беруді сұраймын ___________________________________________________  (себебі көрсетіледі, керек емесін сызып тастау керек)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9160,166 +9066,50 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті берушінің уәкілетті адамының колы/электрондық цифрлық колтаңбасы __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                                                    (аты, әкесінің аты (бар болса), тегі)</w:t>
-      </w:r>
-[...114 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -9535,104 +9325,144 @@
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z103" w:id="91"/>
+    <w:bookmarkStart w:name="z103" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Тракторларды және олардың базасында жасалған өздігінен жүретін шассилер мен механизмдерді, өздігінен жүретін ауыл шаруашылығы, мелиорациялық және жол-құрылыс машиналары мен механизмдерін, сондай-ақ жүріп өту мүмкіндігі жоғары арнайы машиналарды жүргізу құқығына куәліктер беру" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 30.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 453</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР ҚР Ауыл шаруашылығы министрінің м.а. 07.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 357</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10470,161 +10300,173 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Мемлекеттік қызметті көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлемақы мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері </w:t>
+Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z304" w:id="93"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызмет көрсетілетін қызметті алушыға ақылы негізде көрсетіледі.</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="93"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушы бюджетке мемлекеттік баж төлейді, ол "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы (Салық кодексі)" Қазақстан Республикасы Кодексінің </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> 9) тармақшасына сәйкес (бұдан әрі – Салық кодексі):</w:t>
+Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушы бюджетке мемлекеттік баж төлейді, ол Қазақстан Республикасы Салық кодексінің (бұдан әрі – Салық кодексі) 667-бабы 3-тармағының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8) тармақшасына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-тракторшы-машинист куәлігін бергені үшін - 0,5 айлық есептік көрсеткішті құрайды.</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тракторшы-машинист куәлігін бергені үшін − 0,5 айлық есептік көрсеткішті құрайды.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік баж екінші деңгейдегі банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы қолма-қол және қолма-қол емес тәсілмен сондай-ақ "электрондық үкіметтің" төлем шлюзі (бұдан әрі – ЭҮТШ) арқылы қолма қол емес нысанда төленеді.</w:t>
+Мемлекеттік баж екінші деңгейдегі банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы қолма-қол және қолма-қол емес тәсілмен сондай-ақ "электрондық үкіметтің" төлем шлюзі (бұдан әрі – ЭҮТШ ) арқылы қолма қол емес нысанда төленеді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12912,68 +12754,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z105" w:id="92"/>
+    <w:bookmarkStart w:name="z105" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тракторшы-машинист куәліктерін беру кітабы </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -13721,68 +13563,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z138" w:id="93"/>
+    <w:bookmarkStart w:name="z138" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> _________________________________________________________________  (көрсетілетін қызметті алушының атауы және мекенжайы) Мемлекеттік қызметті көрсетуден бас тарту туралы уәжді жауап</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 7-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 30.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16302,55 +16144,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>