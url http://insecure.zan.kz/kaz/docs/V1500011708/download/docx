--- v0 (2025-12-30)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2e5095a" w14:textId="2e5095a">
+    <w:p w14:paraId="d1bece2" w14:textId="d1bece2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -5250,166 +5250,50 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтінішке "электрондық үкіметтің" төлем шлюзі арқылы төлеуді қоспағанда, жылжымалы мүлік кепілін мемлекеттік тіркегені үшін бюджетке алым төленгенін растайтын құжат қоса беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тіркеуші органға (көрсетілетін қызметті берушіге) және (немесе) "Азаматтарға арналған үкімет" мемлекеттік корпорациясына өтініш берген кезде көрсетілетін қызметті алушы жеке басын куәландыратын құжатты, ал тұлғаның өкілі – оның өкілеттігін растайтын құжатты, сондай-ақ жеке басын куәландыратын құжатты ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...114 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5697,51 +5581,91 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 27.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Ауыл шаруашылығы министрінің м.а. 07.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 357</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6434,162 +6358,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+              <w:t xml:space="preserve">
+Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-              </w:rPr>
               <w:t>
-1) жеке тұлғалардан – 1 айлық есептік көрсеткішті (бұдан әрі – АЕК));</w:t>
-[...35 lines deleted...]
-3) кепілдің тіркелгенін куәландыратын құжаттың телнұсқасын беру үшін – 0,5 АЕК-ні құрайды. Тіркеу алымын төлеу қолма-қол және қолма-қол ақшасыз нысында екінші деңгейдегі банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы, сондай-ақ қолма-қол ақшасыз нысында "электрондық үкіметтің" төлем шлюзі (бұдан әрі – ЭҮТШ) арқылы жүзеге асырылады.</w:t>
+Тегін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6852,142 +6702,244 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызметті көрсету үшін қажетті құжаттардың тізбесі:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z289" w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсетілетін қызметті алушы мынадай құжаттарды ұсынады:</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес кепілді тіркеу үшін бюджетке алым төленгенін растайтын құжат;</w:t>
+              <w:t>
+1) көрсетілетін қызметті берушіге және/немесе Мемлекеттік корпорацияға жүгінген кезде:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес алым төленгенін растайтын құжаттың электрондық көшірмесі ЭҮТШ арқылы төленген жағдайды қоспағанда). Жеке басын куәландыратын құжат туралы, заңды тұлғаны тіркеу (қайта тіркеу) туралы, дара кәсіпкерді тіркеу туралы не дара кәсіпкер ретінде қызметінің басталғаны туралы мәліметтерді, сондай-ақ ЭҮТШ арқылы төлеген жағдайда, кепілді тіркеу үшін бюджетке алым төленгені туралы мәліметтерді көрсетілетін қызметті беруші "электрондық үкіметтің" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйелерден алады. Ақпараттық жүйелерден алынуы мүмкін құжаттарды көрсетілетін қызметті алушылардан талап етуге жол берілмейді.</w:t>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нысан бойынша өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетілетін қызметті алушының, не өкілдің жеке басын куәландыратын құжат, сондай-ақ өкілдің өкілеттігін растайтын құжат не цифрлық құжаттар сервисінен электрондық құжат (бірдейлендіру үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) порталға жүгінген кезде:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасы қойылған, электрондық құжат нысанындағы өтініш.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке басын куәландыратын құжат туралы, заңды тұлғаны тіркеу (қайта тіркеу) туралы, дара кәсіпкерді тіркеу туралы не дара кәсіпкер ретінде қызметінің басталғаны туралы мәліметтерді көрсетілетін қызметті беруші "электрондық үкіметтің" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйелерден алады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ақпараттық жүйелерден алынуы мүмкін құжаттарды көрсетілетін қызметті алушылардан талап етуге жол берілмейді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7592,68 +7544,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z40" w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Құжаттарды қабылдаудан бас тарту туралы қолхат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-қосымша жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 21.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8355,68 +8307,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       №_________ парақ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       №_________ тіркеу ісі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="34"/>
+    <w:bookmarkStart w:name="z42" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Машиналар кепілінің тізілімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -10421,68 +10373,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (тіркеуші органның атауы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:bookmarkStart w:name="z44" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Машиналардың кепілін мемлекеттік тіркеу туралы куәлік 20 ____ жылғы "___" _____________ №_________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       _________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12183,68 +12135,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
             (көрсетілетін қызметті алушының атауы және мекенжайы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="36"/>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік қызметті көрсетуден бас тарту туралы уәжді жауап</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 7-қосымша жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 21.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12524,55 +12476,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>