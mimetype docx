--- v0 (2025-11-13)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1323c90" w14:textId="1323c90">
+    <w:p w14:paraId="2b1539a" w14:textId="2b1539a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -8021,739 +8021,779 @@
         </w:rPr>
         <w:t>ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      56-1-тармақ 01.01.2026 дейін қолданыста болады – ҚР Көлік министрінің 11.02.2025 </w:t>
+        <w:t xml:space="preserve">      56-1-тармақ 01.01.2027 дейін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 47</w:t>
+        <w:t>қолданыста</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> болады - ҚР Көлік министрінің 08.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      56-1. Осы Қағидалардың 51-тармағының екінші бөлігінің және 54-тармағының талаптары Еуразиялық экономикалық одаққа мүше мемлекеттерде тіркелген тасымалдаушыларға, егер Қазақстан Республикасының аумағынан/аумағына жүктерді тасымалдауды отандық рұқсаттар болған кезде тасымалдаушыны қайта тиеу (тиеу/түсіру) және (немесе) ауыстыру немесе алдыңғы тасымалдаушының отандық рұқсатының көшірмесін бере отырып, үзбелі бөліктің түпнұсқасы бар бірнеше тасымалдаушы дәйекті орындаған жағдайда қолданылмайды.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      56-1. Осы Қағидалардың 51 тармағының екінші бөлігінің және 54 тармағының талаптары:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z493" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) Еуразиялық экономикалық одаққа мүше мемлекеттерде тіркелген тасымалдаушыларға, егер Қазақстан Республикасының аумағынан/аумағына жүктерді тасымалдауды отандық рұқсаттардың түпнұсқасын немесе алдыңғы тасымалдаушының отандық рұқсатының көшірмесін бере отырып, үзбелі бөліктің түпнұсқасын ұсынған кезде қайта тиеу (тиеу/түсіру) және (немесе) тартқышты ауыстыру (қайта тіркеу) арқылы бірнеше тасымалдаушы дәйекті түрде орындаған жағдайда; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z494" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Еуразиялық экономикалық одаққа мүше болып табылмайтын мемлекеттерде тіркелген тасымалдаушыларға, егер Қазақстан Республикасының аумағынан/аумағына жүктерді тасымалдауды отандық рұқсаттардың түпнұсқасын немесе алдыңғы тасымалдаушының отандық рұқсатының көшірмесін бере отырып, үзбелі бөліктің түпнұсқасын ұсынған кезде қайта тиеу (тиеу/түсіру) және (немесе) тартқышты ауыстыру (қайта тіркеу) арқылы бірнеше тасымалдаушы дәйекті түрде, бірақ Еуразиялық экономикалық одақ аумағының шегінен тыс қайта тиеу (тиеу/түсіру) және (немесе) тартқышты ауыстыру (қайта тіркеу) арқылы жүзеге асырған жағдайда қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тарау 56-1-тармақпен толықтырылды - ҚР Көлік министрінің 11.02.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 47</w:t>
+        <w:t xml:space="preserve">      Ескерту. 56-1-тармақ жаңа редакцияда - ҚР Көлік министрінің 08.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі); жаңа редакцияда - ҚР Көлік министрінің м.а. 31.07.2025 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z242" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57. Шетелдік тасымалдаушыда тасымалдаушы тіркелген мемлекеттің құзыретті органы растаған рұқсат бланкісі болмаған жағдайда, автокөлік құралының одан әрі жүруіне жаңа отандық рұқсат берілгеннен кейін не әкімшілік жаза қолдану туралы қаулы орындалғаннан кейін отандық көлік құралына жүкті қайта тиеп немесе қайта тіркей отырып жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 57-тармақ жаңа редакцияда - ҚР Көлік министрінің м.а. 31.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 251</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z242" w:id="188"/>
-[...81 lines deleted...]
-    <w:bookmarkStart w:name="z243" w:id="189"/>
+    <w:bookmarkStart w:name="z243" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       58. Өз мемлекетінің тіркеу және айырым белгісінсіз Қазақстан Республикасының аумағы арқылы транзиттік жол жүретін шетелдік автокөлік құралының жүріп өтуі, егер Қазақстан Республикасы ратификациялаған халықаралық шарттарда өзгеше келіспесе, Салық </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген мөлшерлемелер бойынша Қазақстан Республикасының аумағы арқылы автокөлік құралдарының жүріп өтуі үшін алым сомасы төленгеннен кейін уәкілетті орган Қазақстан Республикасының аумағындағы көліктік бақылау бекеттерінде немесе мемлекеттік кіріс органдары Еуразиялық экономикалық одақтың сыртқы шекарасымен тұспа-тұс келетін Қазақстан Республикасының Мемлекеттік шекарасы арқылы автокөлік құралдарын өткізу пункттерінде беретін транзиттік жол жүруге арналған рұқсаттың негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z244" w:id="190"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z244" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілген автокөлік құралдарымен үшінші елдерден Қазақстан Республикасының аумағына немесе Қазақстан Республикасының аумағынан үшінші елдерге жүктерді немесе жолаушыларды тасымалдауды жүзеге асыруға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z245" w:id="191"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z245" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ірі көлемді және (немесе) ауыр салмақты автокөлік құралының жүріп өтуіне арнайы рұқсатты қоспағанда, отандық тасымалдаушыларға Қазақстан Республикасының аумағында пайдалануға арналған автокөлік құралдарын, оның ішінде жүгі бар автокөлік құралдарын айдап өту кезінде рұқсат беру құжаттары талап етілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z246" w:id="192"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z246" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       59. Мемлекеттерімен рұқсат беру құжаттарының бланкілерін тепе-тең айырбастау жүргізілмеген шетелдік автокөлік құралдарының Қазақстан Республикасының аумағы арқылы транзиттік жол жүруі, егер Қазақстан Республикасы ратификациялаған халықаралық шарттарда өзгеше ескерілмесе, Салық </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген мөлшерлемелер бойынша Қазақстан Республикасының аумағымен автокөлік құралдарының жүріп өтуі үшін алым сомасы төленгеннен кейін уәкілетті орган Қазақстан Республикасының аумағындағы көліктік бақылау бекеттерінде немесе мемлекеттік кіріс органдары Еуразиялық экономикалық одақтың сыртқы шекарасымен тұспа-тұс келетін Қазақстан Республикасының Мемлекеттік шекарасы арқылы автокөлік құралдарын өткізу пункттерінде, соның ішінде халықаралық теңіз өткізу пункттерінде беретін транзиттік жол жүруге арналған рұқсат негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z247" w:id="193"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z247" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60. Қазақстан Республикасының аумағы арқылы жүріп өту құқығын растайтын отандық рұқсат беру құжаттарында Еуразиялық экономикалық одақтың сыртқы шекарасымен тұспа-тұс келетін Қазақстан Республикасының мемлекеттік шекарасы арқылы өткізу пункттерінде мемлекеттік кірістің аумақтық органдары немесе Қазақстан Республикасының аумағындағы көліктік бақылау бекеттерінде аумақтық органдар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z248" w:id="194"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z248" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының аумағынан автокөлік құралының күнтізбелік 30 (отыз) күннен аспайтын шығу мерзімін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z249" w:id="195"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z249" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының аумағы арқылы жүріп өту маршрутын көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z250" w:id="196"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z250" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шетелдік автокөлік құралдарының транзиттік жүріп өтуі кезінде Қазақстан Республикасының аумағына келу және аумағынан кету мерзімдері баратын және кері де бағытта жүріп өту кезіндегі Қазақстан Республикасының аумағында нақты болу уақытымен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z251" w:id="197"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z251" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>61. Шетелдік тасымалдаушылар Қазақстан Республикасының аумағы бойынша жүріп өту құқығын растайтын отандық рұқсаттарда жол жүрер алдында мыналарды толтырады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z479" w:id="198"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z479" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тасымалдаушының атауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z480" w:id="199"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z480" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) автокөлік құралының нөмірі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z481" w:id="200"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z481" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жүкті тиеу елі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z482" w:id="201"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z482" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жүкті түсіру елі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z483" w:id="202"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z483" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) тасымалданатын жүктің атауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z484" w:id="203"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z484" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) тасымалданатын жүктің салмағы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z485" w:id="204"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z485" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) шекарадағы өткізу орны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z486" w:id="205"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z486" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) тиеу қаласы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z487" w:id="206"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z487" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) түсіру қаласы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z488" w:id="207"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z488" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отандық рұқсаттарда түзетулерге жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z489" w:id="208"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z489" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отандық рұқсат бланкісінде мәліметтерді түзетулер, өшірулер не өшірілетін сиямен жазу құралдарын қолдана отырып толтырылған болса, рұқсат жарамсыз болып есептеледі, сол сияқты оның болмауы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z490" w:id="209"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z490" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отандық рұқсат бланкісінің тармақтары толтырылмаған кезде, сондай-ақ егер рұқсатта көлік құралының Қазақстан Республикасының аумағына кіргені не оның Қазақстан Республикасының аумағынан кеткені туралы белгілер қойылмаса, рұқсат осы Қағидалардың талаптарына сәйкес ресімделмеген болып есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkEnd w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8772,870 +8812,870 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z264" w:id="210"/>
+    <w:bookmarkStart w:name="z264" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       62. Бос шетелдiк автокөлiк құралдарының Қазақстан Республикасының аумағы бойынша жүрiп өтуi Қазақстан Республикасы ратификациялаған, Қазақстан Республикасы мен шет мемлекеттер арасындағы халықаралық автомобиль қатынастары туралы халықаралық шарттарда көзделген тәртiпте жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z265" w:id="211"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z265" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63. Шетелдік тасымалдаушылар көліктік бақылау органдарына Еуразиялық экономикалық одақтың сыртқы шекарасында берілген көлік құралының бақыланатын параметрлерінің сәйкессіздігі, құжаттардың жоқ болуы немесе сәйкессіздігі туралы хабарламалар береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z266" w:id="212"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z266" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Еуразиялық экономикалық одаққа мүше мемлекеттердің уәкілетті көліктік бақылау органы берген хабарлама орандалмаған кезде халықаралық автомобиль тасымалын жүзеге асыруға және хабарламада көрсетілген маршруттан ауытқуға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z267" w:id="213"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z267" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64. Шетелдік тасымалдаушылар Қазақстан Республикасының аумағына (аумағынан) кіру (шығу) кезінде Қазақстан Республикасының мемлекеттік шекарасы арқылы өткізу пункттеріне жақын көліктік бақылау органдарына отандық рұқсат қағаздарын осы Қағидаларда көзделген талаптарға сәйкес ресімделуін тексеру, сондай-ақ отандық рұқсат бланкісінің үзбелі бөлігін алу үшін ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z268" w:id="214"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z268" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Халықаралық автомобиль тасымалдарын жүзеге асыруға қажетті ілеспе құжаттар (халықаралық көлік жүкқұжаты (СМR), шот-фактура (инвойс), коносамент, Халықаралық жол тасымалдау кітапшасы және тағы басқа құжаттар) Қазақстан Республикасының заңнамасының және Қазақстан Республикасының халықаралық шарттарына талаптарына сәйкес болуы және уәкілетті мемлекеттік органдардың лауазымды адамдарының талабы бойынша жүргізушілер ұсынылуы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z269" w:id="215"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z269" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65. Егер Келiсiмдерде өзгеше көзделмеген болса, Қазақстан Республикасының аумағы арқылы жүрiп өту құқығын растайтын рұқсат беру құжаттары Қазақстан Республикасының аумағында орналасқан екi пункт арасында шетелдiк автокөлiк құралдарының жолаушыларды, багажды және жүктердi тасымалдауды жүзеге асыруына құқық бермейдi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z270" w:id="216"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z270" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Халықаралық қатынастағы жолаушылар, багаж және жүк тасымалын жүзеге асыратын сондай-ақ шетелдік автокөлік құралдарының транзитін, үшінші елдердің аумағынан Қазақстан Республикасының аумағына немесе Қазақстан Республикасының аумағынан үшінші елдердің аумағына тасымалдауларды тіркеу, отандық рұқсат беру құжаттарын беруді тіркеу Қазақстан Республикасының аумағына (аумағынан) кiрудi (шығуды) шетел автокөлiк құралдарының Қазақстан Республикасының аумағы арқылы транзитiн, отандық рұқсат беру құжаттарын берудi тiркеу журналында электронды түрде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z271" w:id="217"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z271" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Журналда мынадай мәлiметтер көрсетiледi:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z272" w:id="218"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z272" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) шетел тасымалдаушысының атауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z273" w:id="219"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z273" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тасымалдаушының елi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z274" w:id="220"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z274" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) тасымалдаушының орналасқан (тұрғылықты) орны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z275" w:id="221"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z275" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жөнелту елi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z276" w:id="222"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z276" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) межелі елi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z277" w:id="223"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z277" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) қатынау маршруты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z278" w:id="224"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z278" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) автокөлiк құралының типi, маркасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z279" w:id="225"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z279" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) автокөлiк құралының және тiркемесiнiң нөмiрi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z280" w:id="226"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z280" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) рұқсат түрi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z281" w:id="227"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z281" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) рұқсатты қолдану мерзiмi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z282" w:id="228"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z282" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) рұқсаттың берiлген күнi және нөмiрi (сериясы);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z283" w:id="229"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z283" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) рұқсатты алған күнi (рұқсат берiлген кезде);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z284" w:id="230"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z284" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) Қазақстан Республикасының аумағы бойынша автокөлiк құралдарының жүрiп өткенi үшiн алымды төлегенiн растайтын құжаттың нөмiрi (бар болса) және күнi, алым сомасы (рұқсат берiлген кезде);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z285" w:id="231"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z285" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) рұқсат құжатын алу туралы тасымалдаушының қолы (қағаз түрiнде рұқсат берiлген кезде).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z286" w:id="232"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z286" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66. Отандық рұқсаттар бланкiлерiнің нысандары баспаханалық тәсiлмен дайындалады, реттiк нөмiрi және кемiнде үш қорғану дәрежесi болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z287" w:id="233"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z287" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67. Жалпы қабылданған халықаралық нормалар мен стандарттарға сәйкес отандық рұқсат бланкiсiнде мынадай деректемелер болады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z288" w:id="234"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z288" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тасымалдауды жүзеге асыру құқығын рұқсат беру құжаты растайтын тасымалдау түрi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z289" w:id="235"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z289" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сериясы мен нөмiрi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z290" w:id="236"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z290" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қолданылу мерзiмi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z291" w:id="237"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z291" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) тасымалдаушының деректемелерi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z292" w:id="238"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z292" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) берiлген орны және күнi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z293" w:id="239"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z293" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) құзыреттi органның қолы мен мөрi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z294" w:id="240"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z294" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) қозғалыс маршруты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z295" w:id="241"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z295" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) автокөлiк құралының маркасы мен мемлекеттiк нөмiрi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z296" w:id="242"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z296" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) жүктiң атауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z297" w:id="243"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z297" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) автокөлiк құралының жүксiз жабдықталған салмағы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z298" w:id="244"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z298" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) жүру жолындағы бақылаушы органдардың бланкiнiң үзбелік бөлiгiнде орналасқан белгiлерi мен мөрiне арналған орындар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z299" w:id="245"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z299" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) бланкiнi пайдалану бойынша негiзгi нұсқаулар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z300" w:id="246"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z300" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) бланкінің негізгі және үзбелі бөліктеріндегі штрих-коды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z301" w:id="247"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z301" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68. Автокөлiк құралдарының жүрiп өтуi кезiнде бақылаушы органның белгiсi бар отандық рұқсат бланкiсiнiң үзбелі бөлiгi бақылаушы органда қалады және аумақтық органдарға жiберiледi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z302" w:id="248"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z302" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69. Отандық тасымалдаушыларға шетелдiк рұқсат бланкiлерiн беру сенiмхат болған жағдайда жүкқұжаттар бойынша (серияларын және шетелдiк рұқсаттардың нөмiрлерiн көрсете отырып) жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z303" w:id="249"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z303" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70. Жыл сайын 5 қаңтарға дейiнгi мерзiмде аумақтық мемлекеттік кірістер органдары пайдаланылмаған отандық рұқсаттарды алынған орны бойынша аумақтық органға қайтаруды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z304" w:id="250"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z304" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       71. Мемлекеттік аумақтық кірістер органдары ай сайын үшiншi күннен кешiктiрмей аумақтық органдарға Қазақстан Республикасының аумағы арқылы шетелдік автокөлiк құралдарының жүрiп өтуi бойынша есептi және шетелдік автокөлiк құралдарының Қазақстан Республикасының аумағы арқылы автокөлiк құралдарының жүрiп өткенi үшiн алымды төлегенi туралы түбiртектерi бар жүкқұжаттардың көшiрмелерiн ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkEnd w:id="252"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9753,270 +9793,270 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қолдану қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z306" w:id="251"/>
+    <w:bookmarkStart w:name="z306" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Нысаны_____________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z307" w:id="252"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z307" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                         (көліктік бақылау органының атауы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z308" w:id="253"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z308" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жолаушылар мен багажды тұрақты емес тасымалдауға, жүктерді тасымалдауға </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z309" w:id="254"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z309" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шетелдік рұқсатты алуға сұрау салу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z310" w:id="255"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z310" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ___________________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z311" w:id="256"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z311" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (дара кәсіпкердің Т.А.Ә. немесе заңды тұлғаның атауы) </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z312" w:id="257"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z312" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЖСН/БСН_________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z313" w:id="258"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z313" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жолаушыларды облысаралық, ауданаралық (облысішілік, қалааралық) және халықаралық қатынастарда автобустармен, шағын автобустармен тұрақты емес тасымалдау, сондай-ақ жолаушыларды халықаралық қатынаста автобустармен, шағын автобустармен тұрақты тасымалдау жөніндегі қызметпен айналысу құқығына лицензияның болуы: лицензия №________, берілген күні ___________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z314" w:id="259"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z314" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       РКу №__________ қолданылу мерзімі __________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z315" w:id="260"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z315" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       РК №__________ қолданылу мерзімі __________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z316" w:id="261"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z316" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жолаушылар мен багажды тұрақты емес тасымалдауға және жүктерді тасымалдауға мынадай шетелдік рұқсаттар беруіңізді сұраймын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkEnd w:id="263"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -10942,330 +10982,330 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z317" w:id="262"/>
+    <w:bookmarkStart w:name="z317" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мекенжайы ______________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z318" w:id="263"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z318" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                         (индекс, қала, аудан, облыс, көше, үйдің №, телефон, факс)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z319" w:id="264"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z319" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Менің дербес деректерімді жинауға және өңдеуге, оның ішінде Көлік министрлігі Автомобиль көлігі және көліктік бақылау комитетінің _______________ аумақтық органға (БСН____________) беруге үшінші тұлғаларға келісім беремін, және жолаушылар мен багажды тұрақты емес тасымалдауға, ақпараттық жүйелердегі жүктерді тасымалдауға шетелдік рұқсаттарды алу үшін қажетті заңмен қорғалатын құпияны құрайтын мәліметтер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z320" w:id="265"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z320" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дербес деректердің трансшекаралық берілуінің жоқтығы, сондай-ақ жалпыға қолжетімді көздерде дербес деректердің таралуының жоқтығы туралы хабарлаймыз.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z321" w:id="266"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z321" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жиналатын деректердің тізбесі: Т.А.Ә., ЖСН/БСН, телефон нөмірі, тіркеу мекенжайы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z322" w:id="267"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z322" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       __________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z323" w:id="268"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z323" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                                     Т.А.Ә. (қолы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z324" w:id="269"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z324" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аббревиатураларды ашып жазу:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z325" w:id="270"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z325" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т.А.Ә. (ол болған кезде) – тегі, аты, әкесінің аты (ол болған кезде);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z326" w:id="271"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z326" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БСН – бизнес-сәйкестендіру нөмірі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z327" w:id="272"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z327" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЖСН - жеке сәйкестендіру нөмірі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z328" w:id="273"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z328" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       РКу- жүктерді халықаралық автомобильмен тасымалдауды жүзеге асыруға рұқсатты куәландыру (жүктерді тасымалдау үшін);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z329" w:id="274"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z329" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       РК - ұсынылған автокөлік құралына рұқсат карточкасы (жүктерді тасымалдау үшін);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z330" w:id="275"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z330" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       VIN – Ккөлік құралының сәйкестендіру нөмірі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkEnd w:id="277"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -13153,68 +13193,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жүйесін қолдану қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z332" w:id="276"/>
+    <w:bookmarkStart w:name="z332" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қазақстан Республикасы ратификациялаған халықаралық шарттарға сәйкес Қазақстан Республикасының тасымалдаушыларына шет мемлекеттің аумағы бойынша жүріп өтуіне рұқсат беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkEnd w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша жаңа редакцияда - ҚР Көлік министрінің м.а. 31.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14846,250 +14886,250 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қолдану қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z351" w:id="277"/>
+    <w:bookmarkStart w:name="z351" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Нысаны ___________________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z352" w:id="278"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z352" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (көліктік бақылау органының атауы) </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z353" w:id="279"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z353" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бұрын берілген шетелдік рұқсатқа автокөлік құралын ауыстыруға сұрау салу </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z354" w:id="280"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z354" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       __________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z355" w:id="281"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z355" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (дара кәсіпкердің Т.А.Ә.немесе заңды тұлғаның атауы) </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z356" w:id="282"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z356" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЖСН/БСН________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z357" w:id="283"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z357" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұрын алынған шетелдік рұқсатты сұрау салудың №_____________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z358" w:id="284"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z358" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылған автокөлік құралына РК№______ қолданылу мерзімі _______</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z359" w:id="285"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z359" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Автокөлік құралын ауыстыруды сұраймын МТНБ -*_________ арналған </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z360" w:id="286"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z360" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       МТНБ________ с VIN _______:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkEnd w:id="288"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -16015,370 +16055,370 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z361" w:id="287"/>
+    <w:bookmarkStart w:name="z361" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * Мәліметтер бұрын мақұлданған сұраудан алынады</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z362" w:id="288"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z362" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мекенжайы _______________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z363" w:id="289"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z363" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                         (индекс, қала, аудан, облыс, көше, үйдің №, телефон, факс)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z364" w:id="290"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z364" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Менің дербес деректерімді жинауға және өңдеуге, оның ішінде Көлік министрлігі Автомобиль көлігі және көліктік бақылау комитетінің _______________ аумақтық органға (БСН____________) беруге үшінші тұлғаларға келісім беремін, және жолаушылар мен багажды тұрақты емес тасымалдауға, ақпараттық жүйелердегі жүктерді тасымалдауға шетелдік рұқсаттарды алу үшін қажетті заңмен қорғалатын құпияны құрайтын мәліметтер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z365" w:id="291"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z365" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дербес деректердің трансшекаралық берілуінің жоқтығы, сондай-ақ жалпыға қолжетімді көздерде дербес деректердің таралуының жоқтығы туралы хабарлаймыз.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z366" w:id="292"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z366" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жиналатын деректердің тізбесі: Т.А.Ә., ЖСН/БСН, телефон нөмірі, тіркеу мекенжайы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z367" w:id="293"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z367" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       __________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z368" w:id="294"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z368" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                                           Т.А.Ә. (қолы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z369" w:id="295"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z369" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аббревиатураларды ашып жазу:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z370" w:id="296"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z370" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т.А.Ә. (ол болған кезде) – тегі, аты, әкесінің аты (ол болған кезде);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z371" w:id="297"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z371" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БСН – бизнес-сәйкестендіру нөмірі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z372" w:id="298"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z372" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЖСН - жеке сәйкестендіру нөмірі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z373" w:id="299"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z373" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       РКу- жүктерді халықаралық автомобильмен тасымалдауды жүзеге асыруға рұқсатты куәландыру (жүктерді тасымалдау үшін);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z374" w:id="300"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z374" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       РК - ұсынылған автокөлік құралына рұқсат карточкасы (жүктерді тасымалдау үшін);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z375" w:id="301"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z375" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       МТНБ – мемлекеттік тіркеу нөмерлік белгісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z376" w:id="302"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z376" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       VIN –көлік құралының сәйкестендіру нөмірі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkEnd w:id="304"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16751,51 +16791,61 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>р/с №</w:t>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/с №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20371,270 +20421,270 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қолдану қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z404" w:id="303"/>
+    <w:bookmarkStart w:name="z404" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Нысаны _____________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z405" w:id="304"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z405" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                               (көліктік бақылау органының атауы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z406" w:id="305"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z406" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Күнтiзбелiк бiр жылға қолдану мерзiмiмен жолаушылар мен багажды тұрақты </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z407" w:id="306"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z407" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тасымалдауға арналған шетелдік рұқсатты алуға сұрау салу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z408" w:id="307"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z408" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       __________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z409" w:id="308"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z409" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (дара кәсіпкердің тегі, аты, әкесінің аты (бар болса) немесе заңды тұлғаның атауы) </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z410" w:id="309"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z410" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЖСН/БСН__________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z411" w:id="310"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z411" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Шетелдік тасымалдаушымен бірлескен қызмет туралы шарт: шарттың </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z412" w:id="311"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z412" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       №________ және жасалған күні ____________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z413" w:id="312"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z413" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жолаушыларды облысаралық, ауданаралық (облысішілік, қалааралық) және халықаралық қатынастарда автобустармен, шағын автобустармен тұрақты емес тасымалдау, сондай-ақ жолаушыларды халықаралық қатынаста автобустармен, шағын автобустармен тұрақты тасымалдау жөніндегі қызметпен айналысу құқығына лицензияның болуы: лицензия №________, берілген күні ___________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z414" w:id="313"/>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z414" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жолаушылар мен багажды тұрақты емес тасымалдауға және жүктерді тасымалдауға мынадай шетелдік рұқсаттар беруіңізді сұраймын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkEnd w:id="315"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -21161,270 +21211,270 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z415" w:id="314"/>
+    <w:bookmarkStart w:name="z415" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мекенжайы__________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z416" w:id="315"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z416" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                         (индекс, қала, аудан, облыс, көше, үйдің №, телефон, факс)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z417" w:id="316"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z417" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Менің дербес деректерімді жинауға және өңдеуге, оның ішінде Көлік министрлігі Автомобиль көлігі және көліктік бақылау комитетінің _______________ аумақтық органға (БСН____________) беруге үшінші тұлғаларға келісім беремін және күнтiзбелiк бiр жылға қолдану мерзiмiмен жолаушылар мен багажды тұрақты тасымалдауға арналған шетелдік рұқсат алу үшін қажетті заңмен қорғалатын құпияны құрайтын мәліметтер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z418" w:id="317"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z418" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дербес деректердің трансшекаралық берілуінің жоқтығы, сондай-ақ жалпыға қолжетімді көздерде дербес деректердің таралуының жоқтығы туралы хабарлаймыз.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z419" w:id="318"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z419" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жиналатын деректердің тізбесі: Т.А.Ә., ЖСН/БСН, телефон нөмірі, тіркеу мекенжайы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z420" w:id="319"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z420" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z421" w:id="320"/>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z421" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                                           Т.А.Ә. (қолы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z422" w:id="321"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z422" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аббревиатураларды ашып жазу:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z423" w:id="322"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z423" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т.А.Ә. (ол болған кезде) – тегі, аты, әкесінің аты (ол болған кезде);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z424" w:id="323"/>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z424" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БСН – бизнес-сәйкестендіру нөмірі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z425" w:id="324"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z425" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЖСН - жеке сәйкестендіру нөмірі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkEnd w:id="326"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -21529,68 +21579,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жүйесін қолдану қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z427" w:id="325"/>
+    <w:bookmarkStart w:name="z427" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қазақстан Республикасы ратификациялаған халықаралық шарттарға сәйкес Қазақстан Республикасының тасымалдаушыларына шет мемлекеттің аумағы бойынша жүріп өтуіне рұқсат беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkEnd w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 6-қосымша жаңа редакцияда - ҚР Көлік министрінің м.а. 31.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23023,55 +23073,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>