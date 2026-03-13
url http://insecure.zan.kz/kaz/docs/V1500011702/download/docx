--- v0 (2025-11-14)
+++ v1 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fc1a375" w14:textId="fc1a375">
+    <w:p w14:paraId="fb5c387" w14:textId="fb5c387">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -7153,143 +7153,333 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нөмірлік белгінің берілген уақыты Дата выдачи номерного знака</w:t>
+              <w:t>Нөмірлік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>белгінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берілген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>уақыты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Дата выдачи номерного знака</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Белгінің сериясы мен нөмірі Серия и номер знака</w:t>
+              <w:t>Белгінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сериясы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нөмірі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Серия и номер знака</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Инспектордың қолы және мөр Подпись инспектора и печать</w:t>
+              <w:t>Инспектордың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қолы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мөр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Подпись инспектора и печать</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Агрегаттарды жөндеу және ауыстыру туралы мәліметтер</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -7353,143 +7543,393 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жөндеудің жүргізілген уақыты Дата проведения ремонта</w:t>
+              <w:t>Жөндеудің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жүргізілген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>уақыты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Дата проведения ремонта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жөндеулердің, ауыстырылған агрегаттардың атауы және олардың нөмірлері Наименование ремонтов, замененных агрегатов и их номера</w:t>
+              <w:t>Жөндеулердің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ауыстырылған</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>агрегаттардың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>олардың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нөмірлері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Наименование ремонтов, замененных агрегатов и их номера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жөндеуге жауапты адамның қолы Подпись лица, ответственного за ремонт</w:t>
+              <w:t>Жөндеуге</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жауапты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>адамның</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қолы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Подпись лица, ответственного за ремонт</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сериясы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -7572,334 +8012,428 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Күні Дата</w:t>
+              <w:t>Күні</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Техникалық жай-күйі Техническое состояние</w:t>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жай-күйі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Техническое состояние</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Пайдаланылуынан бастап қарап-тексеру сәтіне дейінгі жұмыс жасауы Выработка к моменту осмотра с начала эксплуатации</w:t>
+              <w:t>Пайдаланылуынан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бастап</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қарап-тексеру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сәтіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дейінгі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жасауы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Выработка к моменту осмотра с начала эксплуатации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Инспектордың қолы Подпись инспектора</w:t>
+              <w:t>Инспектордың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қолы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Подпись инспектора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сериясы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       серия _________ № ___________</w:t>
-      </w:r>
-[...104 lines deleted...]
-        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8196,71 +8730,91 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.09.2025 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> енгізіледі) бұйрығымен; өзгеріс енгізілді - ҚР Ауыл шаруашылығы министрінің м.а. 07.10.2025 </w:t>
+        <w:t xml:space="preserve"> енгізіледі); өзгеріс енгізілді - ҚР Ауыл шаруашылығы министрінің м.а. 07.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 357</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. қараңыз) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9601,68 +10155,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтер тізбесі:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z14" w:id="71"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Көрсетілетін қызметті берушінің кеңсесіне жүгінген кезде:</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="71"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 машиналарды тіркеу кезінде:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -9726,81 +10282,81 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) заңды тұлғалар үшін – заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы куәлік немесе цифрлық құжаттар сервисінен цифрлық құжат;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-4) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) (бұдан әрі – Салық кодексі) </w:t>
-[...29 lines deleted...]
-              <w:t>615-баптарында</w:t>
+4) Қазақстан Республикасы Салық кодексінің (бұдан әрі – Салық кодексі) 615-бабының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-тармағында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және 667-бабының 3-тармағының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8) тармақшасында</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> белгіленген баждар мен алымдардың бюджетке төленгенін растайтын құжат; </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -9912,51 +10468,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) машиналарды бастапқы тіркеу жағдайында:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-өндіруші зауыттың қозғалтқыштың номиналды қуатын растайтын құжатының көшірмесі немесе өздігінен жүретін машинаның және басқа да техника түрлерінің паспортының көшірмесі / өздігінен жүретін машинаның және басқа да техника түрлерінің электрондық паспорты;</w:t>
+өздігінен жүретін машинаның және техниканың басқа да түрлерінің электрондық паспорты (өздігінен жүретін машинаның және техниканың басқа да түрлерінің электрондық паспортында қозғалтқыштың номиналды қуаты туралы деректер болмаған кезде қозғалтқыштың номиналды қуатын растайтын дайындаушы зауыттың құжатының көшірмесі қосымша ұсынылады);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 сәйкестік сертификатының немесе сәйкестік туралы декларацияның көшірмесі ("Машиналар мен жабдықтардың қауіпсіздігі туралы" Кеден одағының техникалық регламентінің (КО ТР 010/2011) талаптарына сәйкестікті бағалау туралы құжатты ұсына отырып кедендік декларация берілетін өнім тізбесін бекіту туралы" Еуразиялық экономикалық комиссия Кеңесінің 2018 жылғы 16 қаңтардағы № 6 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
@@ -10206,81 +10762,81 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 3) заңды тұлғалар үшін – заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы анықтама не цифрлық құжаттар сервисінен цифрлық құжат; </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-4) Салық кодексінің </w:t>
-[...29 lines deleted...]
-              <w:t>615-баптарында</w:t>
+4) Салық кодексінің 615-бабының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-тармағында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және 667-бабы 3-тармағының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8) тармақшасында</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> белгіленген бюджетке баждар мен алымдардың төленгенін растайтын құжат; </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -10346,61 +10902,61 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1) осы мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесіне </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қосымшаға </w:t>
-[...9 lines deleted...]
-              <w:t>сәйкес 1, 2-нысандар бойынша өтініш;</w:t>
+              <w:t>қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес 1, 2-нысандар бойынша өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2) жеке тұлғалар үшін – жеке басын куәландыратын құжат не цифрлық құжаттар сервисінен цифрлық құжат (сәйкестендіру үшін); </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10410,127 +10966,127 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 3) заңды тұлғалар үшін – заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы анықтама не цифрлық құжаттар сервисінен цифрлық құжат; </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-4) Салық кодексінің </w:t>
-[...29 lines deleted...]
-              <w:t>615-баптарында</w:t>
+4) Салық кодексінің 615-бабының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-тармағында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және 667-бабы 3-тармағының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8) тармақшасында</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> белгіленген бюджетке баждар мен алымдардың төленгенін растайтын құжат; </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) тіркеу құжаты, нөмірлік белгі "Механикалық көлік құралдарының жекелеген түрлеріне және олардың тіркемелеріне арналған жарықты шағылыстыратын жабыны бар мемлекеттік тіркеу белгілері. Техникалық шарттар" ҚР СТ 1176 Қазақстан Республикасы мемлекеттік стандартының (бұдан әрі – Мемлекеттік стандарт) талаптарына сәйкес келмеген жағдайда;</w:t>
-[...17 lines deleted...]
-машиналарды тіркеу есебінен шығару кезінде (машинаны кәдеге жаратудан, бас тартудан, есептен шығарудан, қызмет көрсету аумағынан тыс жерге ауыстырудан басқа, сондай-ақ машинаны иеліктен шығару жөніндегі мәміленің алдындағы әрекеттерді қоспағанда):</w:t>
+5) тіркеу құжаты, нөмірлік белгі (тіркеу құжатты, нөмірлік белгі "Механикалық көлік құралдарының жекелеген түрлеріне және олардың тіркемелеріне арналған жарықты шағылыстыратын жабыны бар мемлекеттік тіркеу белгілері. Техникалық шарттар" ҚР СТ 1176 Қазақстан Республикасы мемлекеттік стандартының (бұдан әрі – Мемлекеттік стандарт) талаптарына сәйкес келмеген жағдайда);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+машиналарды тіркеу есебінен шығару кезінде (машинаны кәдеге жаратудан, бас тартудан, есептен шығарудан, қызмет көрсету аумағынан тыс жерге ауыстырудан басқа, сондай-ақ машинаны иеліктен шығару жөніндегі мәміленің алдындағы әрекеттер жағдайында):</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1) осы мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесіне </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
@@ -10614,51 +11170,69 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 азаматтық заңнама талаптарына сәйкес жасалған шарттар, мәмілелер, куәліктер, мүлікті мұраға алу құқығы туралы құжаттар;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-сот куәландырған сот шешімінің, қаулысының, сот орындаушысының мемлекеттік органның орындауы тиіс іс-қимылдары туралы хабарламасының көшірмесі қоса берілген атқару парағы;</w:t>
+сот куәландырған сот шешімінің, қаулысының,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сот орындаушысының мемлекеттік органның орындауы тиіс іс-қимылдары туралы хабарламасының көшірмесі қоса берілген атқару парағы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 тіркеу құжатының телнұсқасын және (немесе) жаңа нөмірлік белгі алған кезде: </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10724,81 +11298,81 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 3) заңды тұлғалар үшін – заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы анықтама не цифрлық құжаттар сервисінен цифрлық құжат; </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-4) Салық кодексінің </w:t>
-[...29 lines deleted...]
-              <w:t>615-баптарында</w:t>
+4) Салық кодексінің 615-бабының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-тармағында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және 667-бабы 3-тармағының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8) тармақшасында</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> белгіленген бюджетке баждар мен алымдардың төленгенін растайтын құжат; </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -11040,51 +11614,61 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) техникалық паспорттың көшірмесі (тіркеу құжатындағы ауыл шаруашылығы техникасы туралы мәліметтерді өзектендіру (түзету) үшін – техникалық паспорттың түпнұсқасы);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) өздігінен жүретін машинаның және техниканың басқа да түрлерінің электрондық паспорты (өздігінен жүретін машинаның және техниканың басқа да түрлерінің электрондық паспорты болмаған кезде – ауыл шаруашылығы техникасына дайындаушы зауыт құжатының көшірмесі немесе өздігінен жүретін машинаның және техниканың басқа да түрлерінің паспортының көшірмесі);</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) өздігінен жүретін машинаның және техниканың басқа да түрлерінің электрондық паспорты (өздігінен жүретін машинаның және техниканың басқа да түрлерінің электрондық паспорты болмаған кезде – ауыл шаруашылығы техникасына дайындаушы зауыт құжатының көшірмесі немесе өздігінен жүретін машинаның және техниканың басқа да түрлерінің паспортының көшірмесі);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 машиналар кепілінің (немесе өзге де ауыртпалықтардың) болуы (болмауы) туралы ақпаратты алу үшін:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11096,51 +11680,51 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1) осы мемлекеттік қызметті көрсетуге қойылатын негізгі талаптар тізбесіне </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымшаға</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сәйкес 1, 2-нысандар бойынша өтініш.</w:t>
+              <w:t xml:space="preserve"> сәйкес 1, 2-нысандар бойынша көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасы (бұдан әрі – ЭЦҚ) қойылған электрондық құжат нысанындағы өтініш.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2. Порталға жүгінген кезде: </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11170,329 +11754,349 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1) осы мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесіне </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымшаға</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сәйкес 1, 2-нысандар бойынша көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен (бұдан әрі – ЭЦҚ) қойылған электрондық құжат нысанындағы өтініш; </w:t>
+              <w:t xml:space="preserve"> сәйкес 1, 2-нысандар бойынша көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасы (бұдан әрі – ЭЦҚ) қойылған электрондық құжат нысанындағы өтініш; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) Кодекстің </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>386-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес машиналарды бастапқы тіркеу кезінде өндірушілердің (импорттаушылардың) кеңейтілген міндеттемелерді орындауын растайтын электрондық құжат; </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-2) Кодекстің </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес машиналарды бастапқы тіркеу кезінде өндірушілердің (импорттаушылардың) кеңейтілген міндеттемелерді орындауын растайтын электрондық құжат; </w:t>
+3) ЭҮТШ арқылы төлеу жағдайларын қоспағанда, Салық кодексінің 615-бабының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3-тармағында </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">және 667-бабы 3-тармағының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) тармақшасында </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">белгіленген бюджетке баждар мен алымдардың төленгенін растайтын құжаттың электрондық көшірмесі; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) машиналарға меншік құқығын растайтын құжаттардың электрондық көшірмелері, оларға мыналар жатады:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-3) ЭҮТШ арқылы төлеу жағдайларын қоспағанда, Салық кодексінің </w:t>
-[...57 lines deleted...]
-4) машиналарға меншік құқығын растайтын құжаттардың электрондық көшірмелері, оларға мыналар жатады:</w:t>
+азаматтық заңнама талаптарына сәйкес жасалған шарттар, мәмілелер, куәліктер, мүлікті мұраға алу құқығы туралы құжаттар; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сот куәландырған сот шешiмiнiң, қаулының, сот орындаушысының мемлекеттiк органның орындауы тиіс іс-қимылдары туралы хабарламасының көшiрмесi қоса берілген атқару парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кедендік ресімдеуден өткенін растайтын құжаттар (ЕАЭО елдерінен әкелу жағдайларын қоспағанда, кедендік декларация, кедендік кіріс ордері, уақытша әкелу жағдайларында кері экспорттау міндеттемесі);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) машиналарды бастапқы тіркеу жағдайында:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+өздігінен жүретін машинаның және техниканың басқа да түрлерінің электрондық паспорты (өздігінен жүретін машинаның және техниканың басқа да түрлерінің электрондық паспортында қозғалтқыштың номиналды қуаты туралы деректер болмаған кезде қозғалтқыштың номиналды қуатын растайтын дайындаушы зауыт құжатының электрондық көшірмесі қосымша ұсынылады);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сәйкестік сертификатының немесе сәйкестік туралы декларацияның көшірмесі (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> шешімге сәйкес); </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) заңды тұлғаның (жеке кәсіпкерлік субъектілерін қоспағанда) мөрімен куәландырылған көлік құралын өзінің құрылымдық бөлімшесіне немесе басқа заңды не жеке тұлғаға бөлу және беру туралы заңды тұлға бұйрығының (өкімінің) электрондық көшірмесі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-азаматтық заңнама талаптарына сәйкес ресімделген шарттар, мәмілелер, куәліктер, мүлікті мұраға алу құқығы туралы құжаттар; </w:t>
-[...145 lines deleted...]
-Қазақстан Республикасының басқа облыстарынан немесе республикадан тыс жерлерден келген машиналарды уақытша тіркеуді жүзеге асыру кезінде: </w:t>
+Қазақстан Республикасының басқа өңірлерінен немесе республикадан тыс жерлерден келген машиналарды уақытша тіркеуді жүзеге асыру кезінде: </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1) осы мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесіне </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
@@ -11504,87 +12108,107 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес 1, 2-нысандар бойынша көрсетілетін қызметті алушының ЭЦҚ-сы қойылған электрондық құжат нысанындағы өтініш; </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) техникалық паспорттың түпнұсқасы (мемлекеттік қызмет көрсету нәтижесін алу үшін көрсетілетін қызметті берушіге ұсынылады);</w:t>
-[...35 lines deleted...]
-4) республикадан тыс жерден машиналарды әкелген кезде ‒ кедендік ресімдеуден өткенін растайтын құжаттардың электрондық көшірмелері (ЕАЭО елдерінен әкелу жағдайларын қоспағанда, кедендік декларация, кедендік кіріс ордері, уақытша әкелу жағдайларында кері экспорттау міндеттемесі); </w:t>
+2) техникалық паспорттың түпнұсқасы (мемлекеттік қызмет көрсету нәтижесін алу үшін жүгінген кезде көрсетілетін қызметті берушіге ұсынылады);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) жалға беру, қосалқы жалдау, өтеусіз пайдалану, лизинг, қосалқы лизинг, сенімді басқару, шаруашылық жүргізу, қарыз шарттарының немесе машиналарды иелену және (немесе) пайдалану құқығын растайтын өзге де құжаттардың электрондық көшірмелері, ал уақытша әкелінген машиналар үшін ‒ машина уақытша тіркеуге қойылатын учаскенің немесе аумақтың меншік иесінің (иесінің) келісуі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) республикадан тыс жерден машиналарды әкелген кезде ‒ кедендік ресімдеуден өткенін растайтын құжаттардың электрондық көшірмелері (ЕАЭО елдерінен әкелу жағдайларын қоспағанда, кедендік декларация, кедендік кіріс ордері, уақытша әкелу жағдайларында кері экспорттау міндеттемесі); </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 машиналарды қайта тіркеу кезінде:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11632,1031 +12256,1361 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес 1, 2-нысандар бойынша көрсетілетін қызметті алушының ЭЦҚ-сы қойылған электрондық құжат нысанындағы өтініш; </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-2) ЭҮТШ арқылы төлеу жағдайларын қоспағанда, Салық кодексінің </w:t>
-[...29 lines deleted...]
-              <w:t>615-баптарында</w:t>
+2) ЭҮТШ арқылы төлеу жағдайларын қоспағанда, Салық кодексінің 615-бабының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-тармағында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және 667-бабы 3-тармағының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8) тармақшасында</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> белгіленген бюджетке баждар мен алымдардың төленгенін растайтын құжаттың электрондық көшірмесі; </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) машиналарға меншік құқығын растайтын құжаттардың электрондық көшірмелері, оларға мыналар жатады:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-азаматтық заңнама талаптарына сәйкес ресімделген шарттар, мәмілелер, куәліктер, мүлікті мұраға алу құқығы туралы құжаттар; </w:t>
-[...17 lines deleted...]
-сот шешiмiнiң, қаулысының, сот орындаушысының мемлекеттiк органның орындауы тиіс іс-әрекеттерi туралы хабарламасының сот куәландырған көшiрмесi бар атқару парағы;</w:t>
+азаматтық заңнама талаптарына сәйкес жасалған шарттар, мәмілелер, куәліктер, мүлікті мұраға алу құқығы туралы құжаттар; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сот куәландырған сот шешiмiнiң, қаулысының, сот орындаушысының мемлекеттiк органның орындауы тиіс іс-қимылдары туралы хабарламасының көшiрмесi қоса берілген атқару парағы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 қайта жабдықтау немесе ондағы нөмірленген агрегаттарды ауыстыру, арнайы жабдықты орнату және өзге де осыған ұқсас өзгерістерге байланысты машинаның типі өзгерген жағдайда: </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) осы мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесіне </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес 1, 2-нысандар бойынша өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">
-1) осы мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесіне </w:t>
+2) Салық кодексінің 615-бабының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-тармағында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және 667-бабы 3-тармағының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8) тармақшасында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> белгіленген бюджетке баждар мен алымдардың төленгенін растайтын құжаттың электрондық көшірмесі; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) тіркеу құжаты, нөмірлік белгі (Мемлекеттік стандарттың талаптарына сәйкес келмеген жағдайда, тіркеу құжаты, нөмірлік белгі мемлекеттік көрсетілетін қызмет нәтижесін алуға жүгінген кезде ұсынылады);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+машиналарды есептен шығару кезінде (машиналарды кәдеге жаратудан, жарамсыз деп танудан, есептен шығарудан, қызмет көрсету аумағынан тыс жерге ауыстырудан басқа, сондай-ақ машинаны иеліктен шығару жөніндегі мәміленің алдындағы әрекеттерді қоспағанда):</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) осы мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесіне </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымшаға</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сәйкес 1, 2-нысандар бойынша өтініш;</w:t>
-[...47 lines deleted...]
-              <w:t>615-баптарында</w:t>
+              <w:t xml:space="preserve"> сәйкес 1, 2-нысандар бойынша көрсетілетін қызметті алушының ЭЦҚ-сы қойылған электрондық құжат нысанындағы өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) машиналарға меншік құқығын растайтын құжаттардың электрондық көшірмелері, оларға мыналар жатады:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>азаматтық заңнама талаптарына сәйкес жасалған шарттар, мәмілелер, куәліктер, мүлікті мұраға алу құқығы туралы құжаттар;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сот куәландырған сот шешiмiнiң, қаулының, сот орындаушысының мемлекеттiк органның орындауы тиіс іс-қимылдары туралы хабарламасының көшiрмесi қоса берiлген атқару парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тіркеу құжатының телнұсқасын және (немесе) жаңа нөмірлік белгіні алған кезде:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) осы мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесіне </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес 1, 2-нысандар бойынша көрсетілетін қызметті алушының ЭЦҚ-сы қойылған электрондық құжат нысанындағы өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) ЭҮТШ арқылы төлеу жағдайларын қоспағанда, Салық кодексінің 615-бабының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-тармағында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және 667-бабы 3-тармағының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) тармақшасында </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> белгіленген бюджетке баждар мен алымдардың төленгенін растайтын құжаттың электрондық көшірмесі; </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) тіркеу құжаты, нөмірлік белгі (Мемлекеттік стандарттың талаптарына сәйкес келмеген жағдайда), тіркеу құжаты, нөмірлік белгі (мемлекеттік көрсетілетін қызмет нәтижесін алуға өтініш берген кезде ұсынылады);</w:t>
-[...35 lines deleted...]
-1) осы мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесіне </w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кәдеге жаратуға (жарамсыз деп тану, есептен шығару) жататын машиналарды тіркеу есебінен шығару кезінде: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жеке тұлғалар үшін: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) осы мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесіне </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымшаға</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сәйкес 1, 2-нысандар бойынша көрсетілетін қызметті алушының ЭЦҚ-сы қойылған электрондық құжат нысанындағы өтініш;</w:t>
-[...240 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> сәйкес 1-нысан бойынша көрсетілетін қызметті алушының ЭЦҚ-сы қойылған электрондық құжат нысанындағы өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) тіркеу құжаты, нөмірлік белгі (көрсетілетін қызметті берушіге мемлекеттік қызмет көрсету нәтижесін алу үшін жүгінген кезде көрсетіледі);</w:t>
-[...35 lines deleted...]
-1) осы мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесіне </w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) тіркеу құжаты, нөмірлік белгі (көрсетілетін қызметті берушіге мемлекеттік көрсетілген қызмет нәтижесін алу үшін жүгінген кезде ұсынылады);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заңды тұлғалар үшін: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) осы мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесіне </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">қосымшаға </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сәйкес 2-нысан бойынша көрсетілетін қызметті алушының ЭЦҚ-сы қойылған электрондық құжат нысанындағы өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) тіркеу құжаты, мемлекеттік нөмірлік белгі (көрсетілетін қызметті берушіге мемлекеттік қызметті көрсету нәтижесін алу үшін жүгінген кезде көрсетіледі);</w:t>
-[...363 lines deleted...]
-Меншік иелері 14 жастан 18 жасқа дейінгі тұлғалар болып табылатын жағдайларда, тіркеу әрекеттерін осы адамдар заңды өкілдерінің жазбаша келісімімен электрондық немесе қағаз жеткізгіштегі туу туралы куәлікті ұсына отырып жүзеге асырады.</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) тіркеу құжаты, мемлекеттік нөмірлік белгі (көрсетілетін қызметті берушіге мемлекеттік көрсетілген қызмет нәтижесін алу үшін жүгінген кезде ұсынылады);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) есептен шығару актінің электрондық көшірмесі (тiркеу құжаттары немесе кәдеге жарату машиналарының нөмірлік белгiлерi болмаған жағдайда, өтініштерде олардың жоғалу жағдайлары, орны мен уақыты көрсетіледі);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ауыл шаруашылығы техникасы туралы ақпаратты өзектендіру (түзету) үшін:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) осы мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесіне </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қосымшаға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкес 1, 2-нысандар бойынша көрсетілетін қызметті алушының ЭЦҚ-сы қойылған электрондық құжат нысанындағы өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) техникалық паспорттың электрондық көшірмесі (тіркеу құжатындағы ауыл шаруашылығы техникасы туралы мәліметтерді өзектендіру (түзету) үшін – техникалық паспорттың түпнұсқасы (көрсетілетін қызметті берушіге мемлекеттік көрсетілетін қызмет нәтижесін алу үшін жүгінген кезде беріледі));</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) өздігінен жүретін машинаның және техниканың басқа да түрлерінің электрондық паспорты (өздігінен жүретін машинаның және техниканың басқа да түрлерінің электрондық паспорты болмаған кезде – ауыл шаруашылығы техникасына дайындаушы зауыт құжатының электрондық көшірмесі немесе өздігінен жүретін машинаның және техниканың басқа да түрлерінің паспортының электрондық көшірмесі);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>машиналарда кепілдің (немесе өзге де ауыртпалықтардың) болуы (болмауы) туралы ақпаратты алу үшін:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) осы мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесіне </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қосымшаға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкес 1, 2-нысандар бойынша көрсетілетін қызметті берушінің ЭЦҚ-сы қойылған электрондық құжат нысанындағы өтініш.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке басын куәландыратын құжат туралы, заңды тұлғаны тіркеу (қайта тіркеу) туралы, дара кәсіпкерді тіркеу немесе дара кәсіпкер ретінде қызметінің басталғаны туралы, сондай-ақ машиналарды тіркегені үшін бюджетке алымдар мен баждарды төлеу туралы мәліметтерді ЭҮТШ арқылы төлем жасалған жағдайда, тіркеу пунктінің жұмыскері "электрондық үкіметтің" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйелерден алады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өздігінен жүретін машина мен басқа да техника түрлерінің электрондық паспорты туралы мәліметтерді тіркеу пунктінің жұмыскері көлік құралдарының электрондық паспорттары (көлік құралдары шассилерінің паспорттары) және өздігінен жүретін машиналар мен басқа да техника түрлерінің электрондық паспорттары жүйесінен алады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тиісті мемлекеттік ақпараттық жүйелерден алуға болатын құжаттарды көрсетілетін қызметті алушыдан сұратуға жол берілмейді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Меншiк иесiнiң немесе иеленушiнiң атынан өкiлдер тiркеу iс-әрекеттерiн жүзеге асырған жағдайларда, көрсетiлетiн қызметтi берушiге осы тармақта белгiленген құжаттардан басқа, меншiк иесiнiң немесе иеленушiнiң мүдделерiн бiлдiру жөнiндегi өкiлеттiгiн куәландыратын құжаттар ұсынылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бұрын Қазақстан Республикасында мемлекеттік тіркеуде болған машина мемлекеттік тіркелуі тиіс болған жағдайларда, көрсетілетін қызметті берушіге осы тармақта белгіленген құжаттардан басқа алдыңғы тіркеу құжаты ұсынылады, алайда осы құжаттың ұсынылмауы мемлекеттік тіркеуді жүргізуден бас тартуға негіз болып табылмайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Машиналарды тіркеуді қоса алғанда, тіркеу іс-шараларын жүргізу кезінде меншік иесі болып табылмайтын тұлғаларға меншік құқығын растайтын мына құжаттар ұсынылады:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарт (жалға алу, қосалқы жалдау, лизинг, қосалқы лизинг, кепілдік) және машинаны қабылдау актісі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>меншік иесі қол қойған (жеке тұлғалар үшін), заңды тұлғаның бірінші басшысы қол қойған (заңды тұлғалар үшін) машина иесінің тиісті тіркеу әрекетін жасауға меншік иесінің жазбаша келісуі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тіркеу әрекеттері жүргізілетін машина ортақ меншікте болса, онда барлық меншік иелері тіркеу құжаттарында көрсетіледі және барлық құжаттар машинаның барлық иелерінің атынан беріледі. Жеке тұлғалардың ортақ мүлкін иеліктен шығарудың негізі нотариалды куәландырылған мәміле болып табылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Меншік иелері 14 жасқа толмаған кәмелетке толмаған азаматтар болып табылатын жағдайларда, олардың атынан тіркеу әрекеттерін заңды өкілдер электронды немесе қағаз түрінде туу туралы куәлікті ұсына отырып жүзеге асырады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Меншік иелері 14 жастан 18 жасқа дейінгі тұлғалар болып табылатын жағдайларда, тіркеу әрекеттерін осы адамдар заңды өкілдерінің жазбаша келісуімен электрондық немесе қағаз жеткізгіштегі туу туралы куәлікті ұсына отырып жүзеге асырады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Машиналарды заңды және жеке тұлғалар аукциондар мен сауда биржалары арқылы сатып алған жағдайда: аукционның хаттамасы және уәкілетті тұлғалардың қолдары қойылған сатып алу-сату шарты ұсынылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -14790,68 +15744,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z76" w:id="71"/>
+    <w:bookmarkStart w:name="z76" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Машиналарды тіркеудің электрондық тізілімі Электронный реестр регистрации машин</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -17141,68 +18095,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">тiркеу қағидаларына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z82" w:id="72"/>
+    <w:bookmarkStart w:name="z82" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Машиналарды қарап-тексеру жөніндегі фотоматериалдарды ұсынуға арналған өлшемшарттар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 6-қосымша алып тасталды – ҚР Ауыл шаруашылығы министрінің 02.02.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17563,68 +18517,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       __________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (көрсетілетін қызметті алушының атауы және мекенжайы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="73"/>
+    <w:bookmarkStart w:name="z84" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік қызметті көрсетуден бас тарту туралы уәжді жауап</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 7-қосымша жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 02.02.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19292,68 +20246,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">тiркеу қағидаларына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z87" w:id="74"/>
+    <w:bookmarkStart w:name="z87" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Техникалық паспорттар бланкілерінің сериясында және мемлекеттік нөмірлік белгілерде қолданылатын Қазақстан Республикасының облыстары мен қалаларының латын транскрипциясындағы әріптік белгілері тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 9-қосымша жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 02.02.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22072,68 +23026,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z89" w:id="75"/>
+    <w:bookmarkStart w:name="z89" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Нөмірлік белгілер мен техникалық паспорттардың келіп түсуін және берілуін есепке алу журналы Журнал учета поступления и выдачи номерных знаков и технических паспортов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -25163,55 +26117,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>