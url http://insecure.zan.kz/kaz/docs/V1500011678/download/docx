--- v0 (2025-10-05)
+++ v1 (2026-03-16)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c9b1379" w14:textId="c9b1379">
+    <w:p w14:paraId="d122f4c" w14:textId="d122f4c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,84 +112,136 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Инвестициялар және даму министрінің 2015 жылғы 24 ақпандағы № 191 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2015 жылы 15 шілдеде № 11678 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z264" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Қазақстан Республикасының әуе кеңістігін пайдалану және авиация қызметі туралы" Қазақстан Республикасының 2010 жылғы 15 шілдедегі Заңының </w:t>
-[...29 lines deleted...]
-        <w:t>БҰЙЫРАМЫН:</w:t>
+      "Қазақстан Республикасының әуе кеңістігін пайдалану және авиация қызметі туралы" Қазақстан Республикасы Заңының 14-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 41-45) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Көлік министрінің м.а. 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 425</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z377" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қоса беріліп отырған Қазақстан Республикасының азаматтық авиация ұйымдарында авиациялық жанар-жағармай материалдары мен арнаулы сұйықтықтарды сақтаудың, құюға беруге дайындаудың және олардың сапасына бақылау жүргізудің қағидалары бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z378" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -986,55 +1038,137 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z4" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1. Осы Қазақстан Республикасының азаматтық авиация ұйымдарында авиациялық жанар-жағармай материалдары мен арнаулы сұйықтықтарды сақтау, құюға беруге дайындау және олардың сапасына бақылау жүргiзу қағидалары "Қазақстан Республикасының әуе кеңістігін пайдалану және авиация қызметі туралы" 2010 жылғы 15 шiлдедегi Қазақстан Республикасының Заңының 14-бабы 1-тармағының 41-45) тармақшасына сәйкес әзірленген және Қазақстан Республикасының азаматтық авиация ұйымдарында (бұдан әрі - ААҰ) авиациялық жанар-жағармай материалдары мен арнаулы сұйықтықтарды сақтау, құюға беруге дайындау және олардың сапасына бақылау жүргізу тәртібін айқындайды.</w:t>
+        <w:t xml:space="preserve">
+      1. Осы Қазақстан Республикасының азаматтық авиация ұйымдарында авиациялық жанар-жағармай материалдары мен арнаулы сұйықтықтарды сақтау, құюға беруге дайындау және олардың сапасына бақылау жүргiзу қағидалары (бұдан әрі – Қағидалар) "Қазақстан Республикасы әуе кеңістігін пайдалану және авиация қызметі туралы" Қазақстан Республикасының Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тармағының 41-45) тармақшасына сәйкес әзірленген және Қазақстан Республикасының азаматтық авиация ұйымдарында (бұдан әрі – ААҰ) авиациялық жанар-жағармай материалдары мен арнаулы сұйықтықтарды сақтау, құюға беруге дайындау және олардың сапасына бақылау жүргізу тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Көлік министрінің м.а. 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 425</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z5" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Азаматтық әуе кемелерін авиациялық жанар-жағар май материалдарымен азаматтық авиация ұйымының құрылымдық бөлімшесі болып табылатын жанар-жағармай материалдары </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -1047,134 +1181,186 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> немесе дербес заңды тұлға - авиаотынымен қамтамасыз ету жөніндегі ұйым (бұдан әрі - ЖЖМҰ) қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z6" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Осы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> пайдаланылатын терминдер мен анықтамалар:</w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Осы Қағидаларда пайдаланылатын терминдер мен анықтамалар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z7" w:id="13"/>
+    <w:bookmarkStart w:name="z470" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) авиаЖЖМ – авиациялық техниканы пайдалану кезінде қолданылатын барлық маркалы отын, май, жағармай және арнаулы сұйықтықтардың жалпы атауы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z8" w:id="14"/>
-[...15 lines deleted...]
-      2) сапа паспорты – авиаЖЖМ сапасының көрсеткіштеріне жүргізілген талдаудың оң нәтижелері кезінде ЖЖМ зертханасы беретін құжат және қоймаға қабылданған өнім белгіленген нормативтік талаптарға сәйкестігін және азаматтық авиацияның әуе кемелеріне құюға беруге жарамды екендігін растайды;</w:t>
+    <w:bookmarkStart w:name="z471" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) авиаЖЖМ стандарттау жөніндегі нормативтік құжаттар (бұдан әрі – авиаЖЖМ НҚ) – авиаЖЖМ саласындағы қызметке нормаларды, қағидаларды, сипаттамаларды, қағидаттарды немесе оның нәтижелеріне қатысты белгілейтін құжаттар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z9" w:id="15"/>
-[...15 lines deleted...]
-      3) авиаЖЖМ стандарттау жөніндегі нормативтік құжаттар (бұдан әрі - авиаЖЖМ НҚ) – авиаЖЖМ саласындағы қызметке нормаларды, қағидаларды, сипаттамаларды, қағидаттарды немесе оның нәтижелеріне қатысты белгілейтін құжаттар.</w:t>
+    <w:bookmarkStart w:name="z472" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сапа паспорты – авиаЖЖМ сапасының көрсеткіштеріне жүргізілген талдаудың оң нәтижелері кезінде ЖЖМ зертханасы беретін құжат және қоймаға қабылданған өнім белгіленген нормативтік талаптарға сәйкестігін және азаматтық авиацияның әуе кемелеріне құюға беруге жарамды екендігін растайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Көлік министрінің м.а. 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 425</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z10" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының азаматтық авиация ұйымдарында</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -1606,95 +1792,217 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес олардың операциялық дайындауынан өтуі болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z26" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t>, ал құю көлiгімен немесе құбыржолдар бойынша жеткiзiлетiн авиаЖЖМ сол үшiн сапа паспорты мен бақылау талоны болып табылады.</w:t>
+        <w:t>
+      17. Авиа ЖЖМ сапасы мен кондициялылығын растайтын құжаттар өнімнің сапасын растайтын дайындаушының құжаты, ал құйма көлікпен немесе құбыр арқылы жеткізілетін авиа ЖЖМ үшін – сапа паспорты мен бақылау талоны болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кеден одағы Комиссиясының 2011 жылғы 18 қазандағы №826 шешімімен қабылданған "Автомобиль мен авиация бензиніне, дизель мен кеме отынына, реактивті қозғалтқышқа арналған отынға және мазутқа қойылатын талаптар туралы" Кеден одағының техникалық регламентінің (КО ТР 013/2011) сәйкестігін растайтын құжат сәйкестік туралы декларация болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда - ҚР Көлік министрінің 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z27" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. Дайындаушының авиаЖЖМ паспорты авиаЖЖМ-нің осы маркасын дайындауға авиаЖЖМ НҚ кіретін физика-химиялық және пайдалану көрсеткiштерiнiң толық кешенi көлемiндегі талдау нәтижелерiн және өнiмінiң осы партиясының авиаЖЖМ НҚ сәйкестiгi туралы қорытындыны қамтиды. Дайындаушының паспорты мен жеткізілетін авиаЖЖМ-нің сәйкестік сертификатын ұсынған авиаЖЖМ өнім берушісі авиаЖЖМ НҚ айтылған өнімнің сапасы мен сақталуын, сондай-ақ айтылған сақтау және тасымалдау шарттары сақталған кезде жарамдылық мерзімі үшін жауапты болады.</w:t>
+      18. Авиа ЖЖМ-ге өнімнің сапасын растайтын дайындаушының құжаты осы авиа ЖЖМ маркасын дайындауға авиа ЖЖМ НҚ кіретін физика-химиялық және пайдалану көрсеткіштерінің толық кешені көлемінде талдау нәтижелерін және өнімнің осы партиясының авиа ЖЖМ НҚ сәйкестігі туралы қорытындыны қамтиды. Өнімнің сапасын және жеткізілетін авиа ЖЖМ сәйкестігі туралы декларацияны растайтын дайындаушыдан құжат ұсынған авиа ЖЖМ жеткізушісі сол жерде келісілген сақтау және тасымалдау шарттары сақталған кезде авиа ЖЖМ НҚ келісілген жарамдылық мерзіміне өнім сапасының сапасы мен сақталуына жауапты болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 18-тармақ жаңа редакцияда - ҚР Көлік министрінің 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z28" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Сапа паспорты ЖЖМҰ-ның ішкі құжаты болып табылады және қоймаға қабылданған авиаЖЖМ белгіленген авиаЖЖМ НҚ-н сәйкестігін және АА ӘК-ге құюға беруге жарамдылығын растайды. Сапа паспортын авиаЖЖМ сапасының көрсеткіштеріне жүргізілген талдаудың, өнімге ілеспе құжаттаманы талдаудың оң нәтижелері кезінде ЖЖМ зертханасы береді. Сапа паспорты осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -4615,54 +4923,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61. АвиаЖЖМ-ды уақытша әуеайлақтар (тікұшақ айлақтары) мен қону алаңшаларына жіберу кезiнде ЖЖМ (ЖЖМҰ) қызметі басшысының қолымен және мөрімен куәландыратын жiберушi ұйымның ЖЖМ зертханасы Сапа паспортының көшірмесін береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
     <w:bookmarkStart w:name="z132" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      62. Сынамаларды іріктеп алу актiлерi, сапа паспорты және сәйкестік сертификаттары, дайындаушының (өнім берушінің) паспорты, авиаЖЖМ-нің әр партиясынан бір-бір данадан өнімнің осы партиясы жұмсалғаннан кейін кем дегенде үш ай ішінде зертханада сақталады.</w:t>
+      62. Сынамаларды іріктеу актілері, өнімнің сапасын растайтын дайындаушыдан құжат және сәйкестік туралы декларация, авиа ЖЖМ әрбір партиясынан бір данадан дайындаушының (жеткізушінің) құжаты өнімнің осы партиясы жұмсалғаннан кейін кемінде үш ай ішінде зертханада сақталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 62-тармақ жаңа редакцияда - ҚР Көлік министрінің 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z133" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63. Техник-зертханашылардың ауысымдық жұмысы кезiнде зертханада ауысымдарды тапсыру журналы жүргiзiледі, онда еркiн түрде мынадай деректер жазылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
     <w:bookmarkStart w:name="z134" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -4856,99 +5226,268 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының азаматтық</w:t>
+              <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>авиация ұйымдарында авиациялық жанар-жағармай материалдары мен арнаулы сұйықтықтарды сақтау, құюға беруге дайындау және олардың сапасына бақылау жүргізу қағидасына 1-қосымша</w:t>
+              <w:t>азаматтық авиация ұйымдарында</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>авиациялық жанар-жағармай</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>материалдары мен арнаулы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сұйықтықтарды сақтау,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>құюға беруге дайындау</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және олардың сапасына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бақылау жүргізу қағидасына</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z141" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасы азаматтық авиация ұйымдарында</w:t>
-[...11 lines deleted...]
-        <w:t>авиаЖЖМ-нің сапасын бақылау</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасының азаматтық авиация ұйымдарында авиаЖЖМ-нің сапасын бақылау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - ҚР Көлік министрінің 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -4967,51 +5506,61 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-БАҚЫЛАУ ТҮРЛЕРІ</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>БАҚЫЛАУ ТҮРЛЕРІ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5159,51 +5708,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мерзімділігі</w:t>
+Жиілігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5303,87 +5852,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мерзімділігі</w:t>
+Жиілігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құюға дайындау үшін негіз</w:t>
+Жанар-жағар майды құюды дайындау үшін негіз</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6093,51 +6642,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Толтыру (қабылдау) аяқталғаннан) кейін Басқа партия өнімін әр үстемелеп құюдан кейін. 12 айдан кейін.</w:t>
+Толтыру (қабылдау) аяқталғаннан) кейін басқа партия өнімін әр үстемелеп құюдан кейін. 12 айдан кейін.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6171,1829 +6720,1937 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-АВИАЦИЯЛЫҚ БЕНЗИН</w:t>
+Джет A-1 авиациялық керосині ASTM D1655, (СТ РК ASTM D1655);</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+масса тығыздығы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+меншікті электр өткізгіштігінің мөлшері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+Қабылдау цистернасы мен жеткізу көліктерінің тазалығы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыртқы түрі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қоса берілетін құжаттама. Өндірушінің (жеткізушінің) паспорты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+Әрбір партияны алу және қабылдаған кезде</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+Талдау және тексеру нәтижелері бойынша шешім қабылдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+Масса тығыздық;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+фракциялық құрам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тұтану температурасы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құю температурасы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шайырдың нақты мөлшері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сумен әрекеттесуі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мыс пластинасын сынау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+меншікті электр өткізгіштігінің мөлшері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+Резервуардағы тазалық. Талдау нәтижелеріне, өндірушінің (жеткізушінің) техникалық паспортына және авиациялық жанар-жағармай материалдарының нормативтік құжаттарына сәйкестігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+Толтыру (қабылдау) аяқталғаннан кейін. Басқа партиядан өнімдерді қосқаннан кейін.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12 айдан кейін</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+НАЗАР АУДАРЫҢЫЗ! БІР ӨНДІРУШІДЕН БІР БАКҚА ЕКІДЕН АРТЫҚ ПАРТИЯЛЫҚ ОТЫН ТҮСІРІЛГЕН ЖАҒДАЙДА, ӨНІМНІҢ НОРМАТИВТІК ҚҰЖАТТАМАНЫҢ БАРЛЫҚ КӨРСЕТКІШТЕРІ БОЙЫНША ҚАБЫЛДАУ БАҚЫЛАУЫ ЖҮРГІЗІЛЕДІ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+Сапа паспортының қорытындысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салмақтық тығыздығы</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қабылдау резервуарындағы және жеткізу құралдарындағы тазалығы.</w:t>
-[...53 lines deleted...]
-Дайыңдаушының (өнім берушінің) паспорты</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Әр партияның келіп түсуі және оны қабылдау кезінде</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Талдау мен тексерулерді орындау нәтижелері бойынша шешім</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салмақтық тығыздығы ОЭЖ құрамы. Фракциялық құрамы.</w:t>
-[...35 lines deleted...]
-ВКЩ-ның құрамы</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Резервуардағы тазалық.</w:t>
-[...17 lines deleted...]
-Талдау нәтижелерінің және дайындаушының (өнім берушінің) паспортының және авиаЖЖМ НҚ-ның сәйкес келуі</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Резервуарды толтыру (қабылдау аяқталғаннан) аяқталғаннан кейін 12 айдан кейін.</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сапа паспортының қорытынды сы</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-БАҚЫЛАУ ТҮРЛЕРІ</w:t>
+АВИАЦИЯЛЫҚ БЕНЗИН</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...67 lines deleted...]
-ӘУЕАЙЛАҚТЫҚ</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салмақтық тығыздығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қабылдау резервуарындағы және жеткізу құралдарындағы тазалығы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түстері мен ашықтығы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ілеспе құжаттама.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дайыңдаушының (өнім берушінің) паспорты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әр партияның келіп түсуі және оны қабылдау кезінде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талдау мен тексерулерді орындау нәтижелері бойынша шешім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салмақтық тығыздығы ОЭЖ құрамы. Фракциялық құрамы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нақты шайырдың мөлшері.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ВКЩ-ның құрамы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Резервуардағы тазалық.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талдау нәтижелерінің және дайындаушының (өнім берушінің) паспортының және авиаЖЖМ НҚ-ның сәйкес келуі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Резервуарды толтыру (қабылдау аяқталғаннан) аяқталғаннан кейін 12 айдан кейін.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сапа паспортының қорытынды сы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...281 lines deleted...]
-Құюға дайындау үшін негіз</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+БАҚЫЛАУ ТҮРЛЕРІ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...29 lines deleted...]
-АВИАЦИЯЛЫҚ КЕРОСИН</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҚОЙМАЛЫҚ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ӘУЕАЙЛАҚТЫҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салмақтық тығыздығы</w:t>
-[...53 lines deleted...]
-Суда ерігіш қышқылдардың мөлшері</w:t>
+Талдаулар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Резервуардағы тазалық.</w:t>
-[...17 lines deleted...]
-Талдау нәтижелерінің өнімге авиаЖЖМ НҚ-ға және жарамдылық талдауына сәйкес келуі</w:t>
+Тексерулер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 айдан кейін</w:t>
+Жиілігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Талдау нәтижелері журналындағы қорытынды</w:t>
+Қоймаға қабылдау үшін негіз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салмақтық тығыздығы СКҚЖ-ның мөлшері</w:t>
+Талдаулар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шығыс резервуарындағы, тазарту және құю құралындағы тазалық.</w:t>
+Тексерулер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Осы Қағидалардың 4-бөліміне сәйкес</w:t>
+Жиілігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бақылау талонының болуы</w:t>
+Жанар-жағар майды құюды дайындау үшін негіз</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-АВИАЦИЯЛЫҚ БЕНЗИН</w:t>
+АВИАЦИЯЛЫҚ КЕРОСИН</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салмақтық тығыздығы. Октандық сан.**</w:t>
-[...53 lines deleted...]
-ВКЩ-ның құрамы</w:t>
+Салмақтық тығыздығы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фракциялық құрамы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жабық тигельдегі оталу температурасы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Суда ерігіш қышқылдардың мөлшері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қабылдау резервуарындағы және жеткізу құралындағы тазалығы.</w:t>
-[...35 lines deleted...]
-Талдау нәтижелерінің және дайындаушының (өнім берушінің) паспортының авиаЖЖМ НҚ сәйкес келуі</w:t>
+Резервуардағы тазалық.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талдау нәтижелерінің өнімге авиаЖЖМ НҚ-ға және жарамдылық талдауына сәйкес келуі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 айдан</w:t>
-[...17 lines deleted...]
-кейін</w:t>
+6 айдан кейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8021,4651 +8678,4358 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салмақтық тығыздығы</w:t>
+Салмақтық тығыздығы СКҚЖ-ның мөлшері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шығыс резервуарындағы, тазарту және құю құралындағы тазалығы.</w:t>
+Шығыс резервуарындағы, тазарту және құю құралындағы тазалық.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Осы Қағидалардың 4-бөліміне сәйкес.</w:t>
+Осы Қағидалардың 4-бөліміне сәйкес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бақылау талонының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...281 lines deleted...]
-8</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Джет A-1 авиациялық керосині ASTM D1655, (СТ РК ASTM D1655);</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-АВИАЦИЯЛЫҚ МАЙЛАР</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Масса тығыздық;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+фракциялық құрам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тұтану температурасы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құю температурасы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шайырдың нақты мөлшері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сумен әрекеттесуі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мыс пластинасын сынау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+меншікті электр өткізгіштігінің мөлшері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Резервуардағы тазалы5ы. АвиаЖЖМ-ның нормативтік құжаттамасын талдау және жарамдылық нәтижелерін талдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 айдан кейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талдау нәтижелері журналындағы қорытынды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Масса тығыздық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шығыс Резервуарындағы, тазалау және толтыру құралдарындағы тазалығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Осы ережелердің 4-бөліміне сәйкес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бақылау талонының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...497 lines deleted...]
-Сапа паспортының қорытындысы</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АВИАЦИЯЛЫҚ БЕНЗИН</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-ПЛАСТИКАЛЫҚ ЖАҒАРМАЙЛАР</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салмақтық тығыздығы. Октандық сан.**</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фракциялық құрамы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нақты шайырдың құрамы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ВКЩ-ның құрамы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қабылдау резервуарындағы және жеткізу құралындағы тазалығы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түстері мен ашықтығы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талдау нәтижелерінің және дайындаушының (өнім берушінің) паспортының авиаЖЖМ НҚ сәйкес келуі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 айдан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талдау нәтижелері журналындағы қорытынды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салмақтық тығыздығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шығыс резервуарындағы, тазарту және құю құралындағы тазалығы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Осы Қағидалардың 4-бөліміне сәйкес.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бақылау талонының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...443 lines deleted...]
-Сапа паспорты.</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АВИАЦИЯЛЫҚ МАЙЛАР</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-СКҚ СҰЙЫҚТЫҚТАРЫ</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салмақтық тығыздығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қабылдау резервуардағы және жеткізу құралындағы тазалы ғы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түстері мен ашықтығы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талдау нәтижелерінің және дайындаушының (өнім берушінің) паспортының және авиаЖЖМ НҚ сәйкес келуі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әр топтаманың келіп түсуі және оны қабылдау кезінде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талдау мен тексерулерді орындау нәтижелері бойынша шешім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салмақтық тығыздығы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Судың мөлшері.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мехқоспалар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұтқырлығы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жабық тигельдегі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(немесе жабық)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оталу температурасы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Консуемосттар.***</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ВКЩ-ның құрамы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Резервуардағы тазалығы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талдау нәтижелерінің дайындаушының (өнім берушінің) паспортына немесе май қоспалары талаптарына сәйкес келуі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қабылдау (резервуарды толтыру, май қоспаларын дайындау кезін де) аяқталғаннан кейін.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа партия өнімін әр үстемелеп құюдан кейін. 12 айдан кейін.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сапа паспортының қорытындысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...551 lines deleted...]
-Сапа паспортының қорытындысы</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ПЛАСТИКАЛЫҚ ЖАҒАРМАЙЛАР</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-АВИА МАЙЛАР</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жүргізілмейді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ілеспе құжаттама.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дайындаушының (өнім берушінің) паспорты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әр топтаманың келіп түсуі және оны қабылдау кезінде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талдау мен тексерулерді орындау нәтижелері бойынша шешім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыртқы түрі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Судың құрамы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мехқоспалардың құрамы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тамшылау *** темпе ратурасы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Еркін сілтілер мен органикалық қышқылдардың құрамы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Колиодті (егер ТУ-да көзделсе)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тұрақтылығы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ыдыстарды сақтауы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кепілдік мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ыдыстардың тұмшалануы бұзылған кезде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дайындаушының (өнім берушінің) паспорты.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сапа паспорты.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...385 lines deleted...]
-Бақылау талонының болуы.</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+СКҚ СҰЙЫҚТЫҚТАРЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-ПЛАСТИКАЛЫҚ ЖАҒАРМАЙЛАР</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салмақтық</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тығыздығы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Судың құрамы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Еритін ластаушылардың құрамы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Еритін металдардың құрамы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыртқы түрі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ілеспе құжаттама.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талдау нәтижелері мен дайындаушы (өнім беруші) паспортының сәйкес келуі. Дайындаушының (өнім берушінің паспорты)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қабылдау құбыржолында СҚҚС қалдықтарының болмауы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әр паспорттың</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+келіп түсуі және оны қабылдау кезінде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талдау мен тексерулерді орындау нәтижелері бойынша шешім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салмақтық тығыздығы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Судың құрамы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Еритін ластаушылардың құрамы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Еритін ластаушылардың болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Еритін металдарды қосу құрамы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мехқоспалар.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талдау нәтижелері мен дайындаушы (өнім беруші) паспортының сәйкес келуі.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Резервуарды толтыру аяқталғаннан (қабылдау аяқталғаннан) кейін.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа партия өнімін үстемелеп құюдан кейін.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 айдан кейін.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сапа паспортының қорытындысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...299 lines deleted...]
-Дайындаушының (өнім берушінің) паспорты.</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АВИА МАЙЛАР</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-СКҚ СҰЙЫҚТЫҚТАРЫ</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салмақтықтығыздығы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұтқырлығы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ашық (жабық) тигельдегі оталу температурасы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ВКЩ-ның құрамы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Резервуардағы тазалығы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талдау нәтижелерінің ТУ, авиаЖЖМ НҚ талаптарына немесе май қоспалары талаптарына сәйкес келуі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жарамдылық талдауына сәйкес келуі.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 айдан кейін.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қабылдау мен қоймалық бақылауды жүргізу арасындағы аралықта жұмсалуы туралы шешім қабылдау кезінде.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жарамдылық талдауының қорытындысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салмақтық тығыздығы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шығыс резервуарындағы (май станциясы бойлеріндегі) тазалығы, МҚ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бақылау талонының болуы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...335 lines deleted...]
-Талдау нәтижелері бойынша шешім.</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ПЛАСТИКАЛЫҚ ЖАҒАРМАЙЛАР</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-ЖҰМЫС СҰЙЫҚТЫҚТАРЫ</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жүргізілмейді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ыдыстарды сақтауы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кепілдік мерзімі.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 күнде 1 рет.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тексерулерді орындау нәтижелері бойынша шешім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жүргізілмейді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жүргізілмейді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жүргізілмейді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дайындаушының (өнім берушінің) паспорты.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...427 lines deleted...]
-Сапа паспортының қорытындысы.</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+СКҚ СҰЙЫҚТЫҚТАРЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+Салмақтық тығыздылығы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Судың құрамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+Сыртқы түрі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талдау нәтижелерінің өнімге авиаЖЖМ НҚ-ға және беруге жарамдылық талдауына сәйкес келуі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+3 айдан кейін.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қабылдау мен қоймалық бақылауды жүргізу арасындағы аралықта жұмсауды бастау туралы шешім қабылдау кезінде.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+Жарамдылық талдауының қорытын дысы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+Жүргізілмейді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+Жүргізілмейді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+Жүргізілмейді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+Талдау нәтижелері бойынша шешім.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-МҰЗДАНУҒА ҚАРСЫ СҰЙЫҚТЫҚТАР</w:t>
+ЖҰМЫС СҰЙЫҚТЫҚТАРЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Жүргізілмейді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ілеспе құжаттама.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дайындаушының (өнім берушінің) паспорты.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ыдыстың сақталуы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әр ыдысты қабылдау кезінде.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тексерулерді орындау нәтижелері бойынша шешім.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Салмақтық тығыздығы.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сыртқы түрі. 20</w:t>
-[...129 lines deleted...]
-          </w:p>
+Сыртқы түрі. 50оС кезіндегі тұтқырлығы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ашық тигельдегі оталу температурасы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мехқоспалар мен судың құрамы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қышқылдық саны.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ыдыстарды сақтау. Кепілдік мерзімі.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ыдыстардың тұмшалануы бұзылған кезінде.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дайындаушының (өнім берушінің) паспорты.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ыдысты сақтау.</w:t>
-[...325 lines deleted...]
-Сапа паспортының қорытыңдысы.</w:t>
+Сапа паспортының қорытындысы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -13016,672 +13380,1089 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-МҰЗДАНУҒА ҚАРСЫ СҰЙЫҚТЫҚТАР</w:t>
+МҰЗ ҚАТУҒА ҚАРСЫ СҰЙЫҚТЫҚТАР</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бақылау түрлері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мұз қатуға қарсы сұйықтықтарды қабылдау кезінде (әр партиядан алынған сынамалар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+"Әуе кемесін жерде мұз қатуға қарсы қорғау жөніндегі Қағидаларды бекіту туралы" Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің міндетін атқарушының 2023 жылғы 7 наурыздағы № 141 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес мұздануға қарсы сұйықтықтардың сапасын тексеру мұз қатуға қарсы өңдеу маусымы басталар алдында және оның ішінде жүргізіледі (сынамалар, сұйықтық сақталған резервуарлардан (сыйымдылықтардан), пайдаланылатын мұз қатуға қарсы машинаның саптамалары мен бактарынан, олардағы сұйықтықтың ластануына күдік болған жағдайда сыйымдылықтардан алынады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салмақтықтығыздығы.</w:t>
-[...71 lines deleted...]
-Мехқоспалар. Сыну көрсеткіші</w:t>
+Талдаулар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мехқос палардың құрамы.</w:t>
-[...35 lines deleted...]
-Талдау нәтижелері мен дайындаушының (өнім берушінің) паспортының сәйкес келуі.</w:t>
+Тексерулер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 айда 1 рет.</w:t>
-[...17 lines deleted...]
-Маусымына 3 рет.</w:t>
+Жиілігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тексерулерді орындау нәтижелері бойынша шешім</w:t>
+Қоймаға қабылдау үшін негіз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сыну көрсеткіші</w:t>
+Талдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Инженерлік-авиациялық қызмет ауысымында 1 рет.</w:t>
+Тексерулер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жүргізілмейді.</w:t>
+Жиілігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дайындаушының (өнім берушінің) паспорты.</w:t>
-[...17 lines deleted...]
-Сапа паспорты.</w:t>
+Қоймаға қабылдау үшін негіз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) сұйықтықтың сыртқы көрінісі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) сыну көрсеткіші;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) рН (сутегі көрсеткіші);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) II, III және IV түрдегі сұйықтықтардың тұтқырлығын талдау.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) сапа паспорттарының, сұйықтықтардың сәйкестік сертификаттарының болуы және сәйкестігі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) жеткізілетін сұйықтықтың атауы (маркасы) әрбір сыйымдылықтың өнім жапсырмаларына сәйкес келеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) жеткізілетін сұйықтықтың концентрациясы әрбір сыйымдылық үшін өнім жапсырмаларына сәйкес келеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) сұйықтық өндірушіден контейнерді (әрбір контейнерге) тазалау сертификатының болуы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) сұйықтық көрсеткіштерін зертханалық талдау нәтижелерінің белгіленген талаптарға сәйкестігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әр партияны қабылдау және қабылдау кезінде.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зертхананың шешімі. Тексерулерді орындау нәтижелері бойынша шешім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) сұйықтықтың сыртқы көрінісі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) сыну көрсеткіші;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) рН (сутегі көрсеткіші);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) II, III және IV түрдегі сұйықтықтардың тұтқырлығын талдау.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Белгіленген талаптарға зертханалық талдау нәтижелерін тексеру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мұз қатуға қарсы өңдеу маусымы басталғанға дейін және маусым ішінде кемінде 1 рет, сондай-ақ сұйықтықтың ластануына күдік болған жағдайда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зертхананың шешімі. Тексерулерді орындау нәтижелері бойынша шешім</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...56 lines deleted...]
-        <w:t>:</w:t>
+    <w:bookmarkStart w:name="z473" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЕСКЕРТПЕ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      тексерілген көрсеткіш МЕМСТ талаптарына сәйкес келгенде, бірақ авиакәсіпорын ЖЖМ зертханасының талдау нәтижелері мен дайындаушының (өнім берушінің) паспортының деректері арасында өрбу шегінен шығатын айырмашылық болғанда, магистральдық құбыржолдар бойынша авиаЖЖМ-нің әр түрін араластырып (біртіндеп) айдау және су тасымалдау кезінде; (авиаЖЖМ НҚ) I ауданда орналасқан авиакәсіпорындарда анықталады.</w:t>
-[...101 lines deleted...]
-      Осы кесте авиаЖЖМ-ді құюға беруге дайындаудың технологиялық үдерісінің құрамдас бөлігін білдіреді және лауазымдық нұсқаулықтары мен міндеттеріне сәйкес санамаланған операцияларды тікелей орындайтын инженер-техник қызметкерлерге арналған және ЖЖМҰ-ның ішкі құжаты болып табылады.</w:t>
+      * тексерілген көрсеткіш МЕМСТ талаптарына сәйкес келгенде, бірақ авиакәсіпорын ЖЖМ зертханасының талдау нәтижелері мен дайындаушының (өнім берушінің) паспортының деректері арасында өрбу шегінен шығатын айырмашылық болғанда, магистральдық құбыржолдар бойынша авиаЖЖМ-нің әр түрін араластырып (біртіндеп) айдау және су тасымалдау кезінде; (авиаЖЖМ НҚ) I ауданда орналасқан авиакәсіпорындарда анықталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ** талдау 1 жыл сақтау мерзімі өткеннен кейін жүргізіледі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      *** поршеньді қозғалтқыштарға арналған майлар үшін анықталады</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      *** қорғаныс және нығыздаған майлар үшін анықталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      НАЗАР АУДАРЫҢЫЗДАР!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы кесте авиаЖЖМ-ді құюға беруге дайындаудың технологиялық үдерісінің құрамдас бөлігін білдіреді және лауазымдық нұсқаулықтары мен міндеттеріне сәйкес санамаланған операцияларды тікелей орындайтын инженер-техник қызметкерлерге арналған және авиакәсіпорынның ішкі құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -13827,562 +14608,586 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жүргізу қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z145" w:id="148"/>
+    <w:bookmarkStart w:name="z145" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> АвиаЖЖМ мен арнаулы сұйықтықтарды беруге дайындау ерекшеліктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkEnd w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің м.а. 07.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 229</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z385" w:id="149"/>
+    <w:bookmarkStart w:name="z385" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Авиациялық отын</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z386" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қазақстан Республикасы әуе кемелерінің қозғалтқыштары мен ҚҚҚ 1-кестеде ұсынылған авиаЖЖМ, сондай-ақ оларды өндіру және қолданудың нормативтік-техникалық құжаттамасында ескерілген қондырғылар кешенімен қолдануға жол берілген авиациялық отынды қолдануға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z386" w:id="150"/>
-[...15 lines deleted...]
-      1. Қазақстан Республикасы әуе кемелерінің қозғалтқыштары мен ҚҚҚ 1-кестеде ұсынылған авиаЖЖМ, сондай-ақ оларды өндіру және қолданудың нормативтік-техникалық құжаттамасында ескерілген қондырғылар кешенімен қолдануға жол берілген авиациялық отынды қолдануға жол беріледі.</w:t>
+    <w:bookmarkStart w:name="z387" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Газтурбиналық қозғалтқыштар мен ҚҚҚ үшін қолданылатын негізгі отындардың маркалары ТС-1, РТ және Джет А-1 болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z387" w:id="151"/>
-[...15 lines deleted...]
-      2. Газтурбиналық қозғалтқыштар мен ҚҚҚ үшін қолданылатын негізгі отындардың маркалары ТС-1, РТ және Джет А-1 болып табылады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы маркалардың әрқайсысын жеке немесе кез келген үлестегі ТС-1 және РТ маркаларының қоспасын ӘК (оның ішінде шетелдік) бактарында отын қалдығының маркасына қарамастан құюға және үстемелеп құюға рұқсат етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ТС-1 и РТ маркалар қоспасы болып табылатын отынды құйған кезде бақылау талонына тиісті жазба енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Көлік министрінің м.а. 03.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z388" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Авиа ЖЖМ-ның тізімін әуе кемесін әзірлеуші немесе өндіруші анықтайды. Негізгі жанармайға балама нұсқалар Әуе кемесінің ұшу және техникалық пайдалану нұсқаулығында, сондай-ақ оларды пайдалануға байланысты пайдалану шектеулері мен шараларында көрсетілген.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...34 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Көлік министрінің м.а. 03.04.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 102</w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Көлік министрінің 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z388" w:id="152"/>
-[...15 lines deleted...]
-      3. АвиаЖЖМ-ның тізбесін өндіруші ұйым немесе авиациялық техниканы дайындаушы зауыт айқындайды. Негізгі отындарға ұқсас отындар пайдалану шектеулері мен оларды қолданумен байланысты іс-шаралар көрсетіле отырып, Әуе кемелерінің ұшу және техникалық пайдалану жөніндегі нұсқауында көрсетіледі.</w:t>
+    <w:bookmarkStart w:name="z389" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. TС-1, РT және Джет A-1 реактивті отындарын пайдалану үшін ұшу (қону) әуежайындағы климаттық жағдайларға байланысты өндірушінің өнім сапасы туралы құжатына негізделген кристалдану температурасына келесі стандарттар сақталады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
-    <w:p>
-[...123 lines deleted...]
-      4. Ұшып кету (ұшып келу) әуежайларындағы климаттық жағдайлар бойынша ТС-1 және РТ авиакеросиндерін қолдану үшін дайындаушы паспортының деректеріне сүйене отырып, кристалдану температурасының көрсеткіштері бойынша мынадай нормативтер сақталады:</w:t>
+    <w:bookmarkStart w:name="z474" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Авиациялық керосинның кристалдану температурасы минус 60°C-тан аспаған кезде, оны авиациялық жанармай-майлау материалдары ережелеріне сәйкес барлық климаттық аймақтарда шектеусіз пайдалануға рұқсат етіледі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
-    <w:p>
-[...71 lines deleted...]
-    <w:bookmarkStart w:name="z390" w:id="154"/>
+    <w:bookmarkStart w:name="z475" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Авиациялық керосинның кристалдану температурасы -50°C-тан аспаған, жер деңгейіндегі сыртқы ауа температурасы минус 45°C-тан төмен болмаған кезде, ережелерге сәйкес I1 аймағынан басқа барлық климаттық аймақтарда шектеусіз пайдалануға рұқсат етіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z476" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) I1 климаттық аймағындағы әуе кемелеріне авиациялық керосин жер деңгейіндегі сыртқы ауа температурасы минус 30°C-тан төмен болмаған кезде, ұшуға дейін 24 сағат бұрын қайта толтырылуы тиіс;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z477" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) егер жанар-жағармай материалдар зертханасы талдау нәтижесінде авиациялық керосиннің берілген партиясының кристалдану температурасы минус 60° C-тан төмен екенін анықтаса, 1) тармақшаны қолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Көлік министрінің 22.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z390" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Түрлі кристалдану температураларымен ТС-1 мен РТ отындарының қоспасы паспорттарда көрсетілген кристалдану температураларының ең жоғарысымен өнім үшін белгіленген нормативтер бойынша қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z391" w:id="155"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z391" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Ағымдағы қоршаған ауа температурасы минус 30о С-ден төмен 11 климаттық ауданында орналасқан әуежайға кристалдану температурасы минус 50о С-ден жоғары емес авиакеросин қалдығымен ұшып келген кезде және егер ұшуға 24 сағаттан астам уақыт бар болса, онда 1 сағаттан аспайтын уақыт ішінде не бактерден авиакеросиннің қалдығын төгу, не ӘК-ге кристалдану температурасы минус 60о С-ден жоғары емес авиакеросинді үстемелеп құю қажет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z392" w:id="156"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z392" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Авиакеросин ЖЖМ тұтынушы қоймасының технологиялық жабдығында, май құюдың техникалық құралдарында, сондай-ақ ӘК-нің отын жүйесінде болған кезде белгілі бір жағдайларда тазалықты көзбен шолу немесе аспаптық тәсілдермен бақылаған кезде байқалатын лайлану құбылысы туындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z393" w:id="157"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z393" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Авиакеросиннің лайлану себебі онда эмульсиялық судың болуы, оны мөлшерлеу кезінде отында СКҚ сұйықтығының толық ерімеуі немесе қоршаған орта жағдайының өзгеруі нәтижесінде авиакеросиннен еріген сумен бірге СКҚ сұйықтығының жартылай бөлінуі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkEnd w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Авиакеросинде эмульсиялық судың болуы ақаулық белгісі болып табылады. Эмульсиялық су тұндыру және жиналған тұнбаны төгу, сондай-ақ су бөлу құралдары арқылы сүзу жолымен отыннан алып тасталуы тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14429,268 +15234,268 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ӘК бактарындағы авиакеросин құрамында И-М СКҚ сұйықтықтары болған кезде бірқатар климаттық және пайдалану факторларының нәтижесінде отынның лайлану процесі қарқындай түседі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ӘК бактарында СКҚ сұйықтықтары бар И-М отынының лайлануы ақаулық белгі болып табылмайды, міндетті түрде жиналған тұнбаны төгіп тұру қажет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z394" w:id="158"/>
+    <w:bookmarkStart w:name="z394" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Қазақстан Республикасы АА-да піспекті қозғалтқыштары бар ӘК-ге қүю үшін рұқсат етілген авиабензиннің негізгі маркасы Б-91/115 Б-92 және Б-95 болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z395" w:id="159"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z395" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Б-92 (ТУ 38.401-58-47-92) және Б-85 бензині азаматтық авиацияның ғылыми-зерттеу институтында әзірленген және барлық үлгідегі піспекті қозғалтқыштарда Б-91/115 бензинінің орнына қолданылуы мүмкін. Б-92 және Б-95 авиабензинін қолдану арнайы құжаттамада айтылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z396" w:id="160"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z396" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Авиациялық майлар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z397" w:id="161"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z397" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Авиақозғалтқыштарда, ҚҚҚ және ТСҚ пайдалануға рұқсат етілген авиациялық майлардың маркалары ӘК-нің ұшуды пайдалану жөніндегі тиісті басшылықта көрсетілген. Резервтегі авиамайлар негізгілермен бірдей қолданылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z398" w:id="162"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z398" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. ӘК-де майларды қолдануды ӘК пайдаланушысы анықтайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z399" w:id="163"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z399" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Газтурбиналы қозғалтқыштары бар ӘК-ні пайдаланған кезде Тurbonусоіl-321, ИПМ-10 майлары - NҮСО фирмасының Тurbonусоіl-210А майы және Саstrol фирмасының Саstrol-4000 майы МС-8П майына ұқсас болып табылады. Газтурбиналы қозғалтқыштарда Тurbonусоіl-321 және Тurbonусоіl-210А және Саstrol-4000 майларын қолдану ұсынымдарға сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z400" w:id="164"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z400" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Ми-2 және Ми-8 тікұшақтарын пайдаланған кезде жағармай жүйелерінде Б-3В майының орнына Саstrоl фирмасының Саstrоl-98 майын пайдалануға рұқсат етіледі. Саstrоl-98 майын қолдану ұсынымдарға сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z401" w:id="165"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z401" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. НК-8-2У, Д-30 және НК-8-4 маркалы қозғалтқыштар үшін резерв ретінде қолдануға жіберілген ВНИИНП-50-1-4ф авиамайын негізгі майлармен май жүйелеріне үстемелеп құю үшін пайдалануға тыйым салынады. Негізгі майдан резервтегі майға және керісінше ауысу көрсетілген қозғалтқыштардың ТҚ технологиясы бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z402" w:id="166"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z402" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. ТСҚ-да негізгі және резерв ретінде ВНИИНП-50-1-4ф және ИПМ-10 маркалар жұбын қолдануға рұқсат етілген және негізгі маркадан резервтегіге және керісінше ауысу көрсетілген ТСҚ түрлерінің ТҚ технологиясы бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z403" w:id="167"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z403" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. СМ-4,5; СМ-8; СМ-10; СМ-11,5; СМ-9;50/50 май қоспалары дайындау және сапаны бақылаудың белгіленген технологиясы бойынша бастапқы құрамдауыштардан дайындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z404" w:id="168"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z404" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. ӘК-ге белгіленген мерзімдерде май құю және МҚ май сүзгіштерінің қалыпты жұмысын қамтамасыз ету үшін авиациялық майлар мен май қоспалары мынадай температурада болу керек:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkEnd w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) МС-20, МС-14, МК-22 - 20 оС-тан төмен емес;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14737,90 +15542,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) СМ-4, 5, СМ-10 - 5о С-тан төмен емес;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Б-3В, ЛЗ-240, ИПМ-10, ВНИИНП-50-1-4ф (у) - минус 15о С-тан төмен емес.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z405" w:id="169"/>
+    <w:bookmarkStart w:name="z405" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Жөндеу зауыттарында авиақозғалтқыштарды және олардың жүйелерін консервациялау үшін жұмыс авиамайының маркасына байланысты майлар, жағармайлар және май қоспалары қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z406" w:id="170"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z406" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Синтетикалық майлармен жұмыс істейтін қозғалтқыштарды ішкі консервациялау үшін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ИПМ-10, ВНИИНП-50-1-4ф(у), Б-3В, ЛЗ-240, 36/1 Ку-А маркалы синтетикалық майлар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14831,70 +15636,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) отын жүйесіне арналған МК-8, МС-8П, МС-8РК майлары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы маймен жұмыс істейтін авиақозғалтқыштардың отын жүйелерін бесжылдық сақтау кезінде консервациялау үшін ИПМ-10 майы қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z407" w:id="171"/>
+    <w:bookmarkStart w:name="z407" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Минералды майлармен жұмыс істейтін қозғалтқыштарды ішкі консервациялау үшін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkEnd w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) МС-20, МК-8П, МС-8П, МС-8 РК авиамайлары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14905,282 +15710,282 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) К-17 жағармайы (піспекті қозғалтқыштар үшін);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) МС-8П майы (тек май жүйелері үшін) қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z408" w:id="172"/>
+    <w:bookmarkStart w:name="z408" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Консервациялау кезінде синтетикалық майларды минералды майлармен араластыруға рұқсат етілмейді. Бақылау сынақтан өткен қозғалтқыштарды консервациялау кезіңде синтетикалық жұмыс майын минералды маймен ауыстыруға рұқсат етілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z409" w:id="173"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z409" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Түрлі майлармен консервацияланатын қозғалтқыштардың сақталу мерзімдері "Консервациялау үшін МС-8П, МС-8РК, ИПМ-10 майларын қолдану тәртібінде" келтірілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkEnd w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Авиатехниканы сақтау тәртібі мен шарттары ОСТ 1.90109 "Авиациялық аспаптарды, агрегаттарды, авиациялық жабдықты және олардың қосалқы бөлшектерін консервациялау" бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ГТҚ май жүйелерін консервациялау ОСТ 1.90277 "Авиациялық қозғалтқыштарды және оларға қосалқы бөлшектерді консервациялауға" сәйкес жұмыс майымен жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z410" w:id="174"/>
+    <w:bookmarkStart w:name="z410" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Агрегаттарға, үйкелу түйіндері мен ӘК аспаптарына арналған майлар және пластикалық жағармайлар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z411" w:id="175"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z411" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. ГТҚ бар тікұшақтардың түйіндері мен агрегаттарын майлау үшін қолдануға рұқсат етілген, тікұшақ түрлері және пайдалану маусымы бойынша майлар мен пластикалық жағармайлар тиісті Ұшуды пайдалану жөніндегі нұсқауларда көрсетілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z412" w:id="176"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z412" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Бас редукторларда, трансмиссия агрегаттарында, алып жүруші жүйелерде, тікұшақтың түйіндері мен агрегаттарында жанармайлар мен олардың қоспаларын қолданудың температуралық шарттары тиісті авиациялық техника жөніндегі нормативтік-техникалық құжаттамада айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z413" w:id="177"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z413" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Техникалық қызмет көрсеткен кезде авиациялық техникада пайдалануға рұқсат етілген авиамайлар, аспаптық майлар, пластикалық жағармайлар, қатты жағармай жабындары мен пасталар Қызмет көрсету жөніндегі нұсқауда келтірілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z414" w:id="178"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z414" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Оларды консервациялау кезінде қозғалтқыштардың, ӘК агрегаттарының және бөлшектерінің үстіңгі қабатын тоттанудан қорғау үшін пайдалануға рұқсат етілген майлар мен пластикалық жағар майлар тиісті Қызмет көрсету жөніндегі нұсқауларда келтірілген. Консервациялау тәртібі мен шарттары техникалық қызмет көрсету регламенттерінде, дайындаушының тиісті бюллетендерінде және зауыт нұсқаулықтарында айқындалған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z415" w:id="179"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z415" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Гидрожүйелер мен ӘК-нің бәсеңдеткіш тіреулеріне арналған жұмыс сұйықтықтары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z416" w:id="180"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z416" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Гидрожүйелер мен ӘК шасси тіректері үшін қолдануға рұқсат етілген жұмыс сұйықтықтары: АМГ-10, НГЖ-4у, НГЖ-5у, ҒН-51. ҰПН және өнеркәсіп бюллетендері рұқсат еткеннен басқа өзге гидросұйықтықтарды қолдануға, гидрожүйелер маркаларын араластыруға рұқсат етілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z417" w:id="181"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z417" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Май құйылатын құралға жұмыс сұйықтықтарын құйған кезде су мен бөтен қоспалардың түсуін алдын алу мақсатында:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkEnd w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жұмыс сұйықтығын тұмшаланған, таңба басылған немесе қақпағы дәнекерленген банкілерден пайдалану;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15245,300 +16050,300 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) ыдыстан жұмыс сұйықтығын құюды см2 -ге 8000-10000 ұяшығы бар торлы құйғыш арқылы жүргізу (авиаЖЖМ НҚ бойынша № 0058 немесе 0063);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) жұмыс сұйықтарын жартылай пайдаланған кезде қалған өнімі бар ыдысты тұмшалап жабу әрі таңба басу қажет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z418" w:id="182"/>
+    <w:bookmarkStart w:name="z418" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Судың кристалдануына қарсы сұйықтықтар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z419" w:id="183"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z419" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Судың кристалдануына қарсы сұйықтықтар (бұдан әрі - СКҚ сұйықтықтар) керосиннің барлық маркаларына қоспа ретінде пайдаланылады және осы сүзгіштердің алдында отынды жылыту жүйесі жоқ ұшақтық және тікұшақтық отын сүзгіштерінің тоңазу мүмкіндігін төмендетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkEnd w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       СКҚ сұйықтықтарынсыз авикеросин жоқ болған кезде, көрсетілген жылыту жүйелерін қоса алғанда, ӘК-нің барлық түрлеріне май құюға арналған СКҚ сұйықтықтары бар авиакеросинді қолдануға рұқсат етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z420" w:id="184"/>
+    <w:bookmarkStart w:name="z420" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. СКҚ сұйықтықтарын авиакеросинге қосқан кезде белгіленген мөлшерде тұтану температурасының ықтимал төмендеуін қоспағанда, оның физика-химиялық қасиеттерінің өзгеруі болмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkEnd w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тоттану қасиеттері бойынша, сондай-ақ олардың ісінуі бойынша регламенттелген санда СКҚ сұйықтары бар РТИ авиакеросині құрамында ол жоқ керосиннен ерекшеленбейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z421" w:id="185"/>
+    <w:bookmarkStart w:name="z421" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. СКҚ сұйықтары бар авиакеросинге су түсіп кеткен кезде немесе авиакеросинде ерітілген су эмульсиялық түрге өзгерген кезде эмульсияға СКҚ сұйықтары компоненттерінің ішінара бөлінуі және отындағы оның пайыздық құрамы азаюы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z422" w:id="186"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z422" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. СКҚ сұйықтарын тұтынушы теміржол цистерналарында және болат мырыш жалатылмаған бөшкелерде жеткізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkEnd w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       СКҚ сұйықтықтарын тасымалдау үшін 2 тәуліктен аспайтын мерзімде бұзылмаған ішкі тоттануға қарсы жамылғымен автокөлікті (ОҚ, АГЦ) қолдануға рұқсат етіледі. Анағұрлым ұзақ тасымалдау кезінде мырыш жалатылмаған немесе лактаусыз жамылғысы жоқ болат бөшкелер, контейнерлер, сыйымдылықтар пайдаланылуы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z423" w:id="187"/>
+    <w:bookmarkStart w:name="z423" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. СКҚ сұйықтықтарын қабылдаған кезде бір компонентті және екі компонентті сұйықтықтарды араластыруға болмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkEnd w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Келіп түскен өнімді төгуді бастаудан бұрын СКҚ сұйықтарының қалдығы қабылдау құбырынан жеке ыдысқа құйып алынуы тиіс. СКҚ сұйықтарының қалдығын қабылдау құбырынан төгу мүмкін болмаған жағдайда, құбырдың 1,5 көлемі санынан төгілетін өнімнің бірінші топтамасын төгу қажет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z424" w:id="188"/>
+    <w:bookmarkStart w:name="z424" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Егер қабылдаудан кейін резервуарда СКҚ сұйықтықтарының (бір компонентті немесе екі компонентті) қоспасы болса, қоспаға акт ресімдеу қажет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z425" w:id="189"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z425" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. ЖЖМҰ СКҚ сұйықтарын алған кезде өзара жауапкершілікті арттыру үшін берілетін резервуардан екі төрелік сынаманы іріктеу жүргізіледі. Бір сынама өнімді берген ұйымда қалады, екіншісін алушы алады. Сынаманы сақтау мерзімі - алынатын партия жұмсалғанға дейін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z426" w:id="190"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z426" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. СКҚ сұйықтықтарын талдау:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkEnd w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы Қағидаларда белгіленген көлемде ағызуға дейін ЖЖМ қоймасына түскен кезде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15549,268 +16354,268 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) төгілгеннен кейін және 3 айда кемінде 1 рет техникалық талаптардың көрсеткіштері бойынша сақтау құралдарынан; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) судың құрамы көрсеткіштері бойынша шығыс сыйымдылығынан және сумен араласу - аптасына 1 рет (егер ыдыс, бак көлемі апталық шығыннан асатын болса) жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z427" w:id="191"/>
+    <w:bookmarkStart w:name="z427" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. СКҚ сұйықтарын талдау АА-да ЖЖМ сапасын талдау жөніндегі әдістемелік ұсынымдарда айтылған әдістемелер бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z428" w:id="192"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z428" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Авиакеросинді СКҚ сұйықтарымен араластыру құю пункттерінде отын құюшыларды толтырған кезде, ұшақтарға орталықтандырылған ұшақтарға май құю жүйесі арқылы, сондай-ақ резервуарларға және отын құюшыларға май құйған кезде авиаотынға СКҚ сұйықтарын енгізудің, болуын бақылау және мөлшерлеу құрылғыларын пайдаланудың бірыңғай технологиясы бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z429" w:id="193"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z429" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. ӘК-ге "И" және ТГФ (бір компонентті), "И-М" және ТГФ-М (екі компонентті) маркалы СКҚ сұйықтарын қолдануға жоя берілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z430" w:id="194"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z430" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Ұшып кету әуежайында жер бетіндегі ауа температурасы мен ӘК типтеріне арналған ұшу ұзақтығына байланысты оның қолданылуын талап ететін авиакеросиндерге СКҚ сұйықтарын қосу нормалары 2-кестеде берілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkEnd w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер Қағидаларда қандай да бір ӘК типі үшін СКҚ сұйықтарын қосу нормалары туралы ақпарат болмаса, Ұшуды пайдалану жөніндегі нұсқауда белгіленген деректерді басшылыққа алу қажет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z431" w:id="195"/>
+    <w:bookmarkStart w:name="z431" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. ИЛ-96-300, Ту-204, ИЛ-86 ұшақтары мен Ка-126 тікұшағы ұшуларды СКҚ сұйықтарын қоспастан авиакеросинде орындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z432" w:id="196"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z432" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Жазғы навигация кезеңінде барлық модификациялардағы Ту-154 ұшақтарына 3-кестеде көрсетілген жағдайлар кезінде СКҚ сұйықтары қосылмаған авиакеросин кұйылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z433" w:id="197"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z433" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Егер алдағы ұшу шарттары бойынша СКҚ сұйықтары бар авиакеросинді қолдану талап етілсе, ал отынның алдыңғы ұшудан қалған қалдығы СКҚ сұйықтарынсыз 9 тоннадан астамды құраса немесе ұшу әуежайында сыртқы ауа температурасы 10о С-тен артық төмендесе, онда ұшақ 5 сағаттан артық тұрған кезде 9 тоннадан асатын отынның артығын төгу керек және ұшаққа нормативтерге сәйкес СКҚ сұйықтары бар отынды үстемелеп құю қажет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z434" w:id="198"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z434" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Авиакеросинге СКҚ сұйықтарын бүркудің борттық жүйесімен жабдықталған Ту-154 ұшақтарына шетел әуежайларында СКҚ сұйықтарын қосусыз май құйылады. Қазақстан Республикасы мен ТМД елдері аумағында бұл ұшақтарға 2 және 3-кестелерде көрсетілген көлемде СКҚ сұйықтары қосылған авиакеросин құйылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z435" w:id="199"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z435" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. ЯК-42 және ЯК-40 ұшақтары ұшуларды жердің бетіндегі температура минус 40оС және одан жоғары болған жағдайда, Ил-114 ұшақтары - минус 30о С және одан жоғары болған кезде СКҚ сұйықтарынсыз авиакеросинде орындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z436" w:id="200"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z436" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Шетелдік әуежайлардан ұшуларды орындайтын Ил-62М ұшақтарына, егер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkEnd w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ұшу алдында бактардағы авиакеросин температурасы минус 15 оС-ден жоғары болса;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15821,436 +16626,560 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ұшақтың отын айдайтын сорғысы 2,5x2,5 ұяшықты қорғайтын тормен жабдықталса;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ұшақ дайындаушының бюллетені бойынша бірінші және төртінші бактарда авиакеросин температурасын өлшеу жүйесімен жабдықталса, СКҚ сұйықтарынсыз авиакеросин құйылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z437" w:id="201"/>
+    <w:bookmarkStart w:name="z437" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. Егер ӘК бактарына СКҚ сұйықтарынсыз авиакеросин толық немесе жартылай құйылса, ал алда ұшу шарттары бойынша СКҚ сұйықтары қосылған авиакеросинді пайдалануды талап ететін тапсырманы орындау тұрса, онда бұл жағдайда экипаждың немесе авиациялық-техникалық база өкілінің талабы бойынша бактардан қоспасыз отынның бәрін төгу керек және қайтадан СКҚ сұйықтығының тиісті мөлшері қосылған авиакеросин құйылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z438" w:id="202"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z438" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. ӘК-ге басқа маркалы СКҚ сұйықтары бар авиакеросинді үстемелеп құюға рұқсат беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z439" w:id="203"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z439" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. Авиакеросинге СКҚ сұйықтарын қосу мөлшерлегіштің көмегімен жүргізіледі. Авиакеросинге сұйықтарды шығыс резервуарларында және технология жөніндегі ОҚ-да тікелей енгізуге жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkEnd w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       СКҚ сұйықтығын ӘК бактарына тікелей қосуға рұқсат етілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z440" w:id="204"/>
+    <w:bookmarkStart w:name="z440" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51. СКҚ сұйықтықтары мөлшерлегіші 2-кестеге ескертуде көрсетілген шекте мөлшерлеу дәлдігін тұрақты түрде қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z441" w:id="205"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z441" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52. Мөлшерлеу құралдарының жұмысын 10 тәуліктен астам мерзімге тоқтатқан кезде сүзгі, сорғы, құбыр қуысындағы сұйықтықты төгу қажет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z442" w:id="206"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z442" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. СКҚ сұйықтары бар авиакеросинді резервуарда немесе ОҚ-да сақтау кезінде қоюлануын бақылау күн сайын (ұшу алдында) жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z443" w:id="207"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z443" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54. ӘК-ге басқа маркалы СКҚ сұйықтары бар авиакеросинді үстемелеп құюға рұқсат етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z444" w:id="208"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z444" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. Авиакеросинге СКҚ сұйықтарын осы Қағидаларда көрсетілген мөлшерде қосқан кезде жабық тигельдегі тұтану температурасының 8-12о С-ге ықтимал төмендеуін қоспағанда, оның физика-химиялық және пайдалану қасиеттері өзгермейді, ол ақаулық белгі деп есептелмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z445" w:id="209"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z445" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6. Мұздануға қарсы сұйықтықтар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-[...58 lines deleted...]
-    <w:bookmarkStart w:name="z448" w:id="212"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z446" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      56. Мұз қатуға қарсы сұйықтықтарды қабылдау, сақтау, беру және олардың сапасын бақылау "Әуе кемесін жерде мұз қатуға қарсы қорғау жөніндегі қағидаларды бекіту туралы" Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің міндетін атқарушының 2023 жылғы 7 наурыздағы № 141 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жүзеге асырылады (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32037 болып тіркелген).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 56-тармақ жаңа редакцияда - ҚР Көлік министрінің м.а. 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 425</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z447" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57. Мұздануға қарсы сұйықтықтардың сапа көрсеткіштерін тексеруді өлшеулердің жай-күйін бағалау туралы куәлігі бар әуежайдың ЖЖМ зертханасымен немесе өлшеулердің осы түріне аккредиттеу аттестаты бар зертханасында жүргізуге рұқсат етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 57-тармақ жаңа редакцияда - ҚР Көлік министрінің м.а. 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 425</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z448" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58. ӘК-ге жоғарғы май құйған жағдайда, оның үстіңгі бетін мұздануға қарсы сұйықтықпен өңдеу авиакеросинді құйғаннан кейін жүргізіледі. ӘК-нің қаптамасына сұйықтықты жаққаннан кейін қаптама тайғақ болады, ӘК-ге қызмет көрсеткен кезде мұны ескеру қажет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-[...74 lines deleted...]
-    <w:bookmarkStart w:name="z450" w:id="214"/>
+    <w:bookmarkEnd w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">59. Алып тасталды - ҚР Көлік министрінің м.а. 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 425</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z450" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7. Этил спирті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z451" w:id="215"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z451" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60. Авиациялық техникаға техникалық қызмет көрсету және жөндеу, авиа ЖЖМ-ға талдау жүргізу кезінде, сондай-ақ ӘК-нің мұздануының алдын алу үшін пайдалану жөніндегі нормативтік-техникалық құжаттарға сәйкес этил спирттері қолданылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkEnd w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тағамдық шикізаттан ректификат, авиаЖЖМ НҚ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16315,302 +17244,364 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бас фракция (бұрын ЭД сұйықтығы), ОСТ 18-121-73;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) гидролиздік абсолюттелген ТУ 59-108-73.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z452" w:id="216"/>
+    <w:bookmarkStart w:name="z452" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8. Тазартылған су</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z453" w:id="217"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z453" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61. ҰПН сәйкес Ан-24 және Л-410УВП ұшақтары үшін тазартылған су қоршаған ауаның жоғары температурасы кезінде қозғалтқышқа су бүрку жүйесінде қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z454" w:id="218"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z454" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       62. Ұшақтардың бүрку жүйелері бактарына құйылатын тазартылған су өз сапасы бойынша авиаЖЖМ НҚ талаптарына сәйкес келуі керек, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkEnd w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тұздың болуы 5 мг/дм 3 (мг/л) артық емес, авиаЖЖМ НҚ бойынша анықталады, немесе 10 мкСм/см;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сутекті иондарының шоғырлануы (рН) - 5,4... 7,0.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z455" w:id="219"/>
+    <w:bookmarkStart w:name="z455" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63. Тазартылған суды өндіруді, сақтауды, сапасын тексеруді және ұшақтарға құюға беруді инженерлік-авиациялық қызметтің өтінімі бойынша ЖЖМҰ жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z456" w:id="220"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z456" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64. Тазартылған судың сапасын дайындау және бақылау тәртібі осы Қағидаларға 11-қосымшада жазылған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z457" w:id="221"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z457" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9. Қоймада авиаЖЖМ сапасының сақталуы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z459" w:id="223"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z458" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65. Әуежайлар мен авиакомпанияларына ЖЖМ мен сұйықтықтарды сатып алу саны мен сақтау мерзімі бойынша нормаланған қормен жасалады. Әуежайлар мен авиакомпанияларды отынмен қамтамасыз ету жөніндегі ұйымдардың қоймаларына жеткізілетін пластикалық жағармайлар, гидрожүйелерге арналған сұйықтық, синтетикалық майлайтын майлар массасы 1 – 20 кг-ға дейін кішкентай ыдыста сақталады. Цистерналарда немесе танкерлерде келіп түсетін отындар, бензиндер, минералды майлар, СКҚ сұйықтықтары металды көлденең және тік резервуарларда сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 65-тармақ жаңа редакцияда - ҚР Көлік министрінің м.а. 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 425</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z459" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66. ЖЖМ-ны сақтаған кезде мамандар шешетін негізгі міндеттер олардың саны мен сапасын сақтауды қамтамасыз етеді. Отында болып жатқан физика-химиялық процестердің күрделі жиынтығы нәтижесінде механикалық қоспалар мен су, шайырлы қоспалар жиналады және жеңіл фракциялардың шығыны болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z460" w:id="224"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z460" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67. Отынды сақтау оны қабылдаудан басталады. Қабылдап алу-тапсыру талдауы орындалғаннан және жеткізушінің паспорты зерделенгеннен кейін май құю мәселесі шешіледі. Сақтауға арналған отын сақтау процесінде ол қойма ішінде қотарылмайтындай жеке резервуарларға құйылу керек. Сақтау кезінде отынның физика-химиялық көрсеткіштерінің өзгеру дәрежесі қотару (араластыру) санына тепе-тең болады. Резервуарларда тоттануға қарсы қорғау болу керек және олардың түбінде шөгінділер болмауға тиіс. Отынды сақтау кезінде оның тазалығын (механикалық қоспалар мен судың болуы), химиялық тұрақтылығын (шайырдың болуы) және буланушылығын (қаныққан будың қысымы, фракциялық құрам) нормалайтын көрсеткіштердің тұрақтылығы азырақ болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z461" w:id="225"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z461" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68. Отындағы механикалық қоспалар мөлшерінің өзгеруі оны дайындаған кезден басталады. Технологиялық жабдық, дайын отынмен түйісетін жуатын су және ауа ластану көздері болып табылады. Технологиялық жабдық отынды тоттану өнімдерінен, нығыздайтын материалдардың, сүзгіштердің, сорғылардың үйкеліс бу материалдарының ыдырау өнімдерімен ластайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z462" w:id="226"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z462" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69. Қатты ластанудың негізгі көздері ауа және металл жабдықтың тоттануы болып табылады. Ауада топырақ, шаң бөлшектері қалқыған күйде болады. Пайдалану қасиеттері тұрғысынан құмды және құмайт топырақты шаң әсіресе зиянды болып табылады. Ол отында жабдық пен отын жүйесінің агрегаттарын тоздыратын кремнийдің қатты тотықтарының болуын арттырады. Шаң ашық түтіктер мен люктерде және резервуарлардың клапандары арқылы ауадан резервуарларға, цистерналарға, бактарға, ыдыстарға түседі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkEnd w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Резервуарларға түсетін ауаның көлемі толтыру коэффициенті мен резервуар сыйымдылығына байланысты 10-40 м 3 -ге жетуі мүмкін. Ауа шаңдануы 0,1 г/м 3 болған кезде резервуарларға тәулік сайын 4-10 г шаң түседі. Шаңның 80%-ы отынмен бірге тарату кезінде кетеді, ал қалғаны резервуар түбіне тұнады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16639,110 +17630,110 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) отынның тұну ұзақтығы бойынша резервуарлар мен ыдыстардағы отынды тұндыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) отынды 3 сүзгіш (үш мәрте сүзу) арқылы біртіндеп өткізу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z463" w:id="227"/>
+    <w:bookmarkStart w:name="z463" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       71. Отын сақтау кезінде сумен қанығады. Оның көзі - ауа. Резервуарда қанығу жылдамдығы отынның атмосфералық ауамен түйісу ауданы мен қабаттың қалыңдығына байланысты. Ұзақ сақтау кезінде молекулалық судың фазалық ауысуы нәтижесінде отында эмульсиялық және тұнған су пайда болады. Тұнған суды түбіндегі тұнба бөлігі ретінде мерзімді төгіп тұрады. Отында судың болуы тоттану процестері мен шайыр түзілу процестерін жеделдетеді. Отынның шайырлануына температура айрықша әсер етеді, өйткені бұл құбылыстың негізінде химиялық процестер жатыр.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z464" w:id="228"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z464" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72. Отынды сақтау мерзімі ЖЖМ-ның әрбір маркасы бойынша, сақтау шарттары мен климаттық белдік жөніндегі нұсқауларда регламенттеледі. Отынды ЖЖМ қоймаларында сақтау мәселелерін шешу кезінде булануды ескеру керек. Реактивті отын тік металл резервуарларда сақталған кезде резервуарлар клапандары арқылы және резервуар бетінің күн жағынан қызуы нәтижесінде неғұрлым жеңіл қайнайтын фракцияларын жоғалтады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z465" w:id="229"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z465" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73. СКҚ сұйықтарын суды еріту есебінен сақтаған кезде олардағы парциал қысым нөлге тең. Бұл судың СКҚ сұйықтары бағытына қарай диффузиялық ауысуын туғызады. СКҚ сұйықтарының сулануын болдырмау үшін оларды тұмшаланған ыдыста сақтайды. СКҚ сұйықтарындағы судың тіпті азғантай мөлшері электр химиялық құбылыстарды туғызатын электролиттер үшін жеткілікті болады. СКҚ сұйықтықтарын олардың жоғары еру қабілетіне байланысты мырыш жалатылған резервуарларда және лактаулы жамылғысы бар резервуарларда сақтауға тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkEnd w:id="231"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -23240,70 +24231,70 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сапасына бақылау жүргізу қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z293" w:id="230"/>
+    <w:bookmarkStart w:name="z293" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkEnd w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________ АвиаЖЖМ зертханасы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -24172,70 +25163,70 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сапасына бақылау жүргізу қағидасына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z295" w:id="231"/>
+    <w:bookmarkStart w:name="z295" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkEnd w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
         ______________________               20___жылғы "___"____________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -28152,64 +29143,64 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Бақылау талоны алынды"      _______________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z296" w:id="232"/>
+      <w:bookmarkStart w:name="z296" w:id="234"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (қолы, күні, лауазымы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkEnd w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасының азаматтық</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -28285,68 +29276,68 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымша</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z298" w:id="233"/>
+    <w:bookmarkStart w:name="z298" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> БАҚЫЛАУ ТАЛОНДАРЫН БЕРУ ЖУРНАЛЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkEnd w:id="235"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -29583,70 +30574,70 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сапасына бақылау жүргізу қағидасына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z300" w:id="234"/>
+    <w:bookmarkStart w:name="z300" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkEnd w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ЖЖМ зертханасы ____________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -30218,70 +31209,70 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сапасына бақылау жүргізу қағидасына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z302" w:id="235"/>
+    <w:bookmarkStart w:name="z302" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkEnd w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бекітемін          </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -31277,736 +32268,736 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сапасына бақылау жүргізудің қағидасына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z304" w:id="236"/>
+    <w:bookmarkStart w:name="z304" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Авиациялық оқиғалар немесе оқыс оқиғалар кезіндегі ӘК жүйелеріндегі бөлшектер мен агрегаттардан авиаЖЖМ сынамаларын, тұнбалар мен шөгінділерді іріктеп алу</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z306" w:id="237"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z306" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Талдауға жіберілетін авиаЖЖМ сынамалары тұтынушы ұйымда олар өтетін барлық кезеңдерді сипаттайды. АвиаЖЖМ сынамаларын іріктеп алу орнын, сондай-ақ зерттеулердің бас орындаушы ұйымын осы авиациялық оқиғаны немесе оқыс оқиғаны тергеу үшін тағайындалған комиссия айқындайды. Егер тергеу жөніндегі комиссия тағайындалмаса, бұл мәселелерді авиакомпанияның басшысы шешеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z307" w:id="238"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z307" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Комиссия жұмысында авиаЖЖМ сынамаларын іріктеп алу орындарын анықтау кезінде және іріктеп алудың өзінде ЖЖМҰ маманының (инженер) қатысуы міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z308" w:id="239"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z308" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. ӘК жүйелерінен авиаЖЖМ сынамаларын іріктеп алуды ЖЖМҰ маманының (инженердің) қатысуымен авиациялық техник, ал ЖЖМ сақталатын авиаотынмен қамтамасыз етудің жерүсті жүйелерінен немесе ыдыстардан ЖЖМҰ технигі жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z309" w:id="240"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z309" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасы Азаматтық авиациясы масштабында ақпаратты сақтау мен өңдеу және авиациялық оқиғалар (бұдан әрі - АО) мен тосын оқиғаның себептері туралы қорытынды әзірлеуге мүмкіндік беретін көлемде зерттеу жүргізуді қамтамасыз ету үшін Қазақстан Республикасы азаматтық авиациясының ЖЖМ базалық зертханасы АО немесе оқыс оқиғалардың себептерін тексерумен байланысты ӘК жүйесінен іріктеп алынған авиаЖЖМ сынамаларына, тұнбалар мен шөгінділерге зерттеу жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z310" w:id="241"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z310" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. ӘК жүйелерінен іріктеп алынған сынамалар мен үлгілерді талдау мақсаты авиаЖЖМ маркасын сәйкестендіру, тазалық деңгейі мен авиаЖЖМ-нің нақты түрлері үшін нормативтерде белгіленген жүйелердегі авиаЖЖМ сапасының ӘК жүйесіне техникалық қызмет көрсету жөніндегі регламенттік жұмыстардың толық орындалуын анықтау үшін құйылатын авиаЖЖМ сапасымен ара қатынасын анықтау болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z311" w:id="242"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z311" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Құю құралдарынан іріктеп алынған авиаЖЖМ сынамаларын талдау мақсаты өнім маркасын сәйкестендіру, олардың сапасының өнімге жерүсті техникалық құжаттамалар талаптарына сәйкес келуін және авиаЖЖМ-ді ӘК-ге құюға беруге дайындау технологиясының толық орындалуын белгілеу болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z312" w:id="243"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z312" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. ӘК-ден АО немесе оқыс оқиғалар себептерін белгілеу кезінде осы ӘК-ге құю үшін пайдаланылатын құюдың жер үсті құралдарынан, сондай-ақ өнімдерді құюға дайындаудың толықтығы мен деңгейін бағалау үшін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z313" w:id="244"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z313" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) белгіленген ағыста құюдың төменгі ұштығынан немесе құю құралдарының тарату пистолеттерінен авиаотынды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z314" w:id="245"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z314" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) бойлер немесе МҚ-ның тарату кранынан авиамайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z315" w:id="246"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z315" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) құю агрегаттарының тарату желісінен гидрожүйелеріне арналған жұмыс сұйықтықтарын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z316" w:id="247"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z316" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) шығыстық бактан немесе сақтау резервуарынан СКҚ сұйықтарының сынамаларын іріктеп алу ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z317" w:id="248"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z317" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Авиа ЖЖМ сынамаларын, тұнбалар мен шөгінділерді іріктеп алу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z318" w:id="249"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z318" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Қосымшаның осы бөлімінде ӘК жүйелерінен және қажеттілігіне қарай ӘК-ден АО немесе оқыс оқиғалардың себептерін тексерумен байланысты құю құралдарынан сынамаларды іріктеп алу және сақтау ерекшеліктері жазылған:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z319" w:id="250"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z319" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) барлық жағдайларда авиаЖЖМ сынамалары ЖЖМ зертханасы дайындаған ыдысқа іріктеп алынады, сынамаларды іріктеп алу актісі бланкісінің нысанында ол туралы жазба болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z320" w:id="251"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z320" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сынамалар сынамаларды іріктеп алу орнынан ластануларды (механикалық қоспалар мен суларды) жою үшін тұнбаны төгуден кейін іріктеп алынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z321" w:id="252"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z321" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) авиаЖЖМ-нің іріктеп алынатын сынамаларының көлемі осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қағидалардың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарына сәйкес келуі тиіс. Осы мөлшерде сынамаларды іріктеп алу техникалық мүмкін болмаған кезде актіде оларды орындауға мүмкіндік бермеу себептері, іріктеліп алынған сынамалардың нақты саны және сынамаларды іріктеп алудың нақты технологиясының ерекшеліктері көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z322" w:id="253"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z322" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) егер агрегаттағы авиаЖЖМ қалдығы 0,5 л-ден көп болмаса, онда қалдық толық төгіледі және іріктеп алу актісінде белгі қойылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z323" w:id="254"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z323" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) ӘК сүзгі элементтерін түсірген кезде сүзгі блоктарынан авиаЖЖМ толық төгіледі және оларда жиналған ластану табиғатын зерттеу үшін қолданылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z324" w:id="255"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z324" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) ӘК жүйелеріндегі авиаЖЖМ-нің болуы мен ластану табиғатын анықтау үшін 0,5 дм көлеміндегі тұнба алдын ала төгілмей нүктелік сынама іріктеп алынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z325" w:id="256"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z325" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) авиаЖЖМ сапасын зерттеу үшін сынамаларды қосу кезінде ӘК жүйесінің бактарынан нүктелік сынамалар біріктіру алынбай, авиаЖЖМ осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қағидаларда</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген мөлшерде жалпы ыдысқа немесе ол болмаған кезде кішкентай ыдысқа (жеке бөтелкелерге) құйылады, олардың заттаңбаларында 1, 2, 3 порция деген белгі қойылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z326" w:id="257"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z326" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) төтенше жағдайларда, оқиға орнына білікті персонал келгенге дейін авиаЖЖМ жүйелерінен ағу болған кезде мүмкін болатын мөлшерде ағып жатқан өнімді жинау қамтамасыз етіледі. Бұл ретте мүмкіндігінше, авиаЖЖМ-нің бірінші порциясымен өнім іріктеп алынатын ыдысты шаяды. Жиналып алынған өнімнен сынамаларды іріктеп алуды және сынамалар жиынтығын қалыптастыруды белгіленген тәртіппен тексеру жөніндегі комиссия жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z327" w:id="258"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z327" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) тұнба мен шөгінділер табылған отын, май және гидравликалық жүйелерден алынған сүзгілер зерттеулер жүргізілгенге дейін ПКФ құралында тексеруден, жуудан өткізілмей зерттеуге жіберіледі. Кейіннен қосымша ластанудан қорғау үшін ластанудың жеңіл ұшатын компоненттерінің булануын болдырмау үшін сүзгі элементтері мөр басылған саңылаусыз ыдысқа (полиэтилен қаптарға) буып түйіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z328" w:id="259"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z328" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) жағар май сынамаларын іріктеп алу кезінде оның қасиеттерінің өзгеруін болдырмау үшін термикалық және механикалық әсерінен аулақ болу керек;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z329" w:id="260"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z329" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) тұнбалар, шөгінділер, жағар майлар сынамаларын агрегаттар бөлшектерінің бетінен іріктеп алу бөлшек бетінің тұтастығын бұзбайтын және шөгінді мен авиаЖЖМ компоненттерімен байланыспайтын кез келген (қалауынша пластмас, ағаштың қатты сорттарынан жасалған) аспаптармен жүргізіледі. Егер мүмкін болса (яғни, бөлшек шағын габаритті болса), онда оны қоршаған ортадан ластаулардың түспеуінен полиэтилен пленкасымен қорғап, шөгіндісі бар бөлшекті зерттеуге жіберу керек. Орама байланады және оған мөр басылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z330" w:id="261"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z330" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. АвиаЖЖМ сынамаларына құжаттамаларды ресімдеу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z331" w:id="262"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z331" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Сынамаларды іріктеп алу тексеру жөніндегі комиссияның істерінде болатын актімен ресімделеді. Акт белгіленген нысан бойынша жасалады. Сынамаларды іріктеп алу актісінің көшірмесі зерттеу жүргізетін ұйымға жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z332" w:id="263"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z332" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. АвиаЖЖМ сынамасы бар ыдысқа (бөтелкелерге):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z333" w:id="264"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z333" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) авиаЖЖМ атауы, оның түрі (маркасы);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z334" w:id="265"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z334" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ӘК түрлері мен нөмірлері, авиаЖЖМ сынамасы іріктеп алынған қозғалтқыш немесе агрегат нөмірі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z335" w:id="266"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z335" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сынаманы іріктеп алу күні, сынамаларды іріктеп алған тұлғаның тегі мен қолы көрсетілген заттаңба жабыстырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z336" w:id="267"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z336" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. АвиаЖЖМ сынамалары, сондай-ақ сүзгілер мен басқа да бөлшектер ілеспе хатпен және тексеру жөніндегі комиссияның техникалық актісімен зерттеуге жіберіледі. Бұл құжаттарда талдаулардың (зерттеулердің) мақсаты және ұсыным көлемі, объектінің нақты сипаттамасы, агрегаттардың жұмыс істеуі, соңғы регламенттік жұмыстары және оларды жүргізу мерзімі көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkEnd w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ілеспе техникалық құжаттамада қажеттілігіне қарай: соңғы 5-7 құю әуежайлары, отын мен май маркалары, авиаЖЖМ-нің жұмыс істеуі, авиакеросиндегі СКҚ сұйықтарының маркасы мен пайыздық мөлшері де көрсетіледі, сондай-ақ құюға берілетін авиаЖЖМ сапасына құжаттаманың көшірмесі қоса беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -32147,88 +33138,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сапасына бақылау жүргізу қағидасына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z338" w:id="268"/>
+    <w:bookmarkStart w:name="z338" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z339" w:id="269"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z339" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> СЫНАМАЛАРДЫ ТІРКЕУ ЖУРНАЛЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkEnd w:id="271"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -32969,104 +33960,104 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сапасына бақылау жүргізу қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z341" w:id="270"/>
+    <w:bookmarkStart w:name="z341" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Отын сапасы индикаторымен авиаотын тазалығының деңгейін анықтау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkEnd w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Авиациялық отындарда эмульсиялық су мен механикалық қоспаларды анықтау (бейнелеу) ПОЗ-Т (ПЭК-Т индикаторы) құралының көмегімен ол арқылы өнім сынамасын өткізген кезде отын сапасы индикаторы (бұдан әрі - ОСИ) түсінің өзгеруіне негізделеді. ОСИ азаматтық авиацияда қабылданған авиаотын тазалығының нормаларына сәйкес келетін 0,001-0,003% салмағы шегіндегі эмульсиялық судың және 0,0002, 0,0003% салмағы шегіндегі механикалық қоспалардың болуына ден қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z342" w:id="271"/>
+    <w:bookmarkStart w:name="z342" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Авиациялық керосиндер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkEnd w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ОСИ индикаторы ПОЗ-Т керек-жарағы (ПЭК-Т индикаторы) қысқышының жылжымалы бөлігіне ақ жағымен қойылады. Авиакеросин сынамасы бар ыдыстан (банкіден, сынама іріктеп алушыдан) ПОЗ-Т құралымен немесе ПТЭК-Т индикаторымен бұрама тұтқасын сағат тіліне қарсы жиегіне дейін айналдыра отырып 7-10 с ішінде сорып алынады. 3-5 с. ішінде ұсталады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -33113,68 +34104,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Анықтау нәтижесі олардың баяу қарқындылығы тиісті (жоғарғы) бақылау ізінен (механикалық қоспа индикациясы) ақшылдау болатын индикатордың сары қабатында кем дегенде екі көгілдір дақ (эмульсиялық су индикациясы) және ақ қабатында үш ақшыл қоңыр дақ болған кезде қанағаттанарлық болып саналады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер СКҚ сұйықтарымен авиакеросин тазалығының деңгейін анықтау кезінде ОСИ-дің сары қабатында үш көгілдір дақ пайда болса, онда СКҚ сұйықтарынсыз авиакеросиннің сулану деңгейі, судың құрамы және авиакеросиндегі СКҚ сұйықтарының құрамы тексеріледі. Барлық талдаулардың қанағаттанарлық нәтижелері кезінде авиакеросинді ӘК-ге құюға беруге жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z343" w:id="272"/>
+    <w:bookmarkStart w:name="z343" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Авиациялық этилденген бензиндер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkEnd w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Авиабензиндердің ластануы авиакеросиндермен ұқсас анықталады, тек айырмашылығы ОСИ-дің ақ қабатында із жоғарғы бақылаудан қаралау (механикалық қоспалар бойынша ақау белгісі) болып көрінген кезде қысқыштың жылжымалы бөлігіне сары жағымен қойылған ОСИ арқылы сынама қайта сорылады. Бұл жағдайда авиабензиннің механикалық қоспалармен және сумен ластану деңгейі ОСИ-дің сары қабатындағы іздер бойынша анықталады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -33315,100 +34306,100 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сапасына бақылау жүргізу қағидасына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z345" w:id="273"/>
+    <w:bookmarkStart w:name="z345" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z346" w:id="274"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z346" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жұмыс сұйықтықтарын талдауларды тіркеу журналы</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>1. Жұмыс сұйықтарын талдау нәтижелерін тіркеу туралы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkEnd w:id="276"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -34542,68 +35533,68 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z348" w:id="275"/>
+    <w:bookmarkStart w:name="z348" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Авиамайларды талдау нәтижелерін тіркеу журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkEnd w:id="277"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -35329,68 +36320,68 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тех. зертханашының, зертхана басшысының қолы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z349" w:id="276"/>
+    <w:bookmarkStart w:name="z349" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Авиаотынды талдау нәтижелерін тіркеу журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkEnd w:id="278"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
@@ -36545,68 +37536,68 @@
               <w:t>
 Тех зертханашының,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 зертхана басшысының қолы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z350" w:id="277"/>
+    <w:bookmarkStart w:name="z350" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. СКҚ сұйықтарын талдау нәтижелерін тіркеу журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkEnd w:id="279"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -37232,68 +38223,68 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тех-зертханашының, зертхана басшысының қолы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z351" w:id="278"/>
+    <w:bookmarkStart w:name="z351" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Тазартылған суды талдау нәтижелерін тіркеу журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkEnd w:id="280"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -37873,68 +38864,68 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тех.- зертханашының, зертхана басшысының қолы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z352" w:id="279"/>
+    <w:bookmarkStart w:name="z352" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6. ПОЖ талдау нәтижелерін тіркеу журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkEnd w:id="281"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -38653,316 +39644,316 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сапасына бақылау жүргізу қағидасына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z354" w:id="280"/>
+    <w:bookmarkStart w:name="z354" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қозғалтқышқа бүрку жүйесімен жабдықталған ұшақтарға беру үшін тазартылған суды дайындау және сапасын бақылау</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>1. Тазартылған суды өндіру және сақтау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z356" w:id="281"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z356" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Тұтынушы ұйымдарда тазартылған суды өндіру өнеркәсіп шығаратын ЭД-90 электротазартқыштардың, ПД-26, ПД-400 бұл тазартқыштардың, Д-4, Д-25 тазартқыштардың және басқалардың негізінде ұйымдастырылады. Тазартылған суды өндіру үшін судың сапасы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>68-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> жазылған талаптарға сәйкес келген жағдайда ионалмасу қондырғыларын пайдалануға жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z357" w:id="282"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z357" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тазартылған суды өндіруге арналған жабдық, сондай-ақ оны жинау мен сақтауға арналған стационарлық сыйымдылықтар тазартылған суға шаң мен атмосфералық жауын-шашындардың түсуін және тікелей күн сәулелерінің әсерін болдырмайтын жағдайларда орналастырылады және пайдаланылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkEnd w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тазартылған суды өндіру пункттерінің үй-жайлары сумен жабдықтау, электр энергиясы, сондай-ақ желдеткіш пен кәріз көздерімен жабдықталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z358" w:id="283"/>
+    <w:bookmarkStart w:name="z358" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Тазартылған суды жинау мен сақтау үшін мынадай ыдыстарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z359" w:id="284"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z359" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) полиэтиленнен немесе полиэтилен жабыны бар бактарды, цистерналар мен конистраларды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z360" w:id="285"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z360" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) АМЦМ материалдарынан жасалған бактар мен цистерналарды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z361" w:id="286"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z361" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) тамақ енеркәсібі үшін шығарылатын алюминий бактар мен цистерналарды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z362" w:id="287"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z362" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) эмалданған бактар мен цистерналарды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z363" w:id="288"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z363" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) шыны бөтелкелерді қолдануға рұқсат етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkEnd w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тазартылған суды сақтауға арналған ыдыстарды саңылаусыз жабады және дренажбен, төгу краны бар тұндырғышпен, сондай-ақ су деңгейінің көрсеткішімен жабдықтайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z364" w:id="289"/>
+    <w:bookmarkStart w:name="z364" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Суды стационарлық ыдыстардан құю агрегатына қотару үшін ПНВ-2 немесе ЭЦН-104 түріндегі сорғыштан, 12ТФ29СН немесе 12ТФ15СН сүзгіден және тарату кранынан тұратын сорғыш қондырғы қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkEnd w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тарату магистралінің құбыржолдары АМЦМ немесе резеңке материалдан жасалынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -39009,164 +40000,164 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тарату кранының ұштары мен ыдыстың құймалы мойындықтары шаңнан брезент жабқыштармен қорғалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тазартылған суды сақтауға 15 тәулік бойына рұқсат етіледі, оның аяқталуы бойынша пайдаланылмаған су ағызылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z365" w:id="290"/>
+    <w:bookmarkStart w:name="z365" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Сапаны бақылау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z366" w:id="291"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z366" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Ұшақтардың бүрку жүйесіне беруге арналған тазартылған судың сапасы осы Қағидалардың 2-қосымшасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>62-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> келтірілген көрсеткіштер бойынша бақыланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkEnd w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тазартылған судағы тұз мөлшері ЛС-4 маркалы зертханалық түзелшемнің, ЛК-563М кондуктометрдің немесе сол дәлдікпен көрсеткіштердің өлшемін қамтамасыз ететін басқа марканың көмегімен анықталады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сутегі иондарының шоғырлануы шыны электродпен немесе рН-метрмен ионометрлердің (патенциометрлердің) көмегімен анықталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z367" w:id="292"/>
+    <w:bookmarkStart w:name="z367" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Тазартылған судың сынамаларын іріктеп алу үшін ЖЖМҰ дайындаған полиэтилен тығындарымен тығыз жабылатын полиэтилен немесе шыны ыдыс қолданылады. Полиэтилен пленкасынан жасалған төсемі бар резеңке және қабық тығындарды пайдалануға рұқсат етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkEnd w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сынама алу алдында ыдыс пен тығынды мұқият жуу қажет, ал содан соң талдау үшін іріктеп алынған тазартылған сумен кем дегенде 3 рет шаю қажет.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -39177,282 +40168,282 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Талдаулар үшін сынамаларды: су сақтау стационарлық ыдысынан ЖЖМ қызметкерлері, құю құралдары ыдыстарынан - ИАҚ қызметкерлері әр толтырудан немесе ыдысқа құюдан кейін және жұмсалған кезінде тәулігіне 1 рет іріктеп алады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сынамаларды іріктеп алу суды стационарлық сақтау ыдыстарына сынама іріктеп алу және төгу крандары арқылы немесе құю агрегаттарының тарату крандарынан шығатын жерде жүргізіледі. Су сынамасын іріктеп алу сәтінде ол шаңмен және атмосфералық жауын-шашынмен ластанбауы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z368" w:id="293"/>
+    <w:bookmarkStart w:name="z368" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Сынамалар ЖЖМ зертханасында арнайы журналда тіркеледі. Осы журналда тазартылған су сынамасының талдау нәтижелері жазылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkEnd w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Журналда жазылған зерттеулер нәтижелерінің оң қорытындысы негізінде Тазартылған су сынамасының сапасын талдау осы Қосымшада белгіленген нысан бойынша жазылып беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тазартылған суға талдау оны құю агрегатына беру үшін негіз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z369" w:id="294"/>
+    <w:bookmarkStart w:name="z369" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Сақтау мен құю құралдарын дайындау және бақылау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z370" w:id="295"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z370" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Сақтау, құю құралдарын дайындау:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z371" w:id="296"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z371" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) су сақтауға арналған ыдыстарды және құю ыдыстарын маусым алдында және тоқсанына кем дегенде 1 рет мерзімді жууды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z372" w:id="297"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z372" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сүзгілерді мерзімді тексеруді және жууды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z373" w:id="298"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z373" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сақтау және құю құралдарын жоспарлы (алдын-ала) жөндеуді қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z374" w:id="299"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z374" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Ыдыстардың барлық түрлерін маусым алдында да, мерзімді де жуу ыстық, содан соң тазартылған сумен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkEnd w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мүмкіндігінше ыдыстар буландырылады, ал конденсант тұндырғыш арқылы ағызылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z375" w:id="300"/>
+    <w:bookmarkStart w:name="z375" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Жуу аяқталғаннан кейін ыдыс жаңа тазартылған сумен толтырылады және тәулік бойына ұсталады. Тұз мөлшері мен сутегі иондарының (рН) шоғырлануына суды талдаудың оң нәтижелері кезінде ыдыс одан әрі пайдалану үшін жарамды болып саналады. Керісінше болған жағдайда жұмыстың бүкіл циклы қайталанады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z376" w:id="301"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z376" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. СҚА технологиялық жабдықтарының жай-күйін бақылау ұшақтарға құюға рұқсат ету ОҚ және МҚ үшін белгіленген тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkEnd w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЖЖМ зертханасы _______________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>