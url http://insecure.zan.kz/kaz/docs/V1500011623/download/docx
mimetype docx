--- v0 (2025-10-14)
+++ v1 (2025-12-30)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="53b39f3" w14:textId="53b39f3">
+    <w:p w14:paraId="0946059" w14:textId="0946059">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1029,514 +1029,612 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленді және жануарларды интродукциялауды, реинтродукциялауды, будандастыруды жүргізуге рұқсат беру (бұдан әрі–мемлекеттік көрсетілетін қызмет) тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z17" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Мемлекеттік қызмет Қазақстан Республикасы Экология, геология және табиғи ресурстар министрлігінің Орман шаруашылығы және жануарлар дүниесі комитетінің аумақтық бөлімшелерімен және Қазақстан Республикасы Экология, геология және табиғи ресурстар министрлігінің Балық шаруашылығы комитетінің бассейндік балық шаруашылығы инспекцияларымен (бұдан әрі – көрсетілетін қызметті беруші) жеке және (немесе) заңды тұлғаларға (бұдан әрі – көрсетілетін қызметті алушы) осы Қағидаларға сәйкес көрсетіледі.</w:t>
+      2. Мемлекеттік қызметті Қазақстан Республикасы Экология және табиғи ресурстар министрлігінің Орман шаруашылығы және жануарлар дүниесі комитетінің аумақтық бөлімшелері (бұдан әрі – қызмет көрсетуші) жеке және (немесе) заңды тұлғаларға (бұдан әрі – қызмет алушы) осы Қағидаларға сәйкес көрсетеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Экология, геология және табиғи ресурстар министрінің 24.03.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 291</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 86</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z18" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z32" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жануарларды интродукциялау – жануарлар түрлерінің дарақтары бұдан бұрын мекендемеген таралу аймақтарынан (таралу облыстары) тыс олар үшін жаңа жерлерге оларды әдейі немесе кездейсоқ тарату;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z33" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жануарларды реинтродукциялау – жануарлар түрлерінің дарақтарын бұрынғы мекендеу орындарына әдейі қоныстандыру;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z34" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жануарларды будандастыру – шаруашылықта пайдалы озық белгілері немесе қасиеттері бар дара нұсқаларды алу мақсатында жануарлардың алуан түрлерінің немесе тұқымдарының дара нұсқаларын шағылыстыру;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) мемлекеттік қызмет стандарты – мемлекеттік қызмет көрсету процесінің сипаттамасын, нысанын, мазмұны мен нәтижесін, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z19" w:id="10"/>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) алып тасталды - ҚР Экология және табиғи ресурстар министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 291</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармаққа өзгеріс енгізілді - ҚР Экология және табиғи ресурстар министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 291</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Рұқсат беру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z20" w:id="11"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. Жануарларды интродукциялауды, реинтродукциялауды және будандастыруды жүргізуге рұқсат беруге өтінім (бұдан әрі - өтінім) "электрондық үкіметтің" www.egov.kz веб-порталы (бұдан әрі - Портал) арқылы осы Қағидаларға </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="11"/>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Жануарларды интродукциялауды, реинтродукциялауды және будандастыруды жүргізуге рұқсат беруге өтінім (бұдан әрі - өтінім) "электрондық үкіметтің" www.egov.kz веб-порталы (бұдан әрі - Портал) арқылы осы Қағидаларға 1-қосымшаға сәйкес нысан бойынша электрондық түрде көрсетілетін қызметті берушіге жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z36" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік қызмет көрсету үшін қажет құжаттардың тізбесі:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z37" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен (бұдан әрі - ЭЦҚ) куәландырылған электрондық құжат нысанындағы өтінім;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z38" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жануарларды интродукциялауды, реинтродукциялауды және будандастыруды жүргізуге арналған биологиялық негіздеменің электрондық көшірмесі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z39" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Мемлекеттік қызмет көрсету процесінің сипаттамасын, нысанын, мазмұны мен нәтижесін, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі осы Қағидаларға </w:t>
-[...21 lines deleted...]
-    </w:p>
+      "Жануарларды интродукциялауға, реинтродукциялауға және гибридтеуге рұқсат беру" мемлекеттік көрсетілетін қызметті көрсетудің негізгі талаптарының тізбесі осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> баяндалған.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z40" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеке басын куәландыратын құжаттар туралы, заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы, жеке кәсіпкер ретінде мемлекеттік тіркеу туралы не жеке кәсіпкер ретінде қызметті бастау туралы мәліметтерді көрсетілетін қызметті беруші тиісті ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z41" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтінім беру кезінде көрсетілетін қызметті алушы, егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, мемлекеттік қызметтер көрсету кезінде ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісім береді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z42" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушы барлық қажетті құжаттарды Портал арқылы тапсырған кезде көрсетілетін қызметті алушының "жеке кабинетіне" мемлекеттік қызметті көрсету үшін сұрау салудың қабылданғаны туралы мәртебе жіберіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Экология, геология және табиғи ресурстар министрінің 24.03.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 291</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 86</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="12"/>
+    <w:bookmarkStart w:name="z21" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Көрсетілетін қызметті берушінің кеңсесі құжаттар түскен күні оларды қабылдауды, тіркеуді жүзеге асырады және көрсетілетін қызметті берушіге қарауға жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде құжаттарды қабылдау Қазақстан Республикасының Еңбек </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1629,209 +1727,209 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="13"/>
+    <w:bookmarkStart w:name="z22" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Ұсынылған құжаттардың толықтығы фактісі анықталған кезде жауапты бөлімшенің қызметкері 2 (екі) жұмыс күні ішінде оларды осы Қағидалардың талаптарына сәйкестігі тұрғысынан қарайды және осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша жануарларды интродукциялауды, реинтродукциялауды және будандастыруды жүргізуге рұқсат қалыптастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік қызметті көрсету нәтижесі көрсетілетін қызметті алушының "жеке кабинетіне" көрсетілетін қызметті берушінің уәкілетті адамының ЭЦҚ-сы қойылған электрондық құжат нысанында жіберіледі және сақталады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызметті көрсетуден бас тарту үшін негіздер осы Қағидаларға </w:t>
+      Қазақстан Республикасының заңнамасында белгіленген және осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес "Жануарларды интродукциялауды, реинтродукциялауды және будандастыруды жүргізуге рұқсат беру" мемлекеттік көрсетілетін қызмет стандартында баяндалған мемлекеттік қызметті көрсетуден бас тарту үшін өзге де негіздер анықталып, көрсетілетін қызметті берушінің жауабы теріс болған кезде көрсетілетін қызметті беруші дәлелді бас тартуды дайындайды және жібереді.</w:t>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік көрсетілетін қызметті көрсетудің негізгі талаптарының тізбесінде баяндалған мемлекеттік көрсетілетін қызметті көрсетуден бас тарту үшін негіздер болған жағдайда, көрсетілетін қызметті беруші теріс жауап берген кезде уәжді бас тартуды ресімдеп, жолдайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Экология, геология және табиғи ресурстар министрінің 06.10.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 397</w:t>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 291</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="14"/>
+    <w:bookmarkStart w:name="z23" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Заңның 5-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1846,89 +1944,89 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11) тармақшасына сәйкес көрсетілетін қызметті беруші Қазақстан Республикасы Көлік және коммуникация министрінің міндетін атқарушының 2013 жылғы 14 маусымдағы № 452 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8555 болып тіркелген) Мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне мемлекеттік қызметтер көрсету сатысы туралы деректер енгізу қағидаларында белгіленген тәртіппен мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне мемлекеттік қызметтер көрсету сатысы туралы деректер енгізуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z24" w:id="15"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z24" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Көрсетілетін қызметті берушінің және (немесе) оның лауазымды тұлғаларының мемлекеттік қызмет көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z25" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Мемлекеттік қызметтер көрсету мәселелері бойынша шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағым көрсетілетін қызметті берушіге және (немесе) шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адамға беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2059,64 +2157,50 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Экология, геология және табиғи ресурстар министрінің 06.10.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 397</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-      </w:r>
-[...12 lines deleted...]
-</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -2562,68 +2646,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нөмірі/жеке</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сәйкестендіру нөмірі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z27" w:id="17"/>
+    <w:bookmarkStart w:name="z27" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жануарларды интродукциялауды, реинтродукциялауды және будандастыруды жүргізуге рұқсат беруге өтінім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жануарларды интродукциялауды, реинтродукциялауды және будандастыруды жүргізуге (қажеттісінің астын сызу) рұқсат беруді сұраймын.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3033,51 +3117,71 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша жаңа редакцияда - ҚР Экология, геология және табиғи ресурстар министрінің 24.03.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Экология және табиғи ресурстар министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 291</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -3093,51 +3197,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Жануарларды интродукциялауды, реинтродукциялауды және будандастыруды жүргізуге рұқсат беру" мемлекеттік көрсетілетін қызмет стандарты</w:t>
+"Жануарларды интродукциялау, реинтродукциялау және гибридтеу өндірісіне рұқсат беру" мемлекеттік көрсетілетін қызметті көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3206,51 +3310,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Экология, геология және табиғи ресурстар министрлігі Орман шаруашылығы және жануарлар дүниесі комитетінің аумақтық бөлімшелері және Қазақстан Республикасы Экология, геология және табиғи ресурстар министрлігі Балық шаруашылығы комитетінің бассейндік балық шаруашылығы инспекциялары</w:t>
+Қазақстан Республикасы Экология және табиғи ресурстар министрлігінің Орман шаруашылығы және жануарлар дүниесі комитетінің аумақтық бөлімшелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3979,51 +4083,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету үшін қажет құжаттардың тізбесі</w:t>
+Мемлекеттік көрсетілетін қызметті көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4034,50 +4138,68 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) осы Қағидаларға 1-қосымшаға сәйкес нысан бойынша көрсетілетін қызметті алушының электрондық-цифрлық қолтаңбасымен (бұдан әрі – ЭЦҚ) куәландырылған электрондық құжат нысанындағы көрсетілетін қызметті берушіге өтінімі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) жануарларды интродукциялауды, реинтродукциялауды және будандастыруды жүргізуге арналған биологиялық негіздеменің электрондық көшірмесі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке басын куәландаратын құжаттар, заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу), жеке кәсіпкер ретінде мемлекеттік тіркеу немесе жеке кәсіпкер ретінде қызметін басқару туралы мәліметтерді қызмет көрсетуші "Электрондық үкімет" шлюзі арқылы тиісті ақпараттық жүйелерден алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4110,105 +4232,143 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсетуден бас тарту үшін Қазақстан Республикасы-ның заңнамасы белгіленген негіздер</w:t>
+Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған деректер (мәліметтер) дәйексіздігінің анықталуы;</w:t>
+1) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) ондағы деректердің (мәліметтердің) дұрыс еместігі анықталған жағдайда;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажет ұсынылған материалдардың, объектілердің, деректер мен мәліметтердің осы Қағидамен белгіленген талаптарға сәйкес келмеуі.</w:t>
+2) көрсетілетін қызметті алушының және (немесе) ұсынылған материалдардың, объектілердің, деректер мен ақпараттың, мемлекеттік қызметтерді көрсету үшін қажетті мәліметтердің, Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптардың сәйкес келмеуі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4514,68 +4674,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z30" w:id="18"/>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жануарларды интродукциялауды, реинтродукциялауды және будандастыруды жүргізуге рұқсат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12300"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
@@ -4766,55 +4926,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -5140,31 +5300,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>