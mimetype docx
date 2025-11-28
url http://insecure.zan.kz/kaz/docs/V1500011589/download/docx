--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b240217" w14:textId="b240217">
+    <w:p w14:paraId="92726c0" w14:textId="92726c0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,243 +100,218 @@
         </w:rPr>
         <w:t>Отырғызылатын материалды және арнайы мақсаттағы плантациялық екпелерді өсіру үшін мемлекеттік орман қоры учаскелерін пайдалану қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 19 мамырда № 18-1/451 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2015 жылы 8 шілдеде № 11589 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы Үкіметінің "Қазақстан Республикасы Экология және табиғи ресурстар министрлігінің мәселелері" 2019 жылғы 5 шілдедегі № 479 қаулысымен бекітілген Қазақстан Республикасы Экология және табиғи ресурстар министрлігі туралы ереженің 15-тармағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>194) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-    </w:p>
-[...73 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Экология және табиғи ресурстар министрінің 17.06.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 123</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Отырғызылатын материалды және арнайы мақсаттағы плантациялық екпелерді өсіру үшін мемлекеттік орман қоры учаскелерін пайдалану </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Ауыл шаруашылығы министрлігінің Орман шаруашылығы және жануарлар дүниесі комитеті заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -347,70 +322,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін күнтізбелік он күн ішінде оның көшірмесін мерзімді баспа басылымдарында және "Әділет" ақпараттық-құқықтық жүйесінде ресми жариялануға жіберілуін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы бұйрықты Қазақстан Республикасы Ауыл шаруашылығы министрлігінің интернет-ресурсында орналастырылуын қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -787,129 +762,108 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 18-1/451 бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Отырғызылатын материалды және арнайы мақсаттағы плантациялық екпелерді өсіру үшін мемлекеттік орман қоры учаскелерін пайдалану қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...5 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Отырғызылатын материал және арнайы мақсаттағы плантациялық екпелерді өсіру үшін мемлекеттік орман қоры учаскелерін пайдалану қағидалары Қазақстан Республикасы Үкіметінің 2019 жылғы 5 шілдедегі № 479 қаулысымен бекітілген Қазақстан Республикасының Экология және табиғи ресурстар министрлігі туралы ереженің 15-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>194) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және отырғызылатын материалды және арнайы мақсаттағы плантациялық екпелерді өсіру үшін мемлекеттік орман қоры учаскелерін пайдалану тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -946,188 +900,171 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы Қағидалар ерекше қорғалатын табиғи аумақтарға  қолданылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Отырғызылатын материалды және арнайы мақсаттағы плантациялық екпелер өсіру үшін мемлекеттік орман қоры учаскелерін пайдалану орман өсіруді, республика экономикасының сүрек ресурстарына мұқтажын қамтамасыз ету мақсатында шығымдылығы жоғары плантациялық екпелер құруды, мұрагерлік қасиеттері жақсартылған орман тұқымдарын қолданып селекциялық-генетикалық негiзде орман питомниктерін құру мен дамытуды және отырғызылатын материал өндiруді ынталандыруды көздейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Отырғызылатын материалды және арнайы мақсаттағы плантациялық екпелер өсіру үшін мемлекеттік орман қоры учаскелері жеке және заңды тұлғаларға (бұдан әрі – орман пайдаланушы) Орман кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тарауына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ұзақ мерзімді орман пайдалануға беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Арнайы мақсаттағы плантациялық екпелерді және ағаш және бұта тұқымдыларының отырғызылатын материалды өсіру үшін мемлекеттік орман қорының ормансыз жерлерге жататын учаскелері бөлінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Арнайы мақсаттағы плантациялық екпелерді және ағаш және бұта тұқымдыларының отырғызылатын материалды өсіру жұмыстары осы салада маманданған жобалау-iздестiру ұйымдары орман пайдаланушылардың қаражаты есебінен әзірлейтін тез өсетін ағаш және бұта тұқымдыларының плантацияларын отырғызуға және өсіруге немесе жекеше орман питомниктерін құруға және дамытуға арналған жұмыс жобасына (бұдан әрі – жұмыс жобасы) сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z12" w:id="7"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Жұмыс жобасы өнімді өсіруден бастап өткізуге немесе өңдеуге дейінгі жұмыстар циклын қамтиды және міндетті мемлекеттік экологиялық сараптамадан өтуге жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Орман пайдаланушы мемлекеттік орман қоры учаскелерін отырғызылатын материалды және арнайы мақсаттағы плантациялық екпелерді өсіру үшін пайдалану кезінде Орман кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1162,50 +1099,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тармағымен бекітілетін санитариялық қағидалардың және Қазақстан Республикасының Экология кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>261-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес экологиялық талаптардың сақталуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1647,31 +1585,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>