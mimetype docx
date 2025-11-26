--- v0 (2025-10-04)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2eda6a2" w14:textId="2eda6a2">
+    <w:p w14:paraId="bda0a04" w14:textId="bda0a04">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -360,62 +360,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрық алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -423,51 +424,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Министр</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -644,78 +645,193 @@
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Ескерту. 1-тараудың тақырыбы жаңа редакцияда - ҚР Қаржы министрінің 06.05.2021 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тараудың тақырыбы жаңа редакцияда - ҚР Қаржы министрінің 06.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 433</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 433</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z57" w:id="9"/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақ жаңа редакцияда көзделген – ҚР Қаржы министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 561</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Салықтар бойынша аудит жүргізу және салықтар бойынша аудиторлық қорытынды беру қағидалары (бұдан әрі – Қағидалар) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" (Салық кодексі) (бұдан әрі – Салық кодексі) Қазақстан Республикасы Кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -750,649 +866,876 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қолдану мақсатында "Аудиторлық қызмет туралы" Қазақстан Республикасының Заңының (бұдан әрі – Заң) 7-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>18-1) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Қаржы министрінің 06.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 433</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидаларда қолданылатын негізгі ұғымдар, терминдер:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аудиттелетін субъект - өзіне қатысты аудит жүргізілетін заңды тұлға, заңды тұлғаның атынан өкілдік ететін оның филиалдары және (немесе) өкілдіктері, дара кәсіпкер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) аудиторлық қорытынды - салықтар бойынша аудит нәтижелері бойынша жасалған қорытынды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Қаржы министрінің 06.05.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 433</w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...56 lines deleted...]
-      2) аудиторлық қорытынды - салықтар бойынша аудит нәтижелері бойынша жасалған қорытынды;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) тармақша жаңа редакцияда көзделген – ҚР Қаржы министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 561</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) салықтар бойынша аудит – осы Қағидаларда белгіленген талаптарды сақтай отырып, салықтың және бюджетке төленетін басқа да міндетті төлемдердің барлық түрлері бойынша есептеу мен төлеудің дұрыстығы, міндетті зейнетақы жарналарын, міндетті кәсіптік зейнетақы жарналарын есептеудің, ұстап қалудың және аударудың толық және уақтылы болуы, әлеуметтік аударымдарды есептеудің және төлеудің толық және уақтылы болуы мәселесі бойынша аудиторлық ұйым жүргізетін аудит;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Салықтар бойынша аудитті жүргізу талаптары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z14" w:id="13"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-тараудың тақырыбы жаңа редакцияда - ҚР Қаржы министрінің 06.05.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 433</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="15"/>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Салықтар бойынша аудит, аудиторлық ұйым мен аудиттелетін субъектің арасында жасалған салықтар бойынша аудит жүргізу туралы шарттың негізінде, аудиттелетін субъектінің бастамасы бойынша жүзеге асырылады, ол Қазақстан Республикасының заңнамасында белгіленген талаптарға сәйкес келеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z17" w:id="16"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-тармақ жаңа редакцияда көзделген – ҚР Қаржы министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 561</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Салықтар бойынша аудит Салық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>48-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген талап қою мерзімі шегінде аудиттелетін субъектіге қатысты кешенді салық тексеру жүргізілмеген кезең үшін жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда – ҚР Қаржы министрінің 16.01.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 21</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күннен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Салықтар бойынша аудит жүргізу шартында: шарттың мәні, мерзімі, ақы төлеу мөлшері мен талаптары, тараптардың құқықтары, міндеттері мен жауапкершілігі, алынған ақпараттың құпиялылығы, сондай-ақ кәсіби ұйымға мүшелігі көзделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Мемлекеттік кіріс органдарына ұсынылатын мәліметтерді қоспағанда, салықтар бойынша аудит жүргізуге арналған шартты орындау кезінде аудиторлық ұйым алған мәліметтер коммерциялық құпияны құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Аудиторлық ұйымның салықтар бойынша аудит жүргізуге құқығын шектеу Заңның 24-бабында айқындалған.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...68 lines deleted...]
-      5. Салықтар бойынша аудит жүргізу шартында: шарттың мәні, мерзімі, ақы төлеу мөлшері мен талаптары, тараптардың құқықтары, міндеттері мен жауапкершілігі, алынған ақпараттың құпиялылығы, сондай-ақ кәсіби ұйымға мүшелігі көзделеді.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Салықтар бойынша аудит нәтижелерін рәсімдеу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z19" w:id="18"/>
-[...56 lines deleted...]
-    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-тараудың тақырыбы жаңа редакцияда - ҚР Қаржы министрінің 06.05.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 433</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="21"/>
+    <w:bookmarkStart w:name="z22" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Салықтар бойынша аудит нәтижелері жөнінде аудиторлық қорытынды осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша жасалады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Салықтар бойынша аудиторлық қорытындыға біліктілік куәлігінің нөмірі мен берілген күнін көрсете отырып, орындаушы аудитор қол қояды, аудиторлық ұйым басшысының қолтаңбасымен бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда – ҚР Қаржы министрінің 16.01.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 21</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күннен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Аудиторлық қорытындыға салықтар бойынша аудитті жүргізу барысында анықталған ауытқулар бойынша қажетті құжаттардың көшірмелері, аудитор жүргізген есептер және салықтар бойынша аудит барысында алынған басқа да материалдар қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Аудиторлық қорытынды үш данада жасалады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z23" w:id="22"/>
-[...120 lines deleted...]
-    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аудиторлық қорытындының бір данасын аудиторлық ұйым аудиттелетін субъектіге, ол жасалған күннен бастап 3 (үш) жұмыс күні ішінде табыс етеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1505,126 +1848,240 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="25"/>
+    <w:bookmarkStart w:name="z26" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Салықтар бойынша аудиторлық қорытындыны мемлекеттік кірістер органына ұсыну тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Ескерту. 4-тараудың тақырыбы жаңа редакцияда - ҚР Қаржы министрінің 06.05.2021 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 4-тараудың тақырыбы жаңа редакцияда - ҚР Қаржы министрінің 06.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 433</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 433</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z27" w:id="26"/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12-тармақ жаңа редакцияда көзделген – ҚР Қаржы министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 561</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Аудиторлық қорытындыны аудиторлық ұйым, аудиттелетін субъектіге осындай қорытынды табыс етілген күннен бастап 5 (бес) жұмыс күні ішінде аудиттелетін субъектінің тұрған жері бойынша мемлекеттік кірістер органына ұсынады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Аталған ереже аудиттелетін субъектінің Салық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1681,70 +2138,186 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="27"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Аудиторлық қорытынды мемлекеттік кірістер органына ілеспе хат алып келу тәртібінде немесе почта бойынша ұсынылады</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қосымша жаңа редакцияда көзделген – ҚР Қаржы министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 561</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2166,68 +2739,68 @@
               </w:rPr>
               <w:t>№, берілген күні)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Салықтар бойынша аудиторлық қорытынды</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қосымша жаңа редакцияда - ҚР Қаржы министрінің 06.05.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2622,70 +3195,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тізбесі:______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="29"/>
+    <w:bookmarkStart w:name="z29" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Аудиттелетін субъекті туралы жалпы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Дара кәсіпкер ретінде мемлекеттік тіркеу туралы куәлік: сериясы _____; берілген күні ____ жылғы "__" _______нөмірі _____.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3578,70 +4151,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Аудиттелетін субъекті меншік иесі (қатысушы) болып табылатын заңды тұлғалар туралы мәліметтер:____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="30"/>
+    <w:bookmarkStart w:name="z30" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Салықтар бойынша аудит мәліметтері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Салықтар бойынша осы аудит мыналарды анықтады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4768,90 +5341,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="31"/>
+    <w:bookmarkStart w:name="z31" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Салықтар бойынша аудит нәтижелері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z32" w:id="32"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z32" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 1 Қосымша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мұнай секторының ұйымдарынан түсетін түсімдерді қоспағанда, резидент-заңды тұлғалардан түсетін корпоративтік табыс салығы (БСК______) ____ жыл (__________ дан __________ дейінгі кезең).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4893,3455 +5466,3144 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Табыстар:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1228"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыстардың атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3537" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудиттелетін субъектінің деректері бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4307" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтар бойынша аудит деректері бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауытқу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1228" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шығыстар (шегерімдер):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1228"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шығыстардың атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3537" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудиттелетін субъектінің деректері бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4307" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтар бойынша аудит деректері бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауытқу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1228" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Залалдарды ауыстыру, түзетулер: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1228"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Залалдардың атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3537" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудиттелетін субъектінің деректері бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4307" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтар бойынша аудит деректері бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауытқу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1228" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Салық салынатын табысты есептеу:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2578"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="738"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4274" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есептеу бабының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудиттелетін субъектінің деректері бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2586" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтар бойынша аудит деректері бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="738" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауытқу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4274" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түзетуден кейінгі жылдық жиынтық табыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2124" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4274" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлық шегерімдер (шығыстар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2124" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4274" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлық ауыстырылған залалдар мен түзетулер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2124" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4274" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салық салынатын табыс (түзетумен қосқанда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2124" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4274" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Залалдар (ауыстырылған залалдар мен түзетулерді қосқанда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2124" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4274" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 % түрінде салықтың мөлшерлемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2124" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4274" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлық есептелген салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2124" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4274" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салық бойынша жеңілдік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2124" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4274" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салық жеңілдігі бойынша есептелген салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2124" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4274" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дербес шот бойынша төленген салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2124" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алшақтықтар:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -8518,70 +8780,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="33"/>
+    <w:bookmarkStart w:name="z33" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 2 Қосымша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төлем көзінен салық салынбайтын табыстардан алынатын жеке табыс салығы (БСК _________) ________ жыл (________ дан ________ дейінгі кезең).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8623,4074 +8885,3708 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Табыстар:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1228"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыстардың атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3537" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудиттелетін субъектінің деректері бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4307" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтар бойынша аудит деректері бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауытқу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1228" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шығыстар (шегерімдер):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1228"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шығыстардың атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3537" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудиттелетін субъектінің деректері бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4307" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтар бойынша аудит деректері бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауытқу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1228" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Залалдарды ауыстыру, түзетулер:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1228"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Залалдардың атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3537" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудиттелетін субъектінің деректері бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4307" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтар бойынша аудит деректері бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауытқу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1228" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Салық салынбайтын айналымдар:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1228"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Айналымдардың атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3537" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудиттелетін субъектінің деректері бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4307" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтар бойынша аудит деректері бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауытқу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1228" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Салық салынатын табысты есептеу:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2679"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="767"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2679" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4441" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есептеу бабының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудиттелетін субъектінің деректері бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2207" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудиторлық қорытындының деректері бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауытқу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2679" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4441" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түзетуден кейінгі жылдық жиынтық табыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2679" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4441" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлық шегерімдер (шығыстар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2679" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4441" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлық ауыстырылған залалдар мен түзетулер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2679" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4441" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салық салынбайтын айналымдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2679" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4441" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салық салынатын табыс (түзетумен қосқанда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2679" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4441" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Залалдар (ауыстырылған залалдар мен түзетулерді қосқанда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2679" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4441" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 % түрінде салықтың мөлшерлемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2679" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4441" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлық есептелген салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2679" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4441" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салық бойынша жеңілдік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2679" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4441" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салық жеңілдігі бойыншаесептелген салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2679" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4441" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дербес шот бойынша төленген салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алшақтық: _____________________________________________________________ (алшақтықтың сомасы теңгемен);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -12849,70 +12745,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="34"/>
+    <w:bookmarkStart w:name="z34" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 3 Қосымша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының аумағында өндірілген тауарлар, жасалған жұмыстар, қызмет көрсету бойынша қосымша құн салығы (БСК ______) ____ жылы __ тоқсан (__________ дан __________ дейінгі кезең).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12954,4188 +12850,3743 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ҚҚС бойынша есептеулер:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="610"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1376"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="610" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есептеулердің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2139" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудиттелетін субъектінің деректері бойынша айналым</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2139" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудиттелетін субъектінің деректері бойынша ҚҚС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2522" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтар бойынша аудит деректері бойынша айналым</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2522" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтар бойынша аудит деректері бойынша ҚҚС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚҚС бойынша ауытқу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="610" w:type="dxa"/>
-[...267 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есепке жататын ҚҚС:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="574"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1295"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="574" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепке жататын ҚҚС атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2014" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудиттелетін субъектінің деректері бойынша айналым</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2014" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудиттелетін субъектінің деректері бойынша ҚҚС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2374" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтар бойынша аудит деректері бойынша айналым</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2375" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтар бойынша аудит деректері бойынша ҚҚС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1295" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚҚС бойынша ауытқу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="574" w:type="dxa"/>
-[...267 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ҚҚС есептеу:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1566"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1010"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2878" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚҚС бойынша есептердің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1571" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудиттелетін субъектінің деректері бойынша айналым</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1571" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудиттелетін субъектінің деректері бойынша ҚҚС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтар бойынша аудит деректері бойынша айналым</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтар бойынша аудит деректері бойынша ҚҚС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚҚС бойынша ауытқу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2878" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлық есептелген ҚҚС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1571" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2878" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепке жататын ҚҚС сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1571" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2878" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 а) бөлек есептеу әдісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1571" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2878" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 б) барабарлық әдісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1571" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2878" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төлеуге жататын ҚҚС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1571" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2878" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салық бойынша жеңілдік (ауыл шаруашылық өндірушілер үшін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1571" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2878" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төленуге жататын ҚҚС(ауыл шаруашылық өндірушілер үшін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1571" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2878" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепке жатқызылғаннан артық ҚҚС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1571" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2878" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салық бойынша жеңілдік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1571" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2878" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепке жатқызылғаннан артық ҚҚС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1571" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алшақтық: _____________________________________________________________ (алшақтықтың сомасы теңгемен);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -17312,70 +16763,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="35"/>
+    <w:bookmarkStart w:name="z35" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 4 Қосымша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төлем көзінен салынатын, жеке табыс салығы (БСК ______) ____ жыл __ тоқсан (____ дан ____ дейінгі кезең)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17489,3911 +16940,3503 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеке табыс салығы бойынша есептеулер:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="320"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="2057"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="320" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1453" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс (Аудиттелетін субъектінің деректері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1854" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салық салынбайтын табыстар (Аудиттелетін субъектінің деректері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МЗЖ сомасы (Аудиттелетін субъектінің деректері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЖТС сомасы (Аудиттелетін субъектінің деректері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төленген табыстар (Аудиттелетін субъектінің деректері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыстар (Салықтар бойынша аудит деректері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2057" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салық салынбайтын табыстар (Салықтар бойынша аудит деректері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="320" w:type="dxa"/>
-[...306 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="320" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1453" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жиыны:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1854" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеке табыс салығының айлық есептеулері (жалғасы):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="323"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="325"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="323" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МЗЖ сомасы (Салықтар бойынша аудит деректері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЖТС сомасы (Салықтар бойынша аудит деректері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төленген табыстар (Салықтар бойынша аудит деректері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="729" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыстар бойынша алшақтықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="729" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтардан бойынша алшақтықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2283" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеткіліксіз жиналған</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (Аудиттелетін субъект және тиісті салықтар бойынша аудит деректері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2283" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Артық жиналған</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (Аудиттелетін субъект және тиісті салықтар бойынша аудит деректері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="325" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ескерту</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="323" w:type="dxa"/>
-[...345 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="323" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жиыны:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
-[...267 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жеке табыс салығының айлық есептеулері: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="657"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1481"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="657" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2302" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 табыстар бойынша кезеңнің басындағы борыш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 салық бойынша кезеңнің басындағы борыш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кезең ішіндеесептелген табыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кезең ішіндеесептелген салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1480" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кезең ішіндетөленген табыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1481" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кезең ішіндеаударылған салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="657" w:type="dxa"/>
-[...306 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="657" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жиыны:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2302" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жеке табыс салығының айлық есептеулері (жалғасы): </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="808"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="809"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="808" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үлес салмағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3339" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудиттелетін субъектінің деректері бойынша есептелген салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3846" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 салықтар бойынша аудит деректері бойынша есептелген салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="808" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауытқу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1315" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Артық төлем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="809" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиыны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="808" w:type="dxa"/>
-[...267 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="808" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиыны:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3339" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алшақтық: ____________________________________________________________ (алшақтықтың сомасы теңгемен);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -21570,70 +20613,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="36"/>
+    <w:bookmarkStart w:name="z36" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 5 Қосымша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқа салықтар мен төлемдер (БСК ______) ____ жыл__ тоқсан (________ дан __________дейінгі кезең).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -21693,2058 +20736,1864 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқа салықтар мен төлемдер:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="439"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="439" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3649" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салық салу объектісінің атауы (объектінің өлшем бірлігі, объектінің мөлшерлемесі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудиттелетін субъектінің деректері бойынша объектісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1849" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудиттелетін субъектінің деректері бойынша салық/төлем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 салықтар бойынша аудит деректері бойынша объект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 салықтар бойынша аудит деректері бойынша салық/төлем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="440" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауытқу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ескерту</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="439" w:type="dxa"/>
-[...306 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1182"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="526"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1182" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1839" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есептеу бабының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудиттелетін субъектінің деректері бойынша объектісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2208" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудиттелетін субъектінің деректері бойынша салық/төлем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2168" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 салықтар бойынша аудит деректері бойынша объект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 салықтар бойынша аудит деректері бойынша салық/төлем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="526" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауытқу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1182" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1839" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есептелген салық/төлем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1182" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1839" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салық бойынша жеңілдік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1182" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1839" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салық жеңілдігі бойынша есептелген салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1182" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1839" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дербес шоты бойынша артық төлем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алшақтық:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -23957,70 +22806,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="37"/>
+    <w:bookmarkStart w:name="z37" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 6 Қосымша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Салық салынатын базасы болмаған кезде толтырылады</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -24265,70 +23114,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аудиторлық қорытындының деректері бойынша:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____ дан ____ дейінгі кезеңде бап бойынша (салық пен төлемнің түрі) есептеу дұрыстығы мәселесі бойыншасалықтар бойынша аудит кезіндеаудиттелетін субъект ____ дан ____ дейін лицензиясыз қызметті жүзеге асырған. Сол кезеңде сомасы____теңге табыс алынған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="38"/>
+    <w:bookmarkStart w:name="z38" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 7 Қосымша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мұнай секторының ұйымдарынан түсетін түсімдерді қоспағанда, резидент-заңды тұлғалардан түсетін корпоративтік табыс салығы (БСК_____) ____ жыл (__________ дан __________ дейінгі кезең).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -24406,2374 +23255,2144 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағын субъект бизнес үшін салық есептеу:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1411"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2515"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5795" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есептеу бабының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1163" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудиттелетін субъектінің деректері бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1416" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтар бойынша аудит деректері бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2515" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алшақтық (+/-)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5795" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салық кезеңі үшін табыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1163" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5795" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салық мөлшерлемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1163" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5795" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есептелген салық сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1163" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5795" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыстың шекті сомасынан асып кеткен табыс сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1163" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5795" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 орташа айлық жалақысы кемінде ЕЖМ-нің 2 есенемесе 2,5 есесін құрайтын қызметкерлердің орташа тізімдік саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1163" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5795" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықты қызметкерлердің орташа тізімдік санынан азайту жағына түзету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1163" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5795" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түзетуді есепке ала отырып, салық сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1163" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5795" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Корпоративтік (жеке) табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1163" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5795" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТС (ЖТС) дербес шоты бойынша артық төлемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1163" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5795" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әлеуметтік салықтың сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1163" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5795" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дербес шот бойынша артық төлем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1163" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Алшақтық: _____________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -26968,70 +25587,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="39"/>
+    <w:bookmarkStart w:name="z39" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 8 Қосымша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Акцизделетін тауарлардың түрлері (БСК ______):_______________жыл (________ дан ________ дейінгі кезең).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -27073,1321 +25692,1211 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Акциз</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="445"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="2585"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="725" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Объектің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Акциз мөлшерлемесі (аудиттелетін субъект)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Объектілердің саны (аудиттелетін субъект)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Айналымның сомасы (аудиттелетін субъект)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Акциз сомасы (аудиттелетін субъект)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2585" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Акциз мөлшерлемесі (салықтар бойынша аудит бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="445" w:type="dxa"/>
-[...306 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Акциз (жалғасы):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="520"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="521"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="520" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Объектілердің саны (салықтар бойынша аудит)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Айналымның сомасы (салықтар бойынша аудит)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2690" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Акциз сомасы (салықтар бойынша аудит)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есептелген сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1824" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дербес шот бойынша артық төлем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="521" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиыны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="521" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ескерту</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="520" w:type="dxa"/>
-[...306 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Алшақтық: _____________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -28582,70 +27091,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="40"/>
+    <w:bookmarkStart w:name="z40" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 9 Қосымша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тіркелген салық (БСК ______) ____ жыл __ тоқсан (мерзімі __________ дан __________).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -28687,741 +27196,686 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тіркелген салық:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="469"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="277"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="469" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1774" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салық салу объектісінің атауы (объектінің өлшем бірлігі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тіркелген салықтың мөлшерлемесі (Аудиттелетін субъектінің деректері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1428" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Объектілердің саны (Аудиттелетін субъектінің деректері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тіркелген салықтың сомасы (Аудиттелетін субъектінің деректері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1774" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тіркелген салықтың мөлшерлемесі (салықтар бойынша аудит деректері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Объектінің саны (салықтар бойынша аудит деректері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1775" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тіркелген салықтың сомасы (салықтар бойынша аудит деректері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="277" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алшақтықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="469" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиыны:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1774" w:type="dxa"/>
-[...306 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Алшақтық: _____________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -29616,70 +28070,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="41"/>
+    <w:bookmarkStart w:name="z41" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 10 Қосымша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ойын бизнесіне салынатын салық (БСК ______) ____ жыл __ тоқсан (__________дан __________ дейінгі кезең).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -29721,357 +28175,358 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ойын бизнесіне салынатын салық:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="265"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="266"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="265" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салық салу объектісінің атауы(объектінің өлшем бірлігі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ойын бизнесіне салынатын салықтың мөлшерлемесі (аудиттелетін субъектінің деректері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1372" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Объектінің саны (Аудиттелетін субъектінің деректері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бизнесіне салынатын салықтың сомасы (Аудиттелетін субъектінің деректері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1872" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бизнесіне салынатын салықтың мөлшерлемесі (салықтар бойынша аудит деректері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Объектінің саны (салықтар бойынша аудит деректері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1872" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бизнесіне салынатын салықтың сомасы (салықтар бойынша аудит деректері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="266" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30094,1438 +28549,1292 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ойын бизнесіне салынатын салықты есептеу:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="553"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="246"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="553" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салық салу объектісінің атауы (объектінің өлшем бірлігі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ойын бизнесіне салынатын салықтың мөлшерлемесі (аудиттелетін субъектінің деректері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1269" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Объектінің саны (Аудиттелетін субъектінің деректері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1731" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ойын бизнесіне салынатын салықтың сомасы (Аудиттелетін субъектінің деректері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1885" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ойын бизнесіне салынатын салықтың мөлшерлемесі (салықтар бойынша аудит деректері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1423" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Объектілердің саны (салықтар бойынша аудит деректері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1886" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ойын бизнесіне салынатын салықтың сомасы (салықтар бойынша аудит деректері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="246" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алшақтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="553" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ойын бизнесіне салынатын салықтың есептелген сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1730" w:type="dxa"/>
-[...267 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="553" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетке төленетін қосымша төлемнің сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1730" w:type="dxa"/>
-[...267 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="553" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТС дербес шоты бойынша артық төлем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1730" w:type="dxa"/>
-[...267 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алшақтық:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -31738,4271 +30047,3898 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="42"/>
+    <w:bookmarkStart w:name="z42" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 11 Қосымша*</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Коммерциялық емес ұйымдардың табыстары мен шығыстарының кестесі _______ жыл (__________ дан ________ дейінгі кезең).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Түскен активтердің, оның ішінде кредиттер мен алынған аванстардың барлығы:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="603"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="982"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="603" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="980" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құжаттың күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="980" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құжаттың нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төлемнің тағайындалуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2492" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарлардың, жұмыстардың, қызметтердің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1358" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірліктің құны теңгемен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірліктің құны валютамен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="603" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="603" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сомасытеңгемен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сомасы валюта мен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="982" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Валютаның атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="603" w:type="dxa"/>
-[...423 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Түскен активтердің, оның ішінде кредиттер мен алынған аванстардың барлығы (жалғасы):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="626"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="628"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="626" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="626" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бейрезидент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1066" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЖСН/БСН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2846" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заңды (жеке) тұлғаның атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Резиденттік елі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бейрезидент банк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Банктің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1412" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БСК*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шоттың түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шоттың нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="628" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ескерту</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="626" w:type="dxa"/>
-[...423 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кезеңдегі шығыстардың барлығы:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="603"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="982"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="603" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="980" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құжаттың уақыты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="980" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құжаттың нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төлемнің тағайындалуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2492" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарлардың, жұмыстардың, қызметтердің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1358" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірліктің құны теңгемен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірліктің құны валютамен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="603" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="603" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сомасытеңгемен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сомасы валюта мен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="982" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Валютаның атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="603" w:type="dxa"/>
-[...423 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кезеңдегі шығыстардың барлығы (жалғасы):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="512"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="513"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="512" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="512" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бейрезидент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="871" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЖСН/БСН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4572" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заңды (жеке) тұлғаның атауы, тегі, аты, әкесінің аты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Резиденттік елі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бейрезидент банк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Банктің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1154" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БСК*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шоттың түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="834" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шоттың нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ескерту</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="512" w:type="dxa"/>
-[...423 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * Ескерту: осы қосымша коммерциялық емес ұйымдар бойынша толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="43"/>
+    <w:bookmarkStart w:name="z43" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қорытынды</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Салықтар бойынша аудит нәтижелері бойынша салықтарды және бюджетке төлентетін басқа да міндетті төлемдерді есептеу және төлеу, міндетті зейнетақы жарналарын, міндетті кәсіптік зейнетақы жарналарын есептеу, ұстап қалу, аудару әлеуметтік аударымдарды есептеу және төлеу бойынша мынадай міндеттемелер айқындалды: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1228"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1999"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3537" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтың, төлемнің коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3537" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтың, төлемнің түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1999" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есептелетін сома</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1999" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Азайтылатын сома</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1228" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1228" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Салықтар бойынша аудит нәтижесінде анықталған бұзушылықтар туралы және оларды аудиттелетін субъектінің салықтар бойынша аудит барысында жоюы туралы ақпарат</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -36638,55 +34574,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>