--- v1 (2025-11-26)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bda0a04" w14:textId="bda0a04">
+    <w:p w14:paraId="2c16066" w14:textId="2c16066">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -645,1679 +645,1249 @@
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-тараудың тақырыбы жаңа редакцияда - ҚР Қаржы министрінің 06.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 433</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z57" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы Салықтар бойынша аудит жүргізу және салықтар бойынша аудиторлық қорытынды беру қағидалары (бұдан әрі – Қағидалар) Қазақстан Республикасы Салық кодексінің (бұдан әрі – Кодекс) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>74-бабын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және 152-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолдану мақсатында "Аудиторлық қызмет туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 7-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18-1) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тараудың тақырыбы жаңа редакцияда - ҚР Қаржы министрінің 06.05.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 433</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Қаржы министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 561</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...24 lines deleted...]
-        <w:jc w:val="both"/>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидаларда қолданылатын негізгі ұғымдар, терминдер:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z12" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аудиттелетін субъект - өзіне қатысты аудит жүргізілетін заңды тұлға, заңды тұлғаның атынан өкілдік ететін оның филиалдары және (немесе) өкілдіктері, дара кәсіпкер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z13" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) аудиторлық қорытынды - салықтар бойынша аудит нәтижелері бойынша жасалған қорытынды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z14" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) салықтар бойынша аудит – осы Қағидаларда белгіленген талаптарды сақтай отырып, салықтың және бюджетке төленетін басқа да міндетті төлемдердің барлық түрлері бойынша есептеу мен төлеудің дұрыстығы, әлеуметтік төлемдерді есептеудің, ұстап қалудың және аударудың толықтығы мен уақтылығы мәселесі бойынша аудиторлық ұйым жүргізетін аудит;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      1-тармақ жаңа редакцияда көзделген – ҚР Қаржы министрінің 02.10.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Қаржы министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 561</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 561</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
-    </w:p>
-[...83 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Салықтар бойынша аудитті жүргізу талаптары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Қаржы министрінің 06.05.2021 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">
+      Ескерту. 2-тараудың тақырыбы жаңа редакцияда - ҚР Қаржы министрінің 06.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 433</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Салықтар бойынша аудит, аудиторлық ұйым мен аудиттелетін субъектің арасында жасалған салықтар бойынша аудит жүргізу туралы шарттың негізінде, аудиттелетін субъектінің бастамасы бойынша жүзеге асырылады, ол Қазақстан Республикасының заңнамасында белгіленген талаптарға сәйкес келеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z17" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Салықтар бойынша аудит Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>65-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген талап қоюдың ескіру мерзімі шегінде аудиттелетін субъектіге қатысты кешенді салықтық тексеру жүргізілмеген кезең үшін жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...65 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда – – ҚР Қаржы министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 561</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Салықтар бойынша аудит жүргізу шартында: шарттың мәні, мерзімі, ақы төлеу мөлшері мен талаптары, тараптардың құқықтары, міндеттері мен жауапкершілігі, алынған ақпараттың құпиялылығы, сондай-ақ кәсіби ұйымға мүшелігі көзделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z19" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Мемлекеттік кіріс органдарына ұсынылатын мәліметтерді қоспағанда, салықтар бойынша аудит жүргізуге арналған шартты орындау кезінде аудиторлық ұйым алған мәліметтер коммерциялық құпияны құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z20" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Аудиторлық ұйымның салықтар бойынша аудит жүргізуге құқығын шектеу Заңның 24-бабында айқындалған.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z21" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Салықтар бойынша аудит нәтижелерін рәсімдеу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. 3-тараудың тақырыбы жаңа редакцияда - ҚР Қаржы министрінің 06.05.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>№ 433</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Салықтар бойынша аудит нәтижелері жөнінде аудиторлық қорытынды осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша жасалады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z23" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Салықтар бойынша аудиторлық қорытындыға біліктілік куәлігінің нөмірі мен берілген күнін көрсете отырып, орындаушы аудитор қол қояды, аудиторлық ұйым басшысының қолтаңбасымен бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      3) тармақша жаңа редакцияда көзделген – ҚР Қаржы министрінің 02.10.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда – ҚР Қаржы министрінің 16.01.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 561</w:t>
+        <w:t>№ 21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күннен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z24" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) салықтар бойынша аудит – осы Қағидаларда белгіленген талаптарды сақтай отырып, салықтың және бюджетке төленетін басқа да міндетті төлемдердің барлық түрлері бойынша есептеу мен төлеудің дұрыстығы, міндетті зейнетақы жарналарын, міндетті кәсіптік зейнетақы жарналарын есептеудің, ұстап қалудың және аударудың толық және уақтылы болуы, әлеуметтік аударымдарды есептеудің және төлеудің толық және уақтылы болуы мәселесі бойынша аудиторлық ұйым жүргізетін аудит;</w:t>
-[...31 lines deleted...]
-          <w:color w:val="ff0000"/>
+      10. Аудиторлық қорытындыға салықтар бойынша аудитті жүргізу барысында анықталған ауытқулар бойынша қажетті құжаттардың көшірмелері, аудитор жүргізген есептер және салықтар бойынша аудит барысында алынған басқа да материалдар қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z25" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Аудиторлық қорытынды үш данада жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аудиторлық қорытындының бір данасын аудиторлық ұйым аудиттелетін субъектіге, ол жасалған күннен бастап 3 (үш) жұмыс күні ішінде табыс етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аудиторлық қорытындының екінші данасы аудиторлық ұйымда қалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-тараудың тақырыбы жаңа редакцияда - ҚР Қаржы министрінің 06.05.2021 </w:t>
-[...41 lines deleted...]
-    <w:bookmarkEnd w:id="13"/>
+      Аудиторлық қорытындының үшінші данасы, жүргізілетін салықтық бақылау шаралары шеңберінде, сондай-ақ осы Қағидаттардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13-тармақтарына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік кірстер органының сұрау салуы бойынша аудиттелетін субъектінің тұрған жері бойынша мемлекеттік кірістер органына жолданады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда - ҚР Қаржы министрінің 06.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 433</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Салықтар бойынша аудиторлық қорытындыны мемлекеттік кірістер органына ұсыну тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      4-тармақ жаңа редакцияда көзделген – ҚР Қаржы министрінің 02.10.2025 </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. 4-тараудың тақырыбы жаңа редакцияда - ҚР Қаржы министрінің 06.05.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 561</w:t>
+        <w:t>№ 433</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
-[...23 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Аудиторлық қорытындыны аудиторлық ұйым аудиттелетін субъектіге осындай қорытынды табыс етілген күннен бастап 5 (бес) жұмыс күні ішінде аудиттелетін субъектінің орналасқан жері бойынша мемлекеттік кірістер органына ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Осы ереже аудиттелетін субъектінің Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>74-бабын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолдану мақсатында салықтар бойынша аудит жүргізуге қолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...43 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Қаржы министрінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 561</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...768 lines deleted...]
-    <w:bookmarkStart w:name="z28" w:id="23"/>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Аудиторлық қорытынды мемлекеттік кірістер органына ілеспе хат алып келу тәртібінде немесе почта бойынша ұсынылады</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-[...115 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="27"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2364,3137 +1934,4005 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Салықтар бойынша аудит</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жүргізу және салықтар бойынша</w:t>
+              <w:t>жүргізу және салықтар</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>аудиторлық қорытынды беру</w:t>
+              <w:t>бойынша аудиторлық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>қорытынды беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>қағидаларына қосымша</w:t>
-            </w:r>
-[...323 lines deleted...]
-              <w:t>№, берілген күні)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Нысан</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z30" w:id="24"/>
+      Бекітемін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аудиторлық ұйымның басшысы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (басшының ТАӘ, қолы, аудиторлық ұйымның атауы, лицензияның №, берілген күні)</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Салықтар бойынша аудиторлық қорытынды</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="24"/>
+        <w:t xml:space="preserve">              Салықтар бойынша аудиторлық қорытынды</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қосымша жаңа редакцияда - ҚР Қаржы министрінің 06.05.2021 </w:t>
+      Ескерту. Қосымша жаңа редакцияда – ҚР Қаржы министрінің 02.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 433</w:t>
+        <w:t>№ 561</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      _________________________                               _____________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (жасалған жері)                                                 (күні)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Аудиторлық ұйым_______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (аудиторлық ұйымның атауы, БСН) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Салықтар бойынша аудит жүргізуге арналған 20__ жылғы  "__"___________________ ___ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">шарттың негізінде, Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Салық кодексіне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Кодекс), </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Аудиторлық қызмет туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және Қазақстан </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Республикасының өзге де нормативті- құқықтық актілеріне сәйкес </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (дара кәсіпкердің ТАӘ, резидент заңды тұлғаның атауы жеке </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             сәйкестендіру нөмірі немесе бизнес-сәйкестендіру нөмірі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қатысты 20__ жылғы "__" _______ бастап 20__ жылғы "__" _______ кезеңге салықтар </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бойынша аудит жүргізілді және салықтар бойынша аудиторлық  қорытынды жасалды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Салықтар бойынша аудит ________ басталды Салықтар бойынша аудит </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________ аяқталды. (күні)       (күні) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        Салықтар бойынша аудитпен қамтылған салық және бюджетке төленетін басқа да </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">міндетті төлемдердің түрлері, тексерілетін мерзімі, бюджеттік  сыныптауыш коды (бұдан әрі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> БСК):_______________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Аудиттелетін субъектінің байланыс телефондары: телефондары,  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">факс:________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Салықтар бойынша аудит барысында берілген құжаттардың  тізбесі: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">______________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Салықтар бойынша аудит барысында берілмеген құжаттардың </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тізбесі:_______________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   1. Аудиттелетін субъекті туралы жалпы мәліметтер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1. Дара кәсіпкер ретінде мемлекеттік тіркеу туралы куәлік: сериясы _____;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> берілген күні ____ жылғы "__" _______нөмірі _____. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2. Заңды тұлға ретінде мемлекеттік тіркеу немесе қайта тіркеу туралы куәлік: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сериясы; берілген күні ____ жылғы "__"_______нөмірі_____.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3. Салық салу режимі:___________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       4. Ұйымдық-құқықтық нысаны:___________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       5. ____________________________________________________ есепте тұр.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(мемлекеттік кірістер органының атауы және коды, есепке қойылған күні)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       6. Салық төлеушінің куәлігі: сериясы _____; берілген күні ____ жылғы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "__"______нөмірі_____. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       7. ҚҚС бойынша есепте тұр: берілген куәлігі__________________сериясы  _____;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> берілген күні ____ жылғы "__" _______нөмірі _____, есепке қойылған күні _____ жылғы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"__" _______, есептен шығарылған күні ____ жылғы "__"  ________. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       8. Құрылтайшылар (қатысушылар):_________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Құрылтайшылардың (қатысушылардың) ТАӘ, ЖСН-і, құрылтайшы заңды тұлғаның атауы, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">БСН-і, жарғылық капиталдың сомасы, қатысу үлесі %). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       9. Аудиттелетін субъектінің мекенжайы (заңды мекенжайы): ___________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Пошта индексі: __________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Облыс/аудан: ___________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қала/аудан: _____________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кент/ауыл: _____________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Көше/шағын аудан:______________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Үй нөмірі: ______________________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Пәтер/бөлме:____________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Аудиттелетін субъектінің мекенжайы (іс жүзіндегі мекенжайы): </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Пошта индексі: __________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Облыс/аудан: _________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қала/аудан: _____________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кент/ауыл: _____________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Көше/шағын аудан:______________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Үй нөмірі: ______________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Пәтер/ бөлме: ___________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       10. Салықтар бойынша аудитпен қамтылған кезеңде лауазымды</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адамдар:___________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Басшының ТАӘ, ЖСН-і, болған кезеңі, бухгалтердің ЖСН-і, болған кезеңі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       11. Банктік шоттары туралы мәліметтер: ____________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (Банктің атауы, БСН, БСК*, шот №, валюта шотының түрі, ашылған және</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               жабылған күні).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       12. Салықтық жүктеме коэффициенті (СЖК): _________ бастап _______  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дейінгі кезең, СЖК =___пайыз, бұл ретте ______ теңге мөлшерінде ЖЖТ-ға сомасы _____ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">теңге салық есептелген.  13. Алдыңғы салықтық тексеру және (немесе) салықтар бойынша </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аудит туралы мәліметтер:____________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (актінің №, күні, орындаушының ТАӘ, өткізілген орны, тексерудің </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (салықтар бойынша аудиттің) кезеңі және түрі, жете есептелген (есептелген) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       салықтардың, төлемдердің, айыппұлдар мен өсімпұлдардың сомасы,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             бұзушылықтарды жою үшін қабылданған шаралар)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       14. Лицензияланатын және рұқсат берілген қызмет түрінің болуы туралы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мәліметтер:__________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (Лицензияның №, берілген күні, уақытша тоқтатылған күні, кері </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       қайтарып алынған күні, берген орган, лицензияланатын және рұқсат берілген </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               қызмет түрі). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       15. Іс жүзінде айналысатын қызмет түрлері туралы мәліметтер:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       16. Қайта ұйымдастыру туралы мәліметтер: _________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       17. Электрондық салық төлеуші ретінде тіркеу есебі туралы мәліметтер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       18. Аудиттелетін субъекті қызметінің жекелеген түрлері бойынша тіркеу есебі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы мәліметтер:_______________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       19. Құрылымдық бөлімшелер туралы мәліметтер (филиалдар, өкілдер):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       20. ФЖ бар бақылау-касса машиналар туралы мәліметтер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       21. Төлем терминалдарында тіркеу дректері туралы  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мәліметтер:__________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       22. Аудиттелетін субъектінің салық салу объектілерін және салық салуға байланысты</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объектілерін тіркеу деректері бойынша бұдан бұрын анықталған  бұзушылықтар туралы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мәліметтер:______________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">______________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       23. Аудиттелетін субъекті меншік иесі (қатысушы) болып табылатын  заңды тұлғалар </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>туралы мәліметтер:__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         2. Салықтар бойынша аудит мәліметтері</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        Осы Салықтар бойынша аудит мыналарды анықтады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1. Қызметін тоқтату (ұзарту, жаңғырту):_____________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2. Тиісті салықтық кезең ішіндегі корпоративтік (жеке) табыс салығы мен </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қосымша құн салығы бойынша салықтық есептіліктердің нысандарына сәйкес </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аудиттелетін субъектінің тауарларды, жұмыстарды, қызмет көрсетулерді іске асыруы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бойынша жылдық жиынтық табысы мен жалпы айналымы туралы мәліметтер: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3. Тиісті салықтық кезең ішіндегі корпоративтік (жеке) табыс салығы мен  қосымша құн</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> салығы бойынша салықтық есептіліктердің нысандарына сәйкес аудиттелетін субъект сатып</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алған тауарлар, жұмыстар және қызмет: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       4. Аудиттелетін субъектінің растауымен, тиісті салықтық кезең ішіндегі  салықтар бойынша </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аудиттің тексеретін кезеңіндегі аудиттелетін субъектінің алынған және берілген шот-</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фактуралар тізілімі, орындалған жұмыстардың актілер тізбесі туралы мәліметтер: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       5. Тиісті салықтық кезең ішіндегі жұмыскерлердің саны және аудиттелетін субъектінің </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">салықтық есептіліктердің нысандарына сәйкес олардың есептелген  табыстарының сомасы: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       6. Аудиттелетін субъектінің салықтық есептіліктері мен жеке шоттарын түгендеуді </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">салыстыру нәтижелері:__________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (салықтық есептіліктер қабылданған күн және №) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       7. "Пирамида" талдамалы есеп нәтижелер:___________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       8. Аудиттелетін субъектінің мемлекеттік сатып алуға қатысуы туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мәліметтер:__________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       9. Бұдан бұрын камералдық бақылау нәтижелері бойынша аудиттелетін  субъектіге</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатысты мемлекеттік кірістер органдары анықтаған, жойылмаған  бұзушылық және </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">салықтар аудиті барысында оларды жою бойынша қабылданған </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">шаралар:_________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">___________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       10. Аудиттелетін субъектінің касса, банк шоттары және фискальды жады  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бар бақылау-касса машиналары бойынша ақшалай қаражаттың қозғалысы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (шот №, шот валютасы, айналымы, күнтізбелік жылдың басындағы және</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         соңындағы сальдо). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       11. Салықтар бойынша аудит барысында аудиттелетін субъектінің </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> контрагенттеріне жолданған сұрау салулардың нәтижелері:_________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________________________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       12. Салықтар бойынша аудит барысында аудиттелетін субъектінің салық салу</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объектілері және салық салуға байланысты объектілерінің болуы туралы уәкілетті</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> органдар мен ұйымдарға жолданған сұрау салулардың нәтижелері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       13. Салықтар бойынша аудит барысында аудиттелетін субъектінің </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> экспорттық-импорттық операциялары бойынша мәліметтер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        (сыртқы экономикалық қызметке қатысушының атауы, аты, тегі, әкесінің аты</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (егер ол жеке басын куәландыратын құжатта көрсетілсе), тиісті салықтық </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       кезеңдер бойынша жалпы кедендік құн сомалары (объектінің саны). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       14. Аудиттелетін субъектінің жалған кәсіпорындармен жасалған операцияларының</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар-жоғы туралы, сот субъект кәсіпкерлік қызметті жүзеге асыру ниетінсіз жасаған деп </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">таныған, сот жарамсыз деп таныған мәміле бойынша шығыстар туралы, тіркелуін сот </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жарамсыз деп таныған контрагенттермен жасалған, жарамсыз деп танылған операциялар </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">туралы  ақпараттар:__________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (дара кәсіпкердің ТАӘ, заңды тұлғаның атауы ЖСН/БСН, салық </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       төлеушіні әрекетсіз деп тану туралы сот актісінің №, күні және контрагент </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         бойынша операциялар сомасы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       15. Аудиттелетін субъектінің дебиторлық және кредиторлық берешектері  туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпараттар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (дара кәсіпкердің ТАӘ, заңды тұлғаның атауы ЖСН/БСН, тиісті кезең</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             басындағы және аяғындағы сальдо, айналымдары) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       16. Аудиттелетін субъектінің шарттары мен мәмілелеріндегі тұлғаларды  ауыстыру</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және міндеттемелерді тоқтату (цессиялар, талаптарын беру, өзара есепке жатқызу, қарсы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">талаптарды есепке жатқызу, борышты кешу, бас тарту, жаңалық, орындауға мүмкiндiк </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">болмағандықтан мiндеттеменiң тоқтатылуы және тағы басқа) туралы мәліметтер: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       17. Аудиттелетін субъектінің бейрезиденттермен операциялары бойынша мәліметтер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (Бейрезиденттердің ТАӘ, атауы, салықтық кезеңдер, табыс түрлерінің коды,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       шарттың (келісім-шарттың) № мен күні, есептелген және төленген </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               табыстардың сомалары)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _________________________                        _____________</w:t>
+             18. Аудиттелетін субъектінің өзара байланысы туралы мәліметтер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (дара кәсіпкердің, жеке тұлғаның ТАӘ, заңды тұлғаның атауы ЖСН/БСН). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       19. Аудиттелетін субъектінің, салық және бюджетке төленетін басқа да міндетті</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> төлемдер сомасының есептелуі және (немесе) есептелген соманы қайта қарау бөлігінде, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">талап қою мерзімі өтуіне күнтізбелік біржылдан аз қалған кезеңге өзгерістері мен </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">толықтырулары бар қосымша салықтық есептілікті  ұсынуы туралы мәліметтер: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       20. "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">терроризмді қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес аудиттелетін субъекті аудиторлық ұйымдарға берген мәліметтер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (жолданған құжаттың №, күні) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 21. Қосымша мәліметтер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">___________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Салықтар бойынша аудит нәтижелері </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>№ 1-қосымша</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (жасалған жері)                              (күні)</w:t>
-[...17 lines deleted...]
-      Аудиторлық ұйым____________________________________________________ </w:t>
+      Мұнай секторының ұйымдарынан түсетін түсімдерді қоспағанда, резидент-заңды тұлғалардан түсетін корпоративтік табыс салығы (БСК______) ____ жыл (__________ бастап __________ дейінгі кезең).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (аудиторлық ұйымның атауы, БСН)</w:t>
+      Салық салу режимі: ______________________________________________.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтар бойынша аудит жүргізуге арналған 20__ жылғы "__"</w:t>
-[...75 lines deleted...]
-      ____________________________________________________________________ </w:t>
+      Есептеулер жүргізілуі тиіс мемлекеттік кірістер органы: _______________.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (дара кәсіпкердің Т.А.Ә. (болған кезде), резидент заңды тұлғаның атауы жеке сәйкестендіру нөмірі немесе бизнес-сәйкестендіру нөмірі) қатысты 20__ жылғы "__" _______ бастап 20__ жылғы "__" _______ кезеңге салықтар бойынша аудит жүргізілді және салықтар бойынша аудиторлық қорытынды жасалды.</w:t>
-[...2473 lines deleted...]
-      Табыстар:</w:t>
+      Кірістер:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
@@ -5511,195 +5949,385 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Табыстардың атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кірістердің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудиттелетін субъектінің деректері бойынша</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудиттелетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субъектінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтар бойынша аудит деректері бойынша</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Салықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аудит </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ауытқу</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ауытқу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5902,195 +6530,385 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шығыстардың атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шығыстардың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудиттелетін субъектінің деректері бойынша</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудиттелетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субъектінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтар бойынша аудит деректері бойынша</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Салықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аудит </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ауытқу</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ауытқу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6293,195 +7111,385 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Залалдардың атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Залалдардың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудиттелетін субъектінің деректері бойынша</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудиттелетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субъектінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтар бойынша аудит деректері бойынша</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Салықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аудит </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ауытқу</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ауытқу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6623,51 +7631,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Салық салынатын табысты есептеу:</w:t>
+      Салық салынатын кірісті есептеу:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
@@ -6684,195 +7692,405 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есептеу бабының атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Есептеу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бабының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудиттелетін субъектінің деректері бойынша</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудиттелетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субъектінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтар бойынша аудит деректері бойынша</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Салықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аудит </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ауытқу</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ауытқу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6905,51 +8123,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Түзетуден кейінгі жылдық жиынтық табыс</w:t>
+Түзетуден кейінгі жылдық жиынтық кіріс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7424,51 +8642,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салық салынатын табыс (түзетумен қосқанда)</w:t>
+Салық салынатын кіріс (түзетуді есепке алғанда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7597,51 +8815,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Залалдар (ауыстырылған залалдар мен түзетулерді қосқанда)</w:t>
+Залалдар (ауыстырылған залалдар мен түзетулерді есепке алғанда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7770,51 +8988,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-% түрінде салықтың мөлшерлемесі</w:t>
+салықтың мөлшерлемесі, %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8289,51 +9507,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салық жеңілдігі бойынша есептелген салық</w:t>
+Жеңілдік бойынша есептелген салықтың барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8462,51 +9680,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дербес шот бойынша төленген салық</w:t>
+Жеке шот бойынша артық төлем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8596,324 +9814,357 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алшақтықтар:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...272 lines deleted...]
-      Табыстар:</w:t>
+        <w:t xml:space="preserve"> ____________________________________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (алшақтықтар сомасы теңгемен)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Есептелген (азайтылған) салықтар мен залалдардың </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сомасы:_____________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Бап бойынша есептелген салықтың барлығы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (есептелген (азайтылған) салықтар мен залалдардың сомасы, кезең) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Алшақтықтың себептері және салық </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">есептеу үшін негіздеме: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дәлелдемелер: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               № 2-қосымша </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Төлем көзінен салық салынбайтын кірістерден алынатын жеке табыс салығы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(БСК _________) ________ жыл (________ бастап ________ дейінгі  кезең).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Салық салу режимі: __________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Есептеулер жүргізілуі тиіс мемлекеттік кірістер органы:___________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кірістер:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
@@ -8966,51 +10217,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Табыстардың атауы</w:t>
+Кірістердің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9321,195 +10572,385 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шығыстардың атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шығыстардың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудиттелетін субъектінің деректері бойынша</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудиттелетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субъектінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтар бойынша аудит деректері бойынша</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Салықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аудит </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ауытқу</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ауытқу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9712,195 +11153,385 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Залалдардың атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Залалдардың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудиттелетін субъектінің деректері бойынша</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудиттелетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субъектінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтар бойынша аудит деректері бойынша</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Салықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аудит </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ауытқу</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ауытқу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10103,195 +11734,385 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Айналымдардың атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Айналымдардың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудиттелетін субъектінің деректері бойынша</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудиттелетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субъектінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтар бойынша аудит деректері бойынша</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Салықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аудит </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ауытқу</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ауытқу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10433,51 +12254,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Салық салынатын табысты есептеу:</w:t>
+      Салық салынатын кірісті есептеу:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
@@ -10494,195 +12315,405 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есептеу бабының атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Есептеу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бабының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудиттелетін субъектінің деректері бойынша</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудиттелетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субъектінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудиторлық қорытындының деректері бойынша</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудиторлық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қорытындының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ауытқу</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ауытқу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10715,51 +12746,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Түзетуден кейінгі жылдық жиынтық табыс</w:t>
+Түзетуден кейінгі жылдық жиынтық кіріс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11407,51 +13438,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салық салынатын табыс (түзетумен қосқанда)</w:t>
+Салық салынатын кіріс (түзетуді есепке алғанда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11580,51 +13611,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Залалдар (ауыстырылған залалдар мен түзетулерді қосқанда)</w:t>
+Залалдар (ауыстырылған залалдар мен түзетулерді есепке алғанда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11752,52 +13783,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-% түрінде салықтың мөлшерлемесі</w:t>
+              <w:t xml:space="preserve">
+Салық мөлшерлемесі, % </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12272,51 +14303,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салық жеңілдігі бойыншаесептелген салық</w:t>
+Жеңілдік бойынша есептелген салықтың барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12445,51 +14476,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дербес шот бойынша төленген салық</w:t>
+Жеке шот бойынша артық төлем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12562,323 +14593,408 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Алшақтық: _____________________________________________________________ (алшақтықтың сомасы теңгемен);</w:t>
-[...271 lines deleted...]
-      ҚҚС бойынша есептеулер:</w:t>
+      Алшақтық:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (алшақтықтың сомасы теңгемен)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Есептелген (азайтылған) салықтар мен залалдардың  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сомасы:______________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Бап бойынша есептелген салықтың </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">барлығы:____________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (есептелген (азайтылған) салықтар мен залалдардың сомасы, кезең) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Алшақтықтың себептері және салықты есептеу үшін негіздеме: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Дәлелдемелер: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               № 3-қосымша </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасының аумағында өндірілген тауарлар, орындалған  жұмыстар,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген қызмет бойынша қосымша құн салығы (БСК ______) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____ жылы __ тоқсан (__________ бастап __________ дейінгі кезең).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Салық салу режимі: ______________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Есептеу жүргізілуі тиіс мемлекеттік кірістер органы:__________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ҚҚС бойынша есептеулер:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
@@ -12897,267 +15013,687 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есептеулердің атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Есептеулердің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудиттелетін субъектінің деректері бойынша айналым</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудиттелетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субъектінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>айналым</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудиттелетін субъектінің деректері бойынша ҚҚС</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудиттелетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субъектінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ҚҚС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтар бойынша аудит деректері бойынша айналым</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Салықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аудит </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>айналым</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтар бойынша аудит деректері бойынша ҚҚС</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Салықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аудит </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ҚҚС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ҚҚС бойынша ауытқу</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚҚС </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ауытқу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13363,51 +15899,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Есепке жататын ҚҚС:</w:t>
+      Есепке жатқызылатын ҚҚС:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
@@ -13426,267 +15962,707 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есепке жататын ҚҚС атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Есепке</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жатқызылатын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ҚҚС </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудиттелетін субъектінің деректері бойынша айналым</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудиттелетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субъектінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>айналым</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудиттелетін субъектінің деректері бойынша ҚҚС</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудиттелетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субъектінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ҚҚС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтар бойынша аудит деректері бойынша айналым</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Салықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аудит </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>айналым</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтар бойынша аудит деректері бойынша ҚҚС</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Салықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аудит </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ҚҚС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ҚҚС бойынша ауытқу</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚҚС </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ауытқу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13892,51 +16868,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ҚҚС есептеу:</w:t>
+      ҚҚС есебі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
@@ -13955,267 +16931,717 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ҚҚС бойынша есептердің атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚҚС </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>есептердің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудиттелетін субъектінің деректері бойынша айналым</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудиттелетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субъектінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>айналым</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудиттелетін субъектінің деректері бойынша ҚҚС</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудиттелетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субъектінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ҚҚС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтар бойынша аудит деректері бойынша айналым</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Салықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аудит </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>айналым</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтар бойынша аудит деректері бойынша ҚҚС</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Салықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аудит </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ҚҚС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ҚҚС бойынша ауытқу</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚҚС </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ауытқу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14485,51 +17911,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есепке жататын ҚҚС сомасы</w:t>
+Есепке жатқызылатын ҚҚС сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14722,51 +18148,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-а) бөлек есептеу әдісі</w:t>
+а) бөлек есепке алу әдісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15433,51 +18859,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салық бойынша жеңілдік (ауыл шаруашылық өндірушілер үшін)</w:t>
+Салық бойынша жеңілдік (ауыл шаруашылығы тауарларын өндірушілер үшін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15670,51 +19096,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Төленуге жататын ҚҚС(ауыл шаруашылық өндірушілер үшін)</w:t>
+Төленуге жататын ҚҚС (ауыл шаруашылығы тауарларын өндірушілер үшін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15906,52 +19332,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Есепке жатқызылғаннан артық ҚҚС</w:t>
+              <w:t xml:space="preserve">
+Есепке жатқызылған ҚҚС-тің асып кетуі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16381,51 +19807,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есепке жатқызылғаннан артық ҚҚС</w:t>
+Есепке жатқызылған ҚҚС-тің асып кетуі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16562,414 +19988,501 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Алшақтық: _____________________________________________________________ (алшақтықтың сомасы теңгемен);</w:t>
-[...362 lines deleted...]
-      </w:r>
+      Алшақтық:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (алшақтықтың сомасы теңгемен);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Есептелген (азайтылған) салықтар мен залалдардың сомасы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">______________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бап бойынша есептелген салықтың барлығы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(есептелген (азайтылған) салықтар мен залалдардың сомасы, кезең) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Алшақтықтың себептері және салықты есептеу үшін негіздеме:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дәлелдемелер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               № 4-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Төлем көзінен салық салынатын кірістен жеке табыс салығы (БСК ______)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____ жыл __ тоқсан (____ бастап ____ дейінгі кезең)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Салық салу режимі: ______________________________________________. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Есептеу жүргізілуі тиіс мемлекеттік кірістер органы:__________________. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Аудиттелетін субъектінің мәліметі бойынша: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қызметкерлердің саны: __; Еңбекақы төлеу қоры: ____________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Салықтар бойынша аудит деректері бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қызметкерлердің саны: __; Еңбекақы төлеу қоры: ____________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жеке табыс салығы бойынша есеп:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
@@ -16988,303 +20501,993 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Табыс (Аудиттелетін субъектінің деректері)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кіріс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудиттелетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субъектінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салық салынбайтын табыстар (Аудиттелетін субъектінің деректері)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Салық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>салынбайтын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кірістер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудиттелетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субъектінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-МЗЖ сомасы (Аудиттелетін субъектінің деректері)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МЗЖ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сомасы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудиттелетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субъектінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ЖТС сомасы (Аудиттелетін субъектінің деректері)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЖТС </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сомасы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудиттелетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субъектінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Төленген табыстар (Аудиттелетін субъектінің деректері)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Төленген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кірістер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудиттелетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субъектінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Табыстар (Салықтар бойынша аудит деректері)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кірістер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Салықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аудит </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салық салынбайтын табыстар (Салықтар бойынша аудит деректері)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Салық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>салынбайтын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кірістер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Салықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аудит </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17787,51 +21990,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жеке табыс салығының айлық есептеулері (жалғасы):</w:t>
+      Жеке табыс салығының есебі (жалғасы):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -17852,375 +22055,1095 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-МЗЖ сомасы (Салықтар бойынша аудит деректері)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МЗЖ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сомасы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Салықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аудит </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ЖТС сомасы (Салықтар бойынша аудит деректері)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЖТС </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сомасы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Салықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аудит </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Төленген табыстар (Салықтар бойынша аудит деректері)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Төленген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кірістер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Салықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аудит </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Табыстар бойынша алшақтықтар</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кірістер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алшақтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтардан бойынша алшақтықтар</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Салықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алшақтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеткіліксіз жиналған</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеткіліксіз</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жиналған</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-(Аудиттелетін субъект және тиісті салықтар бойынша аудит деректері)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудиттелетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> субъект </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тиісті</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>салықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аудит </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Артық жиналған</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Артық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жиналған</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-(Аудиттелетін субъект және тиісті салықтар бойынша аудит деректері)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудиттелетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> субъект </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тиісті</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>салықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аудит </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ескерту</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18787,51 +23710,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Жеке табыс салығының айлық есептеулері: </w:t>
+      Жеке табыс салығының ай сайынғы есебі: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
@@ -18851,303 +23774,783 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ай</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-табыстар бойынша кезеңнің басындағы борыш</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кірістер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кезең</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>басындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>борыш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-салық бойынша кезеңнің басындағы борыш</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>салық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кезең</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>басындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>борыш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кезең ішіндеесептелген табыс</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кезең</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ішінде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>есептелген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кіріс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кезең ішіндеесептелген салық</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кезең</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ішінде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>есептелген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кезең ішіндетөленген табыс</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кезең</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ішінде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>төленген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кіріс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кезең ішіндеаударылған салық</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кезең</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ішінде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аударылған</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19650,51 +25053,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Жеке табыс салығының айлық есептеулері (жалғасы): </w:t>
+      Жеке табыс салығының ай сайынғы есебі (жалғасы): </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
@@ -19713,267 +25116,577 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Үлес салмағы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Үлес</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>салмағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудиттелетін субъектінің деректері бойынша есептелген салық</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудиттелетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субъектінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>есептелген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-салықтар бойынша аудит деректері бойынша есептелген салық</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>салықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аудит </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>есептелген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ауытқу</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ауытқу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Артық төлем</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Артық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>төлем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-жиыны</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жиыны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20412,359 +26125,425 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Алшақтық: ____________________________________________________________ (алшақтықтың сомасы теңгемен);</w:t>
-[...307 lines deleted...]
-      Басқа салықтар мен төлемдер:</w:t>
+      Алшақтық:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(алшақтықтың сомасы теңгемен) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Есептелген (азайтылған) салықтар мен залалдардың </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сомасы:_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бап бойынша есептелген салықтың </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> барлығы:____________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (есептелген (азайтылған) салықтар мен залалдардың сомасы, кезең) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Алшақтықтың себептері және салықты есептеу үшін негіздеме: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дәлелдемелер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         № 5-қосымша </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        Басқа салықтар мен төлемдер түрі (БСК ______) ____ жыл__ тоқсан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (________ бастап __________дейінгі кезең).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Салық салу режимі:_______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Есептеу жүргізілуі тиіс мемлекеттік кірістер органы: __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Салық салу объектісінің өлшем бірлігі:______________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Басқа салықтар мен төлемдер есебі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
@@ -21036,51 +26815,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ескерту</w:t>
+Ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22151,51 +27930,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салық жеңілдігі бойынша есептелген салық</w:t>
+Жеңілдік бойынша есептелген салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22388,51 +28167,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дербес шоты бойынша артық төлем</w:t>
+Жеке шоты бойынша артық төлем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22586,704 +28365,841 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алшақтық:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...1 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">____________________________________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (алшақтықтың сомасы теңгемен)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Есептелген (азайтылған) салықтар мен залалдардың сомасы:____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Бап бойынша есептелген салықтың</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> барлығы:____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (есептелген (азайтылған) салықтар мен залалдардың сомасы, кезең)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Алшақтықтың себептері және салықты есептеу үшін негіздеме:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дәлелдемелер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               № 6-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Салық салынатын база болмаған кезде толтырылады</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) Есепті кезең: __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) Салықтар мен төлемдердің түрлері (БСК):__________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) Салықтар мен төлемдердің қолданыстағы түрі:______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) Салық салу режимі:____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) Есептеу жүргізілуі тиіс мемлекеттік кірістер органы (МКО коды):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Аудиторлық қорытындының деректері бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Салық салынатын базасы болмауына байланысты салықтар бойынша ____ бастап </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____ дейінгі кезеңдегі есептеу дұрыстығы мәселесі бойынша салықтар бойынша аудит </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кезінде бұзушылықтар мен алшақтықтар анықталмаған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Лицензиясыз қызметті жүзеге асыру кезінде толтырылады</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) Есепті кезең: __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) Салықтар мен төлемдердің түрлері (БСК):__________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) Салықтар мен төлемдердің қолданыстағы түрі:______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) Салық салу режимі:_________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) Есептеу жүргізілуі тиіс мемлекеттік кірістер органы (МКО </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>коды):_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Аудиторлық қорытындының деректері бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Салық салынатын базасы болмауына байланысты салықтар бойынша ____ бастап </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____ дейінгі кезеңдегі есептеу дұрыстығы мәселесі бойынша салықтар бойынша аудит </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кезінде бұзушылықтар мен алшақтықтар анықталмаған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (алшақтықтың сомасы теңгемен);</w:t>
-[...633 lines deleted...]
-      Шағын субъект бизнес үшін салық есептеу:</w:t>
+                                     № 7-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Мұнай секторы ұйымдарынан түсетін түсімдерді қоспағанда, резидент- заңды </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тұлғалардан түсетін корпоративтік табыс салығы (БСК_____) ____ жыл  (__________ бастап </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________ дейінгі кезең).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (Төлем көзінен салық салынбайтын, жеке табыс салығы (БСК _________).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Әлеуметтік салық (БСК______) ____ жыл __ тоқсан (__________ бастап __________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дейінгі кезең).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Салық салу режимі: __________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Есептеу жүргізілуі тиіс мемлекеттік кірістер органы: _____________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Шағын бизнес субъектілері үшін салық есебі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
@@ -23300,195 +29216,415 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есептеу бабының атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Есептеу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бабының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудиттелетін субъектінің деректері бойынша</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудиттелетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субъектінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтар бойынша аудит деректері бойынша</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Салықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аудит </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Алшақтық (+/-)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Алшақтық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (+/-)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -23521,51 +29657,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салық кезеңі үшін табыс</w:t>
+Салық кезеңі үшін кіріс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24040,51 +30176,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Табыстың шекті сомасынан асып кеткен табыс сомасы</w:t>
+Кірістің шекті сомасынан асып кеткен кіріс сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24213,51 +30349,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-орташа айлық жалақысы кемінде ЕЖМ-нің 2 есенемесе 2,5 есесін құрайтын қызметкерлердің орташа тізімдік саны</w:t>
+жалақысы кемінде 2 немесе 2,5 еселенген ЕТЖ-ні құрайтын жұмыскерлердің орташа тізімдік саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24386,51 +30522,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықты қызметкерлердің орташа тізімдік санынан азайту жағына түзету</w:t>
+Салықты жұмыскерлердің орташа тізімдік санынан азайту жағына түзету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24732,51 +30868,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Корпоративтік (жеке) табыс салығы</w:t>
+Корпоративтік (жеке) табыс салығының сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24905,51 +31041,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-КТС (ЖТС) дербес шоты бойынша артық төлемі</w:t>
+КТС (ЖТС) жеке шоты бойынша артық төлем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25078,51 +31214,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Әлеуметтік салықтың сомасы</w:t>
+Әлеуметтік салық сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25251,51 +31387,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дербес шот бойынша артық төлем</w:t>
+Жеке шот бойынша артық төлем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25367,360 +31503,392 @@
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>
-      (алшақтықтың сомасы теңгемен);</w:t>
-[...289 lines deleted...]
-      Акциз</w:t>
+      Алшақтық:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (алшақтықтың сомасы теңгемен)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Есептелген (азайтылған) салық сомасы:_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Бап бойынша есептелген салықтың барлығы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (есептелген (азайтылған) салықтардың сомасы, кезең)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Алшақтықтың себептері және салықты есептеу үшін негіздеме:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дәлелдемелер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                8-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Акцизделетін тауарлардың түрі (БСК ______):_______________жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (________ бастап ________ дейінгі кезең).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Салық салу режимі: __________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Есептеу жүргізілуі тиіс мемлекеттік кірістер органы:______________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Акциз</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
@@ -25740,303 +31908,643 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ай</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Айы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Объектің атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Объектің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Акциз мөлшерлемесі (аудиттелетін субъект)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Акциз </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мөлшерлемесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аудиттелетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> субъект)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Объектілердің саны (аудиттелетін субъект)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Объектілердің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> саны (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аудиттелетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> субъект)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Айналымның сомасы (аудиттелетін субъект)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Айналымның</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сомасы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аудиттелетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> субъект)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Акциз сомасы (аудиттелетін субъект)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Акциз </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сомасы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аудиттелетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> субъект)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Акциз мөлшерлемесі (салықтар бойынша аудит бойынша)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Акциз </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мөлшерлемесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>салықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аудит </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -26338,303 +32846,633 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Объектілердің саны (салықтар бойынша аудит)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Объектілердің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> саны (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>салықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аудит)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Айналымның сомасы (салықтар бойынша аудит)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Айналымның</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сомасы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>салықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аудит)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Акциз сомасы (салықтар бойынша аудит)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Акциз </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сомасы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>салықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аудит)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есептелген сомасы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Есептелген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дербес шот бойынша артық төлем</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жеке шот </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>артық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>төлем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-жиыны</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жиыны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ескерту</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -26871,360 +33709,392 @@
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>
-      (алшақтықтың сомасы теңгемен);</w:t>
-[...289 lines deleted...]
-      Тіркелген салық:</w:t>
+      Алшақтық:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>                  (алшақтықтың сомасы теңгемен)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Есептелген (азайтылған) салықтардың сомасы:_______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Бап бойынша есептелген салықтың  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">барлығы:____________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (есептелген (азайтылған) салықтардың сомасы, кезең)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Алшақтықтың себептері және салықты есептеу үшін негіздеме:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Дәлелдемелер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               № 9-қосымша </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Ойын бизнесі салығы (БСК ______) ____ жыл __ тоқсан (__________бастап </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________ дейінгі кезең).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Салық салу режимі: ______________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Есептеу жүргізілуі тиіс мемлекеттік кірістер органы:__________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Ойын бизнесі салығы:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -27245,965 +34115,1220 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салық салу объектісінің атауы (объектінің өлшем бірлігі)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Салық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> салу </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>объектісінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>объектінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өлшем</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бірлігі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тіркелген салықтың мөлшерлемесі (Аудиттелетін субъектінің деректері)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ойын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бизнесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>салығының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мөлшерлемесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аудиттелетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субъектінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Объектілердің саны (Аудиттелетін субъектінің деректері)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Объектінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> саны (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудиттелетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субъектінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тіркелген салықтың сомасы (Аудиттелетін субъектінің деректері)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ойын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бизнесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>салығының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сомасы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудиттелетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субъектінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тіркелген салықтың мөлшерлемесі (салықтар бойынша аудит деректері)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ойын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бизнесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>салығының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мөлшерлемесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>салықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аудит </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Объектінің саны (салықтар бойынша аудит деректері)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Объектінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> саны (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>салықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аудит </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тіркелген салықтың сомасы (салықтар бойынша аудит деректері)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ойын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бизнесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>салығының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сомасы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>салықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аудит </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Алшақтықтар</w:t>
-[...297 lines deleted...]
-            </w:pPr>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Алшақтық</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>
-      (алшақтықтың сомасы теңгемен);</w:t>
-[...289 lines deleted...]
-      Ойын бизнесіне салынатын салық:</w:t>
+      Ойын бизнесі салығының есебі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -28224,713 +35349,1199 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салық салу объектісінің атауы(объектінің өлшем бірлігі)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Салық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> салу </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>объектісінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>объектінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өлшем</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бірлігі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ойын бизнесіне салынатын салықтың мөлшерлемесі (аудиттелетін субъектінің деректері)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ойын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бизнесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>салығының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мөлшерлемесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аудиттелетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субъектінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Объектінің саны (Аудиттелетін субъектінің деректері)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Объектінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> саны (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудиттелетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субъектінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бизнесіне салынатын салықтың сомасы (Аудиттелетін субъектінің деректері)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ойын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бизнесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>салығының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сомасы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудиттелетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субъектінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бизнесіне салынатын салықтың мөлшерлемесі (салықтар бойынша аудит деректері)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ойын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бизнесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>салығының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мөлшерлемесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>салықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аудит </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Объектінің саны (салықтар бойынша аудит деректері)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Объектілердің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> саны (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>салықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аудит </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бизнесіне салынатын салықтың сомасы (салықтар бойынша аудит деректері)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ойын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бизнесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>салығының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сомасы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>салықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аудит </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Алшақтық</w:t>
-[...373 lines deleted...]
-Алшақтық</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Алшақтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -28963,51 +36574,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ойын бизнесіне салынатын салықтың есептелген сомасы</w:t>
+Есептелген ойын бизнесі салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29264,51 +36875,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджетке төленетін қосымша төлемнің сомасы</w:t>
+Бюджетке төленуге жататын қосымша төлем сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29565,51 +37176,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-КТС дербес шоты бойынша артық төлем</w:t>
+Жеке шоты бойынша артық төлем (КТС)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29827,324 +37438,323 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алшақтық:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...272 lines deleted...]
-      Түскен активтердің, оның ішінде кредиттер мен алынған аванстардың барлығы:</w:t>
+        <w:t xml:space="preserve">____________________________________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(алшақтықтың сомасы теңгемен)   Есептелген (азайтылған) салықтардың </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сомасы:_____________  Бап бойынша есептелген салықтың  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">барлығы:____________________________________________________________  (есептелген </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(азайтылған) салықтардың сомасы, кезең)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Алшақтықтың себептері және салықты есептеу үшін негіздеме:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дәлелдемелер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 10-қосымша*</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Коммерциялық емес ұйымдардың кірістері мен шығыстарының ашып</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жазылуы _______ жыл (__________ бастап ________ дейінгі кезең).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Келіп түскен активтердің, оның ішінде кредиттер мен алынған аванстардың барлығы:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
@@ -30167,411 +37777,781 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құжаттың күні</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Құжаттың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құжаттың нөмірі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Құжаттың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Төлемнің тағайындалуы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Төлем</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тапсырмасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тауарлардың, жұмыстардың, қызметтердің атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тауарлардың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыстардың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметтердің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бірліктің құны теңгемен</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бірліктің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>құны</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>теңгемен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бірліктің құны валютамен</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бірліктің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>құны</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>валютамен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Саны</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-сомасытеңгемен</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сомасы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>теңгемен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-сомасы валюта мен</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сомасы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>валютамен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Валютаның атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Валютаның</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -30905,51 +38885,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Түскен активтердің, оның ішінде кредиттер мен алынған аванстардың барлығы (жалғасы):</w:t>
+      Келіп түскен активтердің, оның ішінде кредиттер мен алынған аванстардың барлығы (жалғасы):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
@@ -30972,411 +38952,671 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бейрезидент</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бейрезидент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ЖСН/БСН</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖСН/БСН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Заңды (жеке) тұлғаның атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заңды</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тұлғаның</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Резиденттік елі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Резиденттік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>елі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бейрезидент банк</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бейрезидент</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> банк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Банктің атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Банктің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-БСК*</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>БСК*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шоттың түрі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шоттың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шоттың нөмірі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шоттың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ескерту</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -31710,51 +39950,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Кезеңдегі шығыстардың барлығы:</w:t>
+       Кезеңдегі шығыстардың барлығы:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
@@ -31777,411 +40017,771 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құжаттың уақыты</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Құжаттың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құжаттың нөмірі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Құжаттың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Төлемнің тағайындалуы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Төлем</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тапсырмасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тауарлардың, жұмыстардың, қызметтердің атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тауарлардың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыстардың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметтердің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бірліктің құны теңгемен</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бірліктің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>құны</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>теңгемен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бірліктің құны валютамен</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бірліктің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>құны</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>валютамен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Саны</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-сомасытеңгемен</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сомасы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>теңгемен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-сомасы валюта мен</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сомасы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> валюта мен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Валютаның атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Валютаның</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -32515,51 +41115,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Кезеңдегі шығыстардың барлығы (жалғасы):</w:t>
+       Кезеңдегі шығыстардың барлығы (жалғасы):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
@@ -32582,411 +41182,751 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бейрезидент</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бейрезидент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ЖСН/БСН</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖСН/БСН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Заңды (жеке) тұлғаның атауы, тегі, аты, әкесінің аты</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заңды</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тұлғаның</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тегі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>әкесінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Резиденттік елі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Резиденттік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>елі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бейрезидент банк</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бейрезидент</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> банк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Банктің атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Банктің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-БСК*</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>БСК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шоттың түрі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шоттың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шоттың нөмірі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шоттың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ескерту</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -33320,89 +42260,85 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      * Ескерту: осы қосымша коммерциялық емес ұйымдар бойынша толтырылады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+      *Ескертпе: осы қосымшаны коммерциялық емес ұйымдар толтырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Қорытынды</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Қорытынды</w:t>
-[...18 lines deleted...]
-      Салықтар бойынша аудит нәтижелері бойынша салықтарды және бюджетке төлентетін басқа да міндетті төлемдерді есептеу және төлеу, міндетті зейнетақы жарналарын, міндетті кәсіптік зейнетақы жарналарын есептеу, ұстап қалу, аудару әлеуметтік аударымдарды есептеу және төлеу бойынша мынадай міндеттемелер айқындалды: </w:t>
+      Салықтар бойынша аудит нәтижелері бойынша салықтарды және бюджетке төлентетін басқа да міндетті төлемдерді есептеу және төлеу, міндетті зейнетақы жарналарын, міндетті кәсіптік зейнетақы жарналарын есептеу, ұстап қалу, аудару әлеуметтік аударымдарды есептеу және төлеу бойынша мынадай міндеттемелер айқындалды:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
@@ -33419,195 +42355,335 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтың, төлемнің коды</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Салықтың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>төлемнің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтың, төлемнің түрі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Салықтың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>төлемнің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есептелетін сома</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Есептелетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сома</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Азайтылатын сома</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Азайтылатын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сома</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -33932,609 +43008,576 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Салықтар бойынша аудит нәтижесінде анықталған бұзушылықтар туралы және оларды аудиттелетін субъектінің салықтар бойынша аудит барысында жоюы туралы ақпарат</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _________________________________________________________________</w:t>
-[...287 lines deleted...]
-      (Қорытындыны жөнелту және (немесе) қолма-қол алу, хабарламасы бар тапсырыс хатпен алу фактісін растайтын құжат).</w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Аудиторлық қорытындыға қосымша ____ парақта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Салықтар бойынша аудитті жүргізген адамдар:_______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Атқарушы-аудиторлардың ТАӘ, қолы, біліктілік куәлігінің №, берілген күні).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Салықтар бойынша аудиторлық қорытындыны алдым (-ық):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(аудиттелетін субъектінің немесе өкілінің ТАӘ, қолы, алған күні)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Салықтар бойынша аудиторлық қорытынды аудиттелетін субъектіге табыс етілді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(аудиторлық ұйымның лауазымды тұлғасының ТАӘ, қолы, берген күні) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Салықтар бойынша аудиторлық қорытынды аудиттелетін субъектіге жөнелтілді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Қорытындыны жөнелту және (немесе) қолма-қол алу, хабарламасы бар </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тапсырыс хатпен алу фактісін растайтын құжат).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аббревиатуралардың толық жазылуы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      БСК - бюджеттік сыныптауыш коды;</w:t>
+      БСК – бюджеттік сыныптама коды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      БСК*- банктік сәйкестендіру коды;</w:t>
+      БСК – банктік сәйкестендіру коды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      БСН - бизнес-сәйкестендіру нөмірі;</w:t>
+      БСН – бизнес-сәйкестендіру нөмірі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ЕЖМ - ең төменгі жалақы мөлшері;</w:t>
+      ЕЖМ – ең төменгі жалақы мөлшері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ЖЖТ - жылдық жиынтық табыс;</w:t>
+      ЖЖК – жылдық жиынтық кіріс;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ЖСН - жеке-сәйкестендіру нөмірі;</w:t>
+      ЖСН – жеке-сәйкестендіру нөмірі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ЖТС - жеке табыс салығы;</w:t>
+      ЖТС – жеке табыс салығы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      КТС - корпоративтік табыс салығы;</w:t>
+      КТС – корпоративтік табыс салығы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ҚҚС - қосымша құн салығы;</w:t>
+      ҚҚС – қосымша құн салығы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      МЗЖ - міндетті зейнетақы жарнасы;</w:t>
+      МЗЖ – міндетті зейнетақы жарнасы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      МКО - мемлекеттік кірістер органы;</w:t>
+      МКО – мемлекеттік кірістер органы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      СЖК - салықтық жүктеме коэффициенті;</w:t>
+      СЖК – салықтық жүктеме коэффициенті;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Т.А.Ә. - тегі, аты, әкесінің аты;</w:t>
+      ТАӘ – тегі, аты, әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ФС - фискалдық жад.</w:t>
+      ФЖ – фискалдық жады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -34574,55 +43617,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>