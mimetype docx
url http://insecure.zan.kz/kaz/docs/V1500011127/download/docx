--- v0 (2025-10-02)
+++ v1 (2025-11-28)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="26628f1" w14:textId="26628f1">
+    <w:p w14:paraId="bdb3f89" w14:textId="bdb3f89">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2640,71 +2640,167 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z26" w:id="24"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9-тармақ жаңа редакцияда көзделген – ҚР Ауыл шаруашылығы министрінің м.а. 25.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 330</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Ауыл шаруашылығы жануарларының барлық түріне қосымша келесі тәсілдермен жеке нөмір беруге жол беріледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электрондық бірдейлендіру тәсілі (ауыл шаруашылығы жануарларын бірдейлендіруді жүргізу үшін пайдаланылатын радиожиілікті белгісі бар сырғалар, болюстер, чиптер және басқа бұйымдар (құралдар);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2867,70 +2963,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="25"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Сырғалау ауыл шаруашылығы жануарының құлағының ортасына аспалы сырғалықты көктамырларға тигізбей бекіту жолымен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аспалы сырғаның алдыңғы бөлігі ауыл шаруашылығы жануарының құлағының ішкі жағына бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3023,70 +3119,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="26"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Таңба басу ыстық немесе суық тәсілдермен жүзеге асырылады. Жылқыны және тақ тұяқты жануарларды қоспағанда, ауыл шаруашылығы жануарларына таңба дененің сол жағына жамбас аумағына салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жылқыларға және тақ тұяқты жануарларға таңба денесінің сол жағына жауырын (клеймо) және жамбас аумағына (реттік нөмір) немесе тек жамбас аумағына (клеймо және реттік нөмір) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3275,71 +3371,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="27"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Ауыл шаруашылығы жануарларын бірдейлендірудің электрондық тәсілі (радио жиілікті белгісі бар сырғалар, болюстер, чиптер және бұйымдар (құралдар) ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдарды (құралдарды) пайдалану (қолдану) жөніндегі тиісті ңұсқаулыққа сәйкес жүзеге асырылады. Ауыл шаруашылығы жануарларын бірдейлендірудің электрондық тәсілін жүргізуге арналған бұйымның (құралдың) нөмірі ауыл шаруашылығы жануарларының жеке нөмірімен сәйкес келуі міндетті емес, бірақ қосымша ветеринариялық паспортта көрсетіліп, дерек қорға енгізілуі керек.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z33" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Осы Қағиданың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3354,299 +3450,299 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген жағдайларды қоспағанда, жануарларға татуировканы осы Қағиданың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес құлақ қалқанында еркін символдар жинағымен жасайды. Татуировканы құлақтың сыртының төменгі жағына салады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Ауыл шаруашылығы кәсіпорындарында, шаруа және фермерлік қожалықтарда күтіліп-бағылатын және өнеркәсіптік өсіруге, кейіннен сою үшін бордақылауға арналған тоғыз айлық жасқа дейінгі торайларға арналған татуировка ауыл шаруашылығы кәсіпорындарындағы, фермерлік және шаруа қожалықтарындағы мал басын ішкі шаруашылық тіркеуге сәйкес шошқаның (енесі жағынан ата-енесі) торайлануындағы реттік нөмірден тұрады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z34" w:id="29"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z35" w:id="30"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдар (құралдар) осы Қағидаға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген нысанға, мөлшерге, сипаттамаларға сәйкес келеді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Бірдейлендірілген ауыл шаруашылығы жануарларының бір әкімшілік-аумақтық бірлік аумағынан басқа әкімшілік-аумақтық бірлік аумағына орнын ауыстырған кезде, ветеринариялық паспортқа және ауыл шаруашылығы жануарларын бірдейлендіру туралы дерек қорға ауыл шаруашылығы жануарларының орнын ауыстыру туралы мәліметтірді енгізе отырып берілген жеке нөмірлері сақталады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z36" w:id="31"/>
-[...15 lines deleted...]
-      16. Бірдейлендірілген ауыл шаруашылығы жануарларының бір әкімшілік-аумақтық бірлік аумағынан басқа әкімшілік-аумақтық бірлік аумағына орнын ауыстырған кезде, ветеринариялық паспортқа және ауыл шаруашылығы жануарларын бірдейлендіру туралы дерек қорға ауыл шаруашылығы жануарларының орнын ауыстыру туралы мәліметтірді енгізе отырып берілген жеке нөмірлері сақталады.</w:t>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Шыққан елінде бірдейлендірілген импортталған ауыл шаруашылығы жануарлары бұрын берілген жеке нөмірін сақтап қалады. Карантиндеуден кейін импортталған жануарлар туралы деректер осы Қағидамен бекітілген тәртіппен ветеринариялық паспортты бере отырып, дерек қорға енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z37" w:id="32"/>
-[...15 lines deleted...]
-      17. Шыққан елінде бірдейлендірілген импортталған ауыл шаруашылығы жануарлары бұрын берілген жеке нөмірін сақтап қалады. Карантиндеуден кейін импортталған жануарлар туралы деректер осы Қағидамен бекітілген тәртіппен ветеринариялық паспортты бере отырып, дерек қорға енгізіледі.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18. Алып тасталды - ҚР Ауыл шаруашылығы министрінің 02.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 48</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Ауыл шаруашылығы жануарларын бірдейлендіруді жүргізу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:p>
-[...88 lines deleted...]
-    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-тараудың тақырыбы жаңа редакцияда – ҚР Премьер-Министрінің орынбасары – ҚР Ауыл шаруашылығы министрінің 24.01.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары құрған ветеринариялық ұйым (бұдан әрі – ветеринариялық ұйым) ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдарға (құралдарға) және атрибуттарға қажеттілікті айқындайды және облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органына (бұдан әрі – жергілікті атқарушы орган):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ағымдағы жылғы 1 ақпанға дейін – ағымдағы жылға ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдарға (құралдарға) және атрибуттарға қажеттілік бойынша;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3739,90 +3835,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:bookmarkStart w:name="z44" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Жергілікті атқарушы орган осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>19-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес алынған ақпарат негізінде облыс, республикалық маңызы бар қала, астана бойынша ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдарға (құралдарға) және атрибуттарға қажеттілік туралы ақпаратты айқындайды және процессингтік орталыққа:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ағымдағы жылғы 15 ақпанға дейін – ағымдағы жылға ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдарға (құралдарға) және атрибуттарға қажеттілік бойынша;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3915,188 +4011,344 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="36"/>
+    <w:bookmarkStart w:name="z48" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Процессингтік орталық осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес алынған ақпарат негізінде жеке нөмірлердің эмиссиясын жүргізеді және оның нәтижелерін жергілікті атқарушы органдардың назарына жеткізеді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 21-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 24.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 412</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Облыстың жергілікті атқарушы органы:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдар (құралдар) мен атрибуттардың сатып алынуына және процессингтік орталықтан жүргізілген жеке нөмірлердің эмиссиясы нәтижелерінің алынуына қарай ветеринариялық ұйымдарға ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдарды (құралдарды) және атрибуттарды, жылқылар мен тақ тұяқты жануарлардың жеке нөмірлер эмиссиясының қажеттілігіне сәйкес олардың жеке нөмірлерін бөледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жүргізу мерзімін анықтай отырып, тиісті әкімшілік-аумақтық бірлікте ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуді ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тұрақты негізде дерекқорды жүргізуді ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 21-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 24.12.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 22-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 30.12.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 412</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; өзгеріс енгізілді - ҚР Ауыл шаруашылығы министрінің м.а. 24.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 412</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="37"/>
-[...15 lines deleted...]
-      22. Облыстың жергілікті атқарушы органы:</w:t>
+    <w:bookmarkStart w:name="z55" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Республикалық маңызы бар қаланың, астананың жергілікті атқарушы органы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдар (құралдар) мен атрибуттардың сатып алынуына және процессингтік орталықтан жүргізілген жеке нөмірлердің эмиссиясы нәтижелерінің алынуына қарай ветеринариялық ұйымдарға ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдарды (құралдарды) және атрибуттарды, жылқылар мен тақ тұяқты жануарлардың жеке нөмірлер эмиссиясының қажеттілігіне сәйкес олардың жеке нөмірлерін бөледі;</w:t>
+      1) ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдар (құралдар) мен атрибуттардың сатып алынуына және процессингтік орталықтан жүргізілген жеке нөмірлердің эмиссиясы нәтижелерінің алынуына қарай ветеринариялық ұйымға ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдарды (құралдарды) және атрибуттарды, жылқылар мен тақ тұяқты жануарлардың жеке нөмірлер эмиссиясының қажеттілігіне сәйкес олардың жеке нөмірлерін береді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жүргізу мерзімін анықтай отырып, тиісті әкімшілік-аумақтық бірлікте ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуді ұйымдастырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4116,51 +4368,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 22-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 30.12.2020 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 30.12.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 412</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; өзгеріс енгізілді - ҚР Ауыл шаруашылығы министрінің м.а. 24.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -4172,281 +4424,125 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...16 lines deleted...]
-      23. Республикалық маңызы бар қаланың, астананың жергілікті атқарушы органы:</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24. Алып тасталды - ҚР Ауыл шаруашылығы министрінің 30.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 412</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z63" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Ветеринариялық ұйым:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:p>
-[...208 lines deleted...]
-    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ауыл шаруашылығы жануарларын бірдейлендіруді жүргізу уақыты мен орнын айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4595,51 +4691,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="40"/>
+    <w:bookmarkStart w:name="z69" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. Ветеринариялық мекеме осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4654,71 +4750,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген тәсілдермен бірдейлендіру жүргізу барысында осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша ауыл шаруашылығы жануарларын бірдейлендіруді жургізу туралы ведомость (бұдан әрі – ведомость) ресімдейді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z70" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Ветеринариялық ұйымға ауыл шаруашылығы кәсіпорындарының, шаруа және фермерлік қожалықтардың ауыл шаруашылығы жануарларына жеке нөмір беруге жол беріледі:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z70" w:id="41"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ауыл шаруашылығы кәсіпорындарының, фермерлік, шаруа қожалықтарының ветеринариялық дәрігерлерінің сырғалау рәсімін жүргізу үшін еркін нысанда қабылдау-беру актісін ресімдей отырып кейіннен аспалы сырғаларды (осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4821,70 +4917,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="42"/>
+    <w:bookmarkStart w:name="z72" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдар (құралдар) бүлінген немесе жоғалған кезде (ауыл шаруашылығы жануарының жеке нөмірін айқындау мүмкін болмаған жағдайда) жануар иесі басқа ауыл шаруашылығы жануарларының жеке нөмірлерін ветеринариялық паспорттармен және дерекқормен салыстырып тексергенге дейін жануарды оқшаулайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдар (құралдар) бірнеше ауыл шаруашылығы жануарларынан жоғалған жағдайда, ауыл шаруашылығы жануарларының жеке нөмірлерін анықтау ветеринариялық паспортта (ауыл шаруашылығы жануарының жынысы, түсі, қосымша белгілері) көрсетілетін қосымша деректер бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4995,90 +5091,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="43"/>
+    <w:bookmarkStart w:name="z73" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. Жеке тұлғаларға тиесілі ауыл шаруашылығы жануарларының төлдерін бірдейлендіру осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген ауыл шаруашылығы жануарының жасына жеткенге дейін кемінде үш жұмыс күні бұрын жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ауыл шаруашылығы кәсіпорындарына, шаруа және фермер шаруашылықтарына тиесілі ауыл шаруашылығы жануарларының төлдерін бірдейлендіру облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органының ветеринария саласындағы қызметті жүзеге асыратын тиісті бөлімшесіне (бұдан әрі – ЖАО бөлімшесі) және ветеринариялық ұйымға басшы ұсынған алдағы бұзаулау (төлдеу, торайлау) графигіне сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5207,126 +5303,126 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="44"/>
+    <w:bookmarkStart w:name="z74" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3 тарау. Мемлекеттік қызмет көрсету тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-тараудың тақырыбы жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 30.12.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 412</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z75" w:id="45"/>
+    <w:bookmarkStart w:name="z75" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Мемлекеттік қызметті ветеринариялық ұйымдар көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мемлекеттік көрсетілетін қызметті алу үшін жеке немесе заңды тұлға (бұдан әрі – көрсетілетін қызметті алушы) ветеринариялық ұйымға не портал арқылы осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5513,226 +5609,226 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z112" w:id="46"/>
+    <w:bookmarkStart w:name="z112" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31-1. Ветеринариялық ұйымның жұмыскері келіп түскен күні өтінішті тіркеуді жүзеге асырады және оны ветеринариялық ұйымның жауапты қызметкерін тағайындайтын ветеринариялық ұйымның басшысына жібереді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушы Қазақстан Республикасының еңбек заңнамасына сәйкес жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген жағдайда, өтінішті қабылдау және мемлекеттік қызметті көрсету нәтижесін беру одан кейінгі жақын жұмыс күні жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ветеринариялық ұйымда қағаз жеткізгіштегі өтініштің көшірмесіндегі күні мен уақыты көрсетілген тіркеу туралы белгі оның қабылданғанын растау болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушы портал арқылы жүгінген жағдайда, көрсетілетін қызметті алушының "жеке кабинетінде" мемлекеттік қызметті көрсету үшін сұранымның қабылданғаны туралы мәртебе, сондай-ақ мемлекеттік көрсетілетін қызмет нәтижесін алу күні мен уақыты көрсетілген хабарлама көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 31-1-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 30.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 412</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 02.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 48</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z113" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31-2. Ветеринариялық ұйымның жауапты қызметкері өтінішті тіркеген сәттен бастап 1 (бір) жұмыс күні ішінде оның толықтығын және осы Қағидалардың талаптарына сәйкестігін тексереді, сондай-ақ дерекқордағы ауыл шаруашылығы жануарының жеке нөмірін тексереді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:p>
-[...154 lines deleted...]
-    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көрсетілетін қызметті алушы толық емес мәліметтерді көрсете отырып не Тізбенің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5829,246 +5925,246 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z114" w:id="48"/>
+    <w:bookmarkStart w:name="z114" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       31-3. Көрсетілетін қызметті алушы толық мәліметтерді көрсете отырып өтініш берген жағдайда, сондай-ақ мемлекеттік қызметті көрсетуден бас тартуға негіздер болмаған кезде ветеринариялық ұйымның жауапты қызметкері осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша ветеринариялық паспортты ресімдейді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ветеринариялық паспортты және ондағы мәліметтерді ветеринариялық ұйымның жауапты қызметкері дерекқорда электрондық түрде қалыптастырады және ветеринариялық ұйымның уәкілетті адамының ЭЦҚ-мен куәландырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушы көрсетілетін қызметті беруші арқылы жүгінген жағдайда, ветеринариялық паспорт дерекқордан басып шығарылады және көрсетілетін қызметті алушыға беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушы портал арқылы жүгінген жағдайда, көрсетілетін қызметті алушының "жеке кабинетіне" ветеринариялық паспорт немесе ветеринариялық ұйымның уәкілетті адамының ЭЦҚ-мен куәландырылған электрондық құжат нысанында мемлекеттік қызметті көрсетуден уәжді бас тарту жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 31-3-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 30.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 412</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 02.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 48</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z76" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Ауыл шаруашылығы жануарларына ветеринариялық паспорт жеке беріледі. Көрсетілетін қызметті алушының таңдауы бойынша ветеринариялық паспортты ұсақ мал мен шошқалар тобына (отарына) беруге жол беріледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:p>
-[...154 lines deleted...]
-    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ветеринариялық паспорттың нөмірі осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6257,392 +6353,392 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="50"/>
+    <w:bookmarkStart w:name="z78" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Ауыл шаруашылығы жануарына жүргізілген ветеринариялық дауалау және диагностикалық зерттеулер туралы мәліметтер және ауыл шаруашылығы жануары туралы басқа да мәліметтер (ауыл шаруашылығы жануарының жынысы, түсі, жасы, қосымша белгілері) дерекқорға енгізіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 34-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 30.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 412</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z79" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Ветеринариялық паспорт деректерін кейіннен жаңарту ветеринариялық іс-шараларды жүргізу, иесін ауыстыру, ауыл шаруашылығы жануарын бір әкімшілік-аумақтық бірліктен екінші әкімшілік-аумақтық бірлік аумағына орнын ауыстырған және басқа жағдайларда жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z80" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Ауыл шаруашылығы жануарлары шығарылған кезде ветеринариялық паспорт ауыл шаруашылығы жануарының жаңа иесіне беріледі. Ауыл шаруашылығы жануары межелі пунктке келгеннен кейін ауыл шаруашылығы жануарының бар жеке нөмірі өзгертілмей, ветеринариялық паспорт ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұсақ мал мен шошқа тобының (отарының) бір бөлігі шығарылған кезде ұсақ мал мен шошқа тобына (отарына) қағаз нысанда ресімделген ветеринариялық паспорт болған жағдайда, жаңа иесіне ветеринариялық паспорттан үзінді-көшірме беріледі. Ұсақ мал мен шошқа межелі пунктке келгеннен кейін ауыл шаруашылығы жануарының бар жеке нөмірі өзгертілмей, ветеринариялық паспорт ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тиісті мәліметтер дерекқорға енгізіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 34-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 30.12.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 412</w:t>
+        <w:t xml:space="preserve">      Ескерту. 36-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 02.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="51"/>
-[...35 lines deleted...]
-      36. Ауыл шаруашылығы жануарлары шығарылған кезде ветеринариялық паспорт ауыл шаруашылығы жануарының жаңа иесіне беріледі. Ауыл шаруашылығы жануары межелі пунктке келгеннен кейін ауыл шаруашылығы жануарының бар жеке нөмірі өзгертілмей, ветеринариялық паспорт ресімделеді.</w:t>
+    <w:bookmarkStart w:name="z81" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Ауыл шаруашылығы жануарларын сою алаңында (сою бойынша алаң), сою пунктінде және етті қайта өндіру кәсіпорнында сойғаннан кейін сою алаңының (сою бойынша алаң), сою пунктері мен етті өңдеу кәсіпорындарының ветеринариялық дәрігерлері, ветеринариялық паспорттар мен ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдарды (құралдарды) тиісті әкімшілік-аумақтың бірліктің жергілікті атқарушы органдары құрған ветеринариялық ұйымдарға тізімдеме бойынша береді, ал жеке тұтынуға арналған ауыл шаруашылығы жануарларын сойған кезде – иелері тапсырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...34 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 36-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 02.02.2023 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 37-тармаққа орыс тілінде өзгеріс енгізілді, мемлекеттік тілдегі мәтін өзгермейді - ҚР Ауыл шаруашылығы министрінің 02.02.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="53"/>
-[...81 lines deleted...]
-    <w:bookmarkStart w:name="z82" w:id="54"/>
+    <w:bookmarkStart w:name="z82" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       38. Жануар өлген жағдайда, сондай-ақ осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>29-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жағдайлар туындаған кезде ветеринариялық паспорттарды және ауыл шаруашылығы жануарын бірдейлендіруге арналған бұйымдарды (құралдарды) жергілікті атқарушы органдардың бөлімшелеріне тиісті ақпаратты жолдай отырып, ветеринариялық ұйымдар жояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6661,274 +6757,274 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z83" w:id="55"/>
+    <w:bookmarkStart w:name="z83" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       39. Қағаз нысанда ресімделген ветеринариялық паспорт жоғалған немесе бүлінген кезде осы Қағидаларда белгіленген тәртіппен ветеринариялық паспорт беріледі. Қағаз нысанда ресімделген жоғалған, бүлінген ветеринариялық паспорттар ауыл шаруашылығы жануарларының иелері осы Қағидалар </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш берген күннен бастап жарамсыз деп есептеледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 39-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 02.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 48</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z133" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39-1. Берілген ветеринариялық паспортта көрсетілген деректер (мәліметтер) өзгерген кезде көрсетілетін қызметті алушының өтініші негізінде осы Қағидаларға 6-қосымшаға сәйкес нысан бойынша осы Қағидаларда белгіленген тәртіппен жаңа ветеринариялық паспорт беріледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 39-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 02.02.2023 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тарау 39-1-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 02.02.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z133" w:id="56"/>
-[...81 lines deleted...]
-    <w:bookmarkStart w:name="z84" w:id="57"/>
+    <w:bookmarkStart w:name="z84" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40. Ұсақ мал (отарына), шошқа тобына ресімделген ветеринариялық паспорттан үзінді-көшірме алу қажет болған жағдайда көрсетілетін қызметті алушы ветеринариялық ұйымға не портал арқылы осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ветеринариялық ұйымның жауапты қызметкері отыз минут ішінде өтінішті қарайды және осы Қағидаларға 9-қосымшаға сәйкес нысан бойынша ветеринариялық паспорттан үзінді-көшірмені не осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6985,70 +7081,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z115" w:id="58"/>
+    <w:bookmarkStart w:name="z115" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40-1. Мемлекеттік қызметті көрсетуден бас тарту Тізбенің 9-тармағында көрсетілген негіздер бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7087,284 +7183,284 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z116" w:id="59"/>
+    <w:bookmarkStart w:name="z116" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40-2. Ветеринариялық ұйым Мемлекеттік көрсетілетін қызметтер туралы заңның 5-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11) тармақшасына сәйкес мемлекеттік қызмет көрсету сатысы туралы деректерді мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне енгізуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Ауыл шаруашылығы министрлігі (бұдан әрі – Министрлік) мемлекеттік көрсетілетін қызметтер туралы ақпаратты Бірыңғай байланыс орталығына жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Министрлік осы Қағидаға өзгерістер мен толықтырулар енгізу туралы нормативтік құқықтық акті бекітілген күннен бастап үш жұмыс күні ішінде енгізілген өзгерістер мен толықтырулар туралы ақпаратты "электрондық үкіметтің" көрсетілетін қызмет берушіге, ақпараттық-коммуникациялық инфрақұрылымның операторына және Бірыңғай байланыс орталығына жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 40-2-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 30.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 412</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 02.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 48</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z117" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Мемлекеттік қызметтер көрсету мәселелері бойынша ветеринариялық ұйымдардың және (немесе) олардың лауазымды адамдарының шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:p>
-[...134 lines deleted...]
-    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар 4-тараумен толықтырылды - ҚР Ауыл шаруашылығы министрінің 30.12.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 412</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z118" w:id="61"/>
+    <w:bookmarkStart w:name="z118" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Ветеринариялық ұйымның мемлекеттік қызметтер көрсету мәселелері жөніндегі шешіміне, әрекетіне (әрекетсіздігіне) шағым ветеринариялық ұйымның, жергілікті атқарушы орган басшысының атына, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінің (бұдан әрі – ҚР ӘРПК) 91-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7421,166 +7517,166 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z119" w:id="62"/>
+    <w:bookmarkStart w:name="z119" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       42. Көрсетілетін қызметті алушының шағымы Мемлекеттік көрсетілетін қызметтер туралы заңның 25-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ветеринариялық ұйым, жергілікті атқарушы орган – оны тіркеген күннен бастап 5 (бес) жұмыс күні ішінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган – ол тіркелген күннен бастап 15 (он бес) жұмыс күні ішінде қарауға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z120" w:id="63"/>
+    <w:bookmarkStart w:name="z120" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       43. Ветеринариялық ұйымның, жергілікті атқарушы органның, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның шағымды қарау мерзімі Мемлекеттік көрсетілетін қызметтер туралы заңның 25-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) шағым бойынша қосымша зерделеу немесе тексеру не жергілікті жерге барып тексеру жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7591,90 +7687,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қосымша ақпарат алу қажет болған жағдайларда 10 (он) жұмыс күнінен аспайтын мерзімге ұзартылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағымды қарау мерзімі ұзартылған жағдайда шағымдарды қарау бойынша өкілеттіктер берілген лауазымды адам шағымды қарау мерзімі ұзартылған кезден бастап 3 (үш) жұмыс күні ішінде шағым берген көрсетілетін қызметті алушыға ұзарту себептерін көрсете отырып, шағымды қарау мерзімінің ұзартылғаны туралы жазбаша нысанда (шағым қағаз жеткізгіште берілген кезде) немесе электрондық нысанда (шағым электрондық түрде берілген кезде) хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z121" w:id="64"/>
+    <w:bookmarkStart w:name="z121" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       44. Егер заңда өзгеше көзделмесе, ҚР ӘРПК-нің 91-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес сотқа дейінгі тәртіппен шағым жасалғаннан кейін сотқа жүгінуге жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7833,68 +7929,68 @@
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z86" w:id="65"/>
+    <w:bookmarkStart w:name="z86" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған Қазақстан Республикасының, облыстардың, республикалық маңызы бар қалалардың, астананың литерлік және сандық кодтары, сондай-ақ ауыл шаруашылығы жануарларына арналған сандық кодтар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 24.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11491,68 +11587,68 @@
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="66"/>
+    <w:bookmarkStart w:name="z89" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ветеринариялық паспорт Ветеринарный паспорт</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 05.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16218,124 +16314,124 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бірдейлендіру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z92" w:id="67"/>
+    <w:bookmarkStart w:name="z92" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдардың (құралдардың) нысандары, мөлшерлері және сипаттамасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 22.04.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 184</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="68"/>
+    <w:bookmarkStart w:name="z93" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  1. Ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған сырғалардың нысандары мен мөлшері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="6819900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
@@ -16640,68 +16736,68 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2-сурет. Ұсақ жануарларға (ұсақ мал, шошқа) арналған құлаққа ілетін аспалы сырға</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z94" w:id="69"/>
+    <w:bookmarkStart w:name="z94" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдардың (құралдардың) сипаттамасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдарды (құралдарды) сертификатталған өнімі Жануарлар туралы жазбалар жүргізу жөніндегі халықаралық комитеттің (ICAR) интернет ресурсында көрсетілген өндірушілер дайындайды:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17176,68 +17272,68 @@
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z100" w:id="70"/>
+    <w:bookmarkStart w:name="z100" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ауыл шаруашылығы жануарларын бірдейлендіруді жүргізу туралы ведомость</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 05.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19933,68 +20029,68 @@
               </w:rPr>
               <w:t>5-1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z135" w:id="71"/>
+    <w:bookmarkStart w:name="z135" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ауыл шаруашылығы жануарларын бірдейлендірудің жүргізілмеу себептерін белгілеу туралы акт</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-1-қосымша алып тасталды - ҚР Ауыл шаруашылығы министрінің м.а. 05.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20304,68 +20400,68 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бизнес- сәйкестендіру нөмірі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Мекенжайы ______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z103" w:id="72"/>
+    <w:bookmarkStart w:name="z103" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 6-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 02.02.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20859,68 +20955,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6-1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z123" w:id="73"/>
+    <w:bookmarkStart w:name="z123" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Ветеринариялық паспорт беру" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптар тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар 6-1-қосымшамен толықтырылды - ҚР Ауыл шаруашылығы министрінің 30.12.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22673,68 +22769,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z125" w:id="74"/>
+    <w:bookmarkStart w:name="z125" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік қызмет көрсетуден уәжді бас тарту</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар 6-2-қосымшамен толықтырылды - ҚР Ауыл шаруашылығы министрінің 30.12.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23631,68 +23727,68 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>сәйкестендіру нөмірі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Мекенжайы_____________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z108" w:id="75"/>
+    <w:bookmarkStart w:name="z108" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 8-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 02.02.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24265,68 +24361,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>города республиканского</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>значения, столицы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z137" w:id="76"/>
+    <w:bookmarkStart w:name="z137" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ветеринариялық паспорттан үзінді-көшірме  Выписка из ветеринарного паспорта</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар 9-қосымшамен толықтырылды - ҚР Ауыл шаруашылығы министрінің 02.02.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25745,55 +25841,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>