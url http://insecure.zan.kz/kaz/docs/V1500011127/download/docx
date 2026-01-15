--- v1 (2025-11-28)
+++ v2 (2026-01-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bdb3f89" w14:textId="bdb3f89">
+    <w:p w14:paraId="cfaca1b" w14:textId="cfaca1b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2640,393 +2640,355 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Ауыл шаруашылығы жануарларының барлық түрлері үшін қосымша мынадай тәсілдермен жеке нөмір беруге жол беріледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      электрондық бірдейлендіру тәсілі (ауыл шаруашылығы жануарларын бірдейлендіруді жүргізу үшін пайдаланылатын радиожиілікті белгісі бар сырғалар, болюстер, чиптер және басқа бұйымдар (құралдар);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      татуировка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      таңба басу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте, ауыл шаруашылығы кәсіпорындарында, шаруа және фермерлік қожалықтарда ауыл шаруашылығы жануарларына осы тармақта көрсетілген тәсілдермен жеке нөмір беру:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жануарлар бастарын ішкі шаруашылық есепке алуды жүргізу үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген тәсілдермен жеке нөмір берілгенге дейін, ауыл шаруашылығы жануарларына уақытша жеке нөмір беру үшін жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ауыл шаршылығы жануарларына уақытша жеке нөмір беру осы Қағидалардың 6-тармағына сәйкес жүргізілген жеке нөмірлердің эмиссиясына сәйкес кезектілікпен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үшінші елдерге немесе Еуразиялық экономикалық одаққа мүше мемлекеттерге әкетуге арналған жануарларды (ірі қара малды, ұсақ малды, шошқаларды, түйелерді) карантиндеу кезеңінде қосымша электрондық бірдейлендіру тәсілімен (радиожиілікті белгісі бар сырғалар), жеке нөмір беру жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақта көрсетілген тәсілдермен ауыл шаруашылығы жануарларына жеке нөмір беруді жануарлардың иесі жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің м.а. 25.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 330</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...288 lines deleted...]
-    <w:bookmarkStart w:name="z30" w:id="24"/>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Сырғалау ауыл шаруашылығы жануарының құлағының ортасына аспалы сырғалықты көктамырларға тигізбей бекіту жолымен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аспалы сырғаның алдыңғы бөлігі ауыл шаруашылығы жануарының құлағының ішкі жағына бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3119,70 +3081,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Таңба басу ыстық немесе суық тәсілдермен жүзеге асырылады. Жылқыны және тақ тұяқты жануарларды қоспағанда, ауыл шаруашылығы жануарларына таңба дененің сол жағына жамбас аумағына салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жылқыларға және тақ тұяқты жануарларға таңба денесінің сол жағына жауырын (клеймо) және жамбас аумағына (реттік нөмір) немесе тек жамбас аумағына (клеймо және реттік нөмір) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3371,71 +3333,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Ауыл шаруашылығы жануарларын бірдейлендірудің электрондық тәсілі (радио жиілікті белгісі бар сырғалар, болюстер, чиптер және бұйымдар (құралдар) ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдарды (құралдарды) пайдалану (қолдану) жөніндегі тиісті ңұсқаулыққа сәйкес жүзеге асырылады. Ауыл шаруашылығы жануарларын бірдейлендірудің электрондық тәсілін жүргізуге арналған бұйымның (құралдың) нөмірі ауыл шаруашылығы жануарларының жеке нөмірімен сәйкес келуі міндетті емес, бірақ қосымша ветеринариялық паспортта көрсетіліп, дерек қорға енгізілуі керек.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Осы Қағиданың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3450,151 +3412,151 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген жағдайларды қоспағанда, жануарларға татуировканы осы Қағиданың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес құлақ қалқанында еркін символдар жинағымен жасайды. Татуировканы құлақтың сыртының төменгі жағына салады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Ауыл шаруашылығы кәсіпорындарында, шаруа және фермерлік қожалықтарда күтіліп-бағылатын және өнеркәсіптік өсіруге, кейіннен сою үшін бордақылауға арналған тоғыз айлық жасқа дейінгі торайларға арналған татуировка ауыл шаруашылығы кәсіпорындарындағы, фермерлік және шаруа қожалықтарындағы мал басын ішкі шаруашылық тіркеуге сәйкес шошқаның (енесі жағынан ата-енесі) торайлануындағы реттік нөмірден тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдар (құралдар) осы Қағидаға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген нысанға, мөлшерге, сипаттамаларға сәйкес келеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Бірдейлендірілген ауыл шаруашылығы жануарларының бір әкімшілік-аумақтық бірлік аумағынан басқа әкімшілік-аумақтық бірлік аумағына орнын ауыстырған кезде, ветеринариялық паспортқа және ауыл шаруашылығы жануарларын бірдейлендіру туралы дерек қорға ауыл шаруашылығы жануарларының орнын ауыстыру туралы мәліметтірді енгізе отырып берілген жеке нөмірлері сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Шыққан елінде бірдейлендірілген импортталған ауыл шаруашылығы жануарлары бұрын берілген жеке нөмірін сақтап қалады. Карантиндеуден кейін импортталған жануарлар туралы деректер осы Қағидамен бекітілген тәртіппен ветеринариялық паспортты бере отырып, дерек қорға енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3623,126 +3585,126 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Ауыл шаруашылығы жануарларын бірдейлендіруді жүргізу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-тараудың тақырыбы жаңа редакцияда – ҚР Премьер-Министрінің орынбасары – ҚР Ауыл шаруашылығы министрінің 24.01.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары құрған ветеринариялық ұйым (бұдан әрі – ветеринариялық ұйым) ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдарға (құралдарға) және атрибуттарға қажеттілікті айқындайды және облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органына (бұдан әрі – жергілікті атқарушы орган):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ағымдағы жылғы 1 ақпанға дейін – ағымдағы жылға ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдарға (құралдарға) және атрибуттарға қажеттілік бойынша;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3835,90 +3797,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="34"/>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Жергілікті атқарушы орган осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>19-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес алынған ақпарат негізінде облыс, республикалық маңызы бар қала, астана бойынша ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдарға (құралдарға) және атрибуттарға қажеттілік туралы ақпаратты айқындайды және процессингтік орталыққа:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ағымдағы жылғы 15 ақпанға дейін – ағымдағы жылға ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдарға (құралдарға) және атрибуттарға қажеттілік бойынша;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4011,90 +3973,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="35"/>
+    <w:bookmarkStart w:name="z48" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Процессингтік орталық осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес алынған ақпарат негізінде жеке нөмірлердің эмиссиясын жүргізеді және оның нәтижелерін жергілікті атқарушы органдардың назарына жеткізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4113,70 +4075,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="36"/>
+    <w:bookmarkStart w:name="z51" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Облыстың жергілікті атқарушы органы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдар (құралдар) мен атрибуттардың сатып алынуына және процессингтік орталықтан жүргізілген жеке нөмірлердің эмиссиясы нәтижелерінің алынуына қарай ветеринариялық ұйымдарға ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдарды (құралдарды) және атрибуттарды, жылқылар мен тақ тұяқты жануарлардың жеке нөмірлер эмиссиясының қажеттілігіне сәйкес олардың жеке нөмірлерін бөледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4269,70 +4231,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="37"/>
+    <w:bookmarkStart w:name="z55" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Республикалық маңызы бар қаланың, астананың жергілікті атқарушы органы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдар (құралдар) мен атрибуттардың сатып алынуына және процессингтік орталықтан жүргізілген жеке нөмірлердің эмиссиясы нәтижелерінің алынуына қарай ветеринариялық ұйымға ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдарды (құралдарды) және атрибуттарды, жылқылар мен тақ тұяқты жануарлардың жеке нөмірлер эмиссиясының қажеттілігіне сәйкес олардың жеке нөмірлерін береді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4479,70 +4441,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="38"/>
+    <w:bookmarkStart w:name="z63" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Ветеринариялық ұйым:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ауыл шаруашылығы жануарларын бірдейлендіруді жүргізу уақыты мен орнын айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4691,51 +4653,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="39"/>
+    <w:bookmarkStart w:name="z69" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. Ветеринариялық мекеме осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4750,71 +4712,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген тәсілдермен бірдейлендіру жүргізу барысында осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша ауыл шаруашылығы жануарларын бірдейлендіруді жургізу туралы ведомость (бұдан әрі – ведомость) ресімдейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z70" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z70" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Ветеринариялық ұйымға ауыл шаруашылығы кәсіпорындарының, шаруа және фермерлік қожалықтардың ауыл шаруашылығы жануарларына жеке нөмір беруге жол беріледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ауыл шаруашылығы кәсіпорындарының, фермерлік, шаруа қожалықтарының ветеринариялық дәрігерлерінің сырғалау рәсімін жүргізу үшін еркін нысанда қабылдау-беру актісін ресімдей отырып кейіннен аспалы сырғаларды (осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4917,70 +4879,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="41"/>
+    <w:bookmarkStart w:name="z72" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдар (құралдар) бүлінген немесе жоғалған кезде (ауыл шаруашылығы жануарының жеке нөмірін айқындау мүмкін болмаған жағдайда) жануар иесі басқа ауыл шаруашылығы жануарларының жеке нөмірлерін ветеринариялық паспорттармен және дерекқормен салыстырып тексергенге дейін жануарды оқшаулайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдар (құралдар) бірнеше ауыл шаруашылығы жануарларынан жоғалған жағдайда, ауыл шаруашылығы жануарларының жеке нөмірлерін анықтау ветеринариялық паспортта (ауыл шаруашылығы жануарының жынысы, түсі, қосымша белгілері) көрсетілетін қосымша деректер бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5091,90 +5053,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="42"/>
+    <w:bookmarkStart w:name="z73" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. Жеке тұлғаларға тиесілі ауыл шаруашылығы жануарларының төлдерін бірдейлендіру осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген ауыл шаруашылығы жануарының жасына жеткенге дейін кемінде үш жұмыс күні бұрын жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ауыл шаруашылығы кәсіпорындарына, шаруа және фермер шаруашылықтарына тиесілі ауыл шаруашылығы жануарларының төлдерін бірдейлендіру облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органының ветеринария саласындағы қызметті жүзеге асыратын тиісті бөлімшесіне (бұдан әрі – ЖАО бөлімшесі) және ветеринариялық ұйымға басшы ұсынған алдағы бұзаулау (төлдеу, торайлау) графигіне сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5303,126 +5265,126 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="43"/>
+    <w:bookmarkStart w:name="z74" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3 тарау. Мемлекеттік қызмет көрсету тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-тараудың тақырыбы жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 30.12.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 412</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z75" w:id="44"/>
+    <w:bookmarkStart w:name="z75" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Мемлекеттік қызметті ветеринариялық ұйымдар көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мемлекеттік көрсетілетін қызметті алу үшін жеке немесе заңды тұлға (бұдан әрі – көрсетілетін қызметті алушы) ветеринариялық ұйымға не портал арқылы осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5609,70 +5571,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z112" w:id="45"/>
+    <w:bookmarkStart w:name="z112" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31-1. Ветеринариялық ұйымның жұмыскері келіп түскен күні өтінішті тіркеуді жүзеге асырады және оны ветеринариялық ұйымның жауапты қызметкерін тағайындайтын ветеринариялық ұйымның басшысына жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушы Қазақстан Республикасының еңбек заңнамасына сәйкес жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген жағдайда, өтінішті қабылдау және мемлекеттік қызметті көрсету нәтижесін беру одан кейінгі жақын жұмыс күні жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5765,70 +5727,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z113" w:id="46"/>
+    <w:bookmarkStart w:name="z113" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31-2. Ветеринариялық ұйымның жауапты қызметкері өтінішті тіркеген сәттен бастап 1 (бір) жұмыс күні ішінде оның толықтығын және осы Қағидалардың талаптарына сәйкестігін тексереді, сондай-ақ дерекқордағы ауыл шаруашылығы жануарының жеке нөмірін тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көрсетілетін қызметті алушы толық емес мәліметтерді көрсете отырып не Тізбенің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5925,90 +5887,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z114" w:id="47"/>
+    <w:bookmarkStart w:name="z114" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       31-3. Көрсетілетін қызметті алушы толық мәліметтерді көрсете отырып өтініш берген жағдайда, сондай-ақ мемлекеттік қызметті көрсетуден бас тартуға негіздер болмаған кезде ветеринариялық ұйымның жауапты қызметкері осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша ветеринариялық паспортты ресімдейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ветеринариялық паспортты және ондағы мәліметтерді ветеринариялық ұйымның жауапты қызметкері дерекқорда электрондық түрде қалыптастырады және ветеринариялық ұйымның уәкілетті адамының ЭЦҚ-мен куәландырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6101,70 +6063,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="48"/>
+    <w:bookmarkStart w:name="z76" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Ауыл шаруашылығы жануарларына ветеринариялық паспорт жеке беріледі. Көрсетілетін қызметті алушының таңдауы бойынша ветеринариялық паспортты ұсақ мал мен шошқалар тобына (отарына) беруге жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ветеринариялық паспорттың нөмірі осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6353,70 +6315,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="49"/>
+    <w:bookmarkStart w:name="z78" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Ауыл шаруашылығы жануарына жүргізілген ветеринариялық дауалау және диагностикалық зерттеулер туралы мәліметтер және ауыл шаруашылығы жануары туралы басқа да мәліметтер (ауыл шаруашылығы жануарының жынысы, түсі, жасы, қосымша белгілері) дерекқорға енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6435,90 +6397,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="50"/>
+    <w:bookmarkStart w:name="z79" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Ветеринариялық паспорт деректерін кейіннен жаңарту ветеринариялық іс-шараларды жүргізу, иесін ауыстыру, ауыл шаруашылығы жануарын бір әкімшілік-аумақтық бірліктен екінші әкімшілік-аумақтық бірлік аумағына орнын ауыстырған және басқа жағдайларда жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z80" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z80" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Ауыл шаруашылығы жануарлары шығарылған кезде ветеринариялық паспорт ауыл шаруашылығы жануарының жаңа иесіне беріледі. Ауыл шаруашылығы жануары межелі пунктке келгеннен кейін ауыл шаруашылығы жануарының бар жеке нөмірі өзгертілмей, ветеринариялық паспорт ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсақ мал мен шошқа тобының (отарының) бір бөлігі шығарылған кезде ұсақ мал мен шошқа тобына (отарына) қағаз нысанда ресімделген ветеринариялық паспорт болған жағдайда, жаңа иесіне ветеринариялық паспорттан үзінді-көшірме беріледі. Ұсақ мал мен шошқа межелі пунктке келгеннен кейін ауыл шаруашылығы жануарының бар жеке нөмірі өзгертілмей, ветеринариялық паспорт ресімделеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6573,70 +6535,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="52"/>
+    <w:bookmarkStart w:name="z81" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Ауыл шаруашылығы жануарларын сою алаңында (сою бойынша алаң), сою пунктінде және етті қайта өндіру кәсіпорнында сойғаннан кейін сою алаңының (сою бойынша алаң), сою пунктері мен етті өңдеу кәсіпорындарының ветеринариялық дәрігерлері, ветеринариялық паспорттар мен ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдарды (құралдарды) тиісті әкімшілік-аумақтың бірліктің жергілікті атқарушы органдары құрған ветеринариялық ұйымдарға тізімдеме бойынша береді, ал жеке тұтынуға арналған ауыл шаруашылығы жануарларын сойған кезде – иелері тапсырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6655,90 +6617,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="53"/>
+    <w:bookmarkStart w:name="z82" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       38. Жануар өлген жағдайда, сондай-ақ осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>29-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жағдайлар туындаған кезде ветеринариялық паспорттарды және ауыл шаруашылығы жануарын бірдейлендіруге арналған бұйымдарды (құралдарды) жергілікті атқарушы органдардың бөлімшелеріне тиісті ақпаратты жолдай отырып, ветеринариялық ұйымдар жояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6757,90 +6719,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z83" w:id="54"/>
+    <w:bookmarkStart w:name="z83" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       39. Қағаз нысанда ресімделген ветеринариялық паспорт жоғалған немесе бүлінген кезде осы Қағидаларда белгіленген тәртіппен ветеринариялық паспорт беріледі. Қағаз нысанда ресімделген жоғалған, бүлінген ветеринариялық паспорттар ауыл шаруашылығы жануарларының иелері осы Қағидалар </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш берген күннен бастап жарамсыз деп есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6859,70 +6821,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z133" w:id="55"/>
+    <w:bookmarkStart w:name="z133" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39-1. Берілген ветеринариялық паспортта көрсетілген деректер (мәліметтер) өзгерген кезде көрсетілетін қызметті алушының өтініші негізінде осы Қағидаларға 6-қосымшаға сәйкес нысан бойынша осы Қағидаларда белгіленген тәртіппен жаңа ветеринариялық паспорт беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6941,90 +6903,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="56"/>
+    <w:bookmarkStart w:name="z84" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40. Ұсақ мал (отарына), шошқа тобына ресімделген ветеринариялық паспорттан үзінді-көшірме алу қажет болған жағдайда көрсетілетін қызметті алушы ветеринариялық ұйымға не портал арқылы осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ветеринариялық ұйымның жауапты қызметкері отыз минут ішінде өтінішті қарайды және осы Қағидаларға 9-қосымшаға сәйкес нысан бойынша ветеринариялық паспорттан үзінді-көшірмені не осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7081,70 +7043,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z115" w:id="57"/>
+    <w:bookmarkStart w:name="z115" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40-1. Мемлекеттік қызметті көрсетуден бас тарту Тізбенің 9-тармағында көрсетілген негіздер бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7183,90 +7145,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z116" w:id="58"/>
+    <w:bookmarkStart w:name="z116" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40-2. Ветеринариялық ұйым Мемлекеттік көрсетілетін қызметтер туралы заңның 5-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11) тармақшасына сәйкес мемлекеттік қызмет көрсету сатысы туралы деректерді мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне енгізуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Ауыл шаруашылығы министрлігі (бұдан әрі – Министрлік) мемлекеттік көрсетілетін қызметтер туралы ақпаратты Бірыңғай байланыс орталығына жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7341,126 +7303,126 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z117" w:id="59"/>
+    <w:bookmarkStart w:name="z117" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Мемлекеттік қызметтер көрсету мәселелері бойынша ветеринариялық ұйымдардың және (немесе) олардың лауазымды адамдарының шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар 4-тараумен толықтырылды - ҚР Ауыл шаруашылығы министрінің 30.12.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 412</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z118" w:id="60"/>
+    <w:bookmarkStart w:name="z118" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Ветеринариялық ұйымның мемлекеттік қызметтер көрсету мәселелері жөніндегі шешіміне, әрекетіне (әрекетсіздігіне) шағым ветеринариялық ұйымның, жергілікті атқарушы орган басшысының атына, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінің (бұдан әрі – ҚР ӘРПК) 91-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7517,166 +7479,166 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z119" w:id="61"/>
+    <w:bookmarkStart w:name="z119" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       42. Көрсетілетін қызметті алушының шағымы Мемлекеттік көрсетілетін қызметтер туралы заңның 25-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ветеринариялық ұйым, жергілікті атқарушы орган – оны тіркеген күннен бастап 5 (бес) жұмыс күні ішінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган – ол тіркелген күннен бастап 15 (он бес) жұмыс күні ішінде қарауға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z120" w:id="62"/>
+    <w:bookmarkStart w:name="z120" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       43. Ветеринариялық ұйымның, жергілікті атқарушы органның, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның шағымды қарау мерзімі Мемлекеттік көрсетілетін қызметтер туралы заңның 25-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) шағым бойынша қосымша зерделеу немесе тексеру не жергілікті жерге барып тексеру жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7687,90 +7649,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қосымша ақпарат алу қажет болған жағдайларда 10 (он) жұмыс күнінен аспайтын мерзімге ұзартылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағымды қарау мерзімі ұзартылған жағдайда шағымдарды қарау бойынша өкілеттіктер берілген лауазымды адам шағымды қарау мерзімі ұзартылған кезден бастап 3 (үш) жұмыс күні ішінде шағым берген көрсетілетін қызметті алушыға ұзарту себептерін көрсете отырып, шағымды қарау мерзімінің ұзартылғаны туралы жазбаша нысанда (шағым қағаз жеткізгіште берілген кезде) немесе электрондық нысанда (шағым электрондық түрде берілген кезде) хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z121" w:id="63"/>
+    <w:bookmarkStart w:name="z121" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       44. Егер заңда өзгеше көзделмесе, ҚР ӘРПК-нің 91-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес сотқа дейінгі тәртіппен шағым жасалғаннан кейін сотқа жүгінуге жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7929,68 +7891,68 @@
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z86" w:id="64"/>
+    <w:bookmarkStart w:name="z86" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған Қазақстан Республикасының, облыстардың, республикалық маңызы бар қалалардың, астананың литерлік және сандық кодтары, сондай-ақ ауыл шаруашылығы жануарларына арналған сандық кодтар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 24.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11587,68 +11549,68 @@
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="65"/>
+    <w:bookmarkStart w:name="z89" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ветеринариялық паспорт Ветеринарный паспорт</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 05.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16314,124 +16276,124 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бірдейлендіру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z92" w:id="66"/>
+    <w:bookmarkStart w:name="z92" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдардың (құралдардың) нысандары, мөлшерлері және сипаттамасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 22.04.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 184</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="67"/>
+    <w:bookmarkStart w:name="z93" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  1. Ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған сырғалардың нысандары мен мөлшері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="6819900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
@@ -16736,68 +16698,68 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2-сурет. Ұсақ жануарларға (ұсақ мал, шошқа) арналған құлаққа ілетін аспалы сырға</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z94" w:id="68"/>
+    <w:bookmarkStart w:name="z94" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдардың (құралдардың) сипаттамасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдарды (құралдарды) сертификатталған өнімі Жануарлар туралы жазбалар жүргізу жөніндегі халықаралық комитеттің (ICAR) интернет ресурсында көрсетілген өндірушілер дайындайды:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17272,68 +17234,68 @@
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z100" w:id="69"/>
+    <w:bookmarkStart w:name="z100" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ауыл шаруашылығы жануарларын бірдейлендіруді жүргізу туралы ведомость</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 05.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20029,68 +19991,68 @@
               </w:rPr>
               <w:t>5-1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z135" w:id="70"/>
+    <w:bookmarkStart w:name="z135" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ауыл шаруашылығы жануарларын бірдейлендірудің жүргізілмеу себептерін белгілеу туралы акт</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-1-қосымша алып тасталды - ҚР Ауыл шаруашылығы министрінің м.а. 05.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20400,68 +20362,68 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бизнес- сәйкестендіру нөмірі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Мекенжайы ______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z103" w:id="71"/>
+    <w:bookmarkStart w:name="z103" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 6-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 02.02.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20955,68 +20917,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6-1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z123" w:id="72"/>
+    <w:bookmarkStart w:name="z123" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Ветеринариялық паспорт беру" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптар тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар 6-1-қосымшамен толықтырылды - ҚР Ауыл шаруашылығы министрінің 30.12.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22769,68 +22731,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z125" w:id="73"/>
+    <w:bookmarkStart w:name="z125" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік қызмет көрсетуден уәжді бас тарту</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар 6-2-қосымшамен толықтырылды - ҚР Ауыл шаруашылығы министрінің 30.12.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23727,68 +23689,68 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>сәйкестендіру нөмірі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Мекенжайы_____________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z108" w:id="74"/>
+    <w:bookmarkStart w:name="z108" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 8-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 02.02.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24361,68 +24323,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>города республиканского</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>значения, столицы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z137" w:id="75"/>
+    <w:bookmarkStart w:name="z137" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ветеринариялық паспорттан үзінді-көшірме  Выписка из ветеринарного паспорта</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар 9-қосымшамен толықтырылды - ҚР Ауыл шаруашылығы министрінің 02.02.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>