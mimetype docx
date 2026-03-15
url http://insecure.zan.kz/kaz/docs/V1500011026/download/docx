--- v0 (2025-10-12)
+++ v1 (2026-03-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c909f77" w14:textId="c909f77">
+    <w:p w14:paraId="5fe926e" w14:textId="5fe926e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1208,186 +1208,80 @@
     </w:p>
     <w:bookmarkStart w:name="z79" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай негізгі ұғымдар қолданылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...104 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) басшылар – мынадай ұйымдарда төменде аталған лауазымдарды атқаратын адамдар:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      электр және жылу энергиясын өндіру, беру негізгі қызмет түрі болып табылады, оның ішінде жүйелік оператордың:</w:t>
+      электр және жылу энергиясын өндіру, беру негізгі қызмет түрі, оның ішінде жүйелік оператордың:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - бірінші басшы (басқарма төрағасы, бас директор, директор);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1415,265 +1309,195 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - бас инженер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - ұйымның еңбек қауіпсіздігі және еңбекті қорғау қызметінің (бөлімінің) басшысы (еңбек қауіпсіздігі және еңбекті қорғау қызметінің (бөлімінің) жауапты басшысы болмаған кезде ұйымның еңбек қауіпсіздігі және еңбекті қорғауға ішкі бақылауды қамтамасыз ету үшін жауапты адам);</w:t>
+      - ұйымдардың еңбек қауіпсіздігі және еңбекті қорғау қызметінің (бөлімінің) басшысы (еңбек қауіпсіздігі және еңбекті қорғау қызметінің (бөлімінің) басшысы болмаған кезде ұйымның еңбек қауіпсіздігі және еңбекті қорғау талаптарының сақталуына ішкі бақылауды қамтамасыз етуге жауапты адам);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - өндірістік бақылауды жүзеге асыратын лауазымды адам;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Электр және жылу энергиясын өндіру, беру негізгі қызмет түрі болып табылмайды:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - энергетикалық бөлімінің басшысы;</w:t>
-[...17 lines deleted...]
-      - басшының энергетикалық бөлім бойынша орынбасары;</w:t>
+      - энергетикалық бөлім басшысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - энергетикалық бөлім басшысының орынбасары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - бас инженер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - ұйымның еңбек қауіпсіздігі және еңбекті қорғау қызметінің (бөлімінің) басшысы (еңбек қауіпсіздігі және еңбекті қорғау қызметінің (бөлімінің) жауапты басшысы болмаған кезде ұйымның еңбек қауіпсіздігі және еңбекті қорғауға ішкі бақылауды қамтамасыз ету үшін жауапты адам);</w:t>
-[...123 lines deleted...]
-      2) білімді біліктілік тексеру – электр қауіпсіздігі бойынша рұқсат тобын алу, арттыру немесе растау үшін энергетикалық ұйым персоналының өз құзыретіне жататын электр энергетикасы саласындағы нормативтік құқықтық актілердің талаптарын білуін тексеру;</w:t>
+      - ұйымдардың еңбек қауіпсіздігі және еңбекті қорғау қызметінің (бөлімінің) басшысы (еңбек қауіпсіздігі және еңбекті қорғау қызметінің (бөлімінің) басшысы болмаған кезде ұйымның еңбек қауіпсіздігі және еңбекті қорғау талаптарының сақталуына ішкі бақылауды қамтамасыз етуге жауапты адам);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - өндірістік бақылауды жүзеге асыратын лауазымды адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) білімді біліктілік тексеру – электр қауіпсіздігі бойынша рұқсат тобын алу, арттыру немесе растау үшін энергетикалық ұйым персоналының өз құзыретіне жататын электр энергетикасы және/немесе жылу энергетикасы салаларындағы нормативтік құқықтық актілердің талаптарын білуін тексеру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) мамандар – осы Қағидалардың 2-тармағының 1) тармақшасында аталған адамдарды қоспағанда, жұмысты орындауы үшін электр энергетикасы саласындағы нормативтік құқықтық актілерге сәйкес рұқсатты алу талап етілетін жедел, жедел-жөндеу, жөндеу персоналына басшылықты жүзеге асыратын адамдар, сондай-ақ электр және жылу энергиясын өндіруді, беруді жүзеге асыратын ұйымдардың филиалдарының, цехтарының, қызметтерінің, бөлімдерінің басшылары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1787,51 +1611,91 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Энергетика министрінің 25.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 415</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); 26.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 327-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z80" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2382,1064 +2246,854 @@
       2) ұйымның техникалық басшысының шешімі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) еңбек қауіпсіздігі және еңбекті қорғау бойынша қызмет (бөлім) қызметкерлерінің еңбек қауіпсіздігі және еңбекті қорғау бойынша анықталған бұзушылықтарын жою жөніндегі шараларды қабылдау туралы нұсқаулар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) электр энергетикасы немесе жылу энергетикасы саласындағы құқықтық актілердің талаптарын бұзу анықталған кезде мемлекеттік энергетикалық қадағалау және бақылау жөніндегі мемлекеттік органның нұсқама беруі немесе ұсыным жіберуі оның шарттары болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 11-тармаққа өзгеріс енгізілді - ҚР Энергетика министрінің 25.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 415</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); 26.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 327-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z89" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Білімді кезектен тыс біліктілік тексеруді тағайындау үшін негіздерге мыналар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) егер осы актілердің нормалары ұйым қызметкерінің қызметіне өзгерістер енгізетін болса, электр энергетикасы саласындағы жаңа құқықтық актілерін қолданысқа енгізу, электр энергетикасы саласындағы құқықтық актілерге өзгерістер мен толықтырулар енгізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) нәтижесінде тергеп-тексеру жөніндегі комиссиясының жазатайым оқиғаға алып келген персонал тарапынан электр энергетикасы саласындағы құқықтық актілер талаптарының бұзылуын анықтаған өндірістегі жазатайым оқиғаны тергеп-тексеру актісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) нәтижесінде жабдықтың (электр қондырғыларының, ғимараттардың, құрылыстардың) бүлінуі, электр, жылу энергиясын өндіру, беру, тұтынудың белгіленген режимінің бұзылуы орын алған ұйым персоналының, соның ішінде автоматика, релелік немесе технологиялық қорғаныс құрылғыларын реттеу бойынша қате іс-әрекеттерінің фактісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жобалау, құрылыс-монтаждау, жөндеу, іске қосу-реттеу, сараптама жұмыстары, соның ішінде өлшеулер мен сынаулар кезіндегі персоналдың қате іс-әрекеттерінің фактісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ұйымда электр энергетикасы саласында жұмыс істеу кезінде ұйымның еңбек қауіпсіздігі және еңбекті қорғау қызметінің техникалық басшылары, қызметкерлері тарапынан анықталған бұзушылықтар бойынша бақылаудың болмауы және шаралардың қабылданбауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) жабдықты (жаңасын немесе оны реконструкциялаудан кейін) пайдалануға беруді енгізу, электрлік және технологиялық схемаларды өзгерту кезінде, егер бұл ұйым қызметкерлерінің қызметінде өзгерістерге әкеп соқса, ұйымның техникалық басшысы шешім қабылдамаған кезде, оған қатысты бақылаудың болмауы және шаралардың қабылданбауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) электр энергетикасы саласындағы сараптама, жобалау ұйымдарының соның ішінде өзгерістер мен сынаулар бойынша зертханалардың (электр зертханаларының) мамандары тарапынан электр энергетикасы саласындағы жұмыстар кезінде анықталған бұзушылықтар бойынша бақылаудың болмауы және шаралардың қабылданбауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) дәлелді себепсіз білімін бастапқы немесе мерзімді (кезекті) біліктілік тексеруден өту бойынша осы Қағидаларда белгіленген мерзімдерді бұзу, сондай-ақ өз біліктілігін растамау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z171" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) электр энергиясының көтерме сауда нарығы субъектілерінің бағынысты жедел-диспетчерлік персоналының мемлекеттік бақылау нәтижелері бойынша энергетикалық қадағалау және бақылау жөніндегі мемлекеттік орган анықтаған электр энергиясын өндіру, беру және тұтыну режимдері бойынша жүйелік оператордың жоғары тұрған жедел-диспетчерлік персоналының өкімдерін орындамауы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      4) тармақша жаңа редакцияда көзделген – ҚР Энергетика министрінің 26.08.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 12-тармаққа өзгеріс енгізілді - ҚР Энергетика министрінің 25.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 415</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); 26.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 327-н/қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>қолданысқа</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z90" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Технологиялық бұзушылықты тексеру актісінің нәтижелері бойынша білімді кезектен тыс біліктілік тексеруді тағайындау үшін мыналар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) энергетикалық қондырғыларда жұмыс істеу кезінде комиссияның электр, жылу энергиясын өндіру, беру бойынша қызметті жүзеге асыратын ұйымның персоналы тарапынан қауіпсіздік нормаларында жіберілген бұзушылықтарды анықтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) электр энергетикасы саласындағы жұмыстарды (құрылыс-монтаждау, жөндеу, іске қосу-реттеу, сараптама жұмыстары, соның ішінде өлшеулер мен сынаулар) орындау кезінде комиссияның бөгде ұйымдардың қызметкерлері, оның ішінде іссапарға жіберілген персонал тарапынан электр энергететикалық қондырғыларда жұмыстар кезінде қауіпсіздік нормаларының жол берілген бұзушылықтарды анықтау негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Ұйымның техникалық басшысының шешімі бойынша білімге кезектен тыс біліктілік тексеруді тағайындау үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) күнтізбелік алты айдан астам мерзім ішінде атқаратын лауазымында лауазымдық міндеттерді орындамау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) егер бұл ұйым қызметкерінің қызметіндегі өзгерістерге әкеп соқса, жабдықты (жаңасын немесе оны реконструкциялаудан кейін) пайдалануға беру, электрлік және технологиялық схемаларды өзгерту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ұйымның қауіпсіздік және еңбекті қорғау қызметінің басшылары, қызметкерлері тарапынан ұйымда электр энергетикасы саласындағы жұмыстар кезінде анықталған бұзушылықтар бойынша бақылау және шараларды қабылдау нәтижесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) нәтижесінде еңбекке жарамдылықты уақытша немесе тұрақты жоғалту, кәсіби ауру не өлім, жеке тұлғалар (персонал) үшін жарақат, кәсіби ауру, денсаулығының күрт нашарлауы немесе улануға әкеп соғатын электр энергетикасы саласындағы құқықтық актілердің талаптарын бұзу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) осы Қағидалардың 10 және 15-тармақтарында көзделген жағдайлар жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Осы Қағидалардың 12-14-тармақтарында көрсетілген білімді кезектен тыс тексеруді тағайындау үшін негіздер толық және жан-жақты болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z93" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Білімді кезектен тыс біліктілік тексеру білімді мерзімді біліктілік тексеру мерзімдерін өзгертпейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z94" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Білімге кезектен тыс біліктілік тексеру тағайындалған сәттен біліктілікті растау күніне дейінгі кезеңде адам электр техникалық емес персоналға теңестіріледі және атқаратын лауазымы бойынша қызметтік міндеттерін орындауға жіберілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z95" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Білімге кезектен тыс біліктілік тексеруді жүргізген және біліктілік расталмаған жағдайда, адам басқа лауазымға ауысу арқылы электр техникалық емес персоналға теңестіріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z96" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...737 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Басшылардың біліміне біліктілік тексеру жүргізу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z97" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z97" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Басшылардың біліміне біліктілік тексеруді Қазақстан Республикасы Энергетика министрлігінің Атомдық және энергетикалық қадағалау мен бақылау комитеті (бұдан әрі – мемлекеттік көрсетілетін қызметті беруші) жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z98" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z98" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Жыл сайын, 1 желтоқсанға дейінгі мерзімде ұйымдар мемлекеттік көрсетілетін қызметті берушіге келесі күнтізбелік жылға осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша электр қондырғыларының техникалық жай-күйі мен оларды пайдалану қауіпсіздігін бақылау үшін электр және жылу энергиясын өндіруді, беруді жүзеге асыратын ұйымдардың басшыларында, мамандарында техникалық пайдалану қағидаларын және қауіпсіздік техникасы қағидаларын білуін біліктілік тексеруге жататын басшылардың тізімін жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Басшыны жұмысқа қабылдау немесе шығару кезінде тиісті ақпарат мемлекеттік көрсетілетін қызметті берушіге қабылданған (шығарылған) күнінен бастап күнтізбелік 15 күннің ішінде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z99" w:id="28"/>
+    <w:bookmarkStart w:name="z99" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Білімді біліктілік тексеруден өту үшін жеке тұлға (бұдан әрі – көрсетілетін қызметті алушы) мемлекеттік көрсетілетін қызметті алу үшін көрсетілетін қызметті берушіге осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> келтірілген "Электр қондырғыларының техникалық жай-күйін және оларды пайдалану қауіпсіздігін бақылау үшін электр және жылу энергиясын өндіруді, беруді жүзеге асыратын ұйымдар басшыларының, мамандарының техникалық пайдалану қағидалары мен қауіпсіздік техникасы қағидаларын білуіне біліктілік тексеру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінің (бұдан әрі – мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі) 8-тармағында көрсетілген мемлекеттік қызметті көрсету үшін қажетті құжаттарды білімді біліктілік тексеру мерзімі аяқталатын күнге дейін күнтізбелік 30 (отыз) күннен кешіктірмей "электрондық үкіметтің" www.egov.kz, www.elіcense.kz веб-порталы арқылы жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеке басты куәландыратын құжаттардың мәліметтерін көрсетілетін қызметті беруші тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3530,70 +3184,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк алпыс күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z100" w:id="29"/>
+    <w:bookmarkStart w:name="z100" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Көрсетілетін қызметті берушінің кеңсе қызметкері өтініш түскен күні тіркеу нөмірі мен күнін бере отырып құжаттарды қабылдауды және тіркеуді жүзеге асырады және тіркелген құжаттарды көрсетілетін қызметті берушінің басшысына береді, ол құрылымдық бөлімшенің жауапты орындаушысын анықтайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтініш беруші жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру Қазақстан Республикасының Еңбек кодексі негізінде келесі жұмыс күні жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3630,70 +3284,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z142" w:id="30"/>
+    <w:bookmarkStart w:name="z142" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22-1. Көрсетілетін қызметті берушінің кеңсесінде тіркелген сәттен бастап 2 (екі) жұмыс күні ішінде жауапты орындаушы ұсынылған құжаттардың толық болуын тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көрсетілетін қызметті алушы құжаттар топтамасын толық емес ұсынған кезде, көрсетілетін қызметті беруші өтінішті осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3788,70 +3442,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк алпыс күн өткен соң қолданысқа енгiзiледi) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z143" w:id="31"/>
+    <w:bookmarkStart w:name="z143" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22-2. Көрсетілетін қызметті алушы мемлекеттік қызметті көрсетуден бас тарту себептерін жойған жағдайда, көрсетілетін қызметті алушы мемлекеттік қызметті алу үшін қайтадан жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көрсетілетін қызметті алушы құжаттарды кері қайтарып алған жағдайда, 2 (екі) жұмыс күні ішінде көрсетілетін қызметті беруші осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3908,70 +3562,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z144" w:id="32"/>
+    <w:bookmarkStart w:name="z144" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22-3. Білімді біліктілік тексеру көрсетілетін қызметті алушыға хабарлама келіп түскен күннен бастап 5 (бес) жұмыс күні ішінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тестілеу көрсетілетін қызметті беруші мен көрсетілетін қызметті берушінің аумақтық құрылымдық бөлімшелері ұсынған орындарда автоматтандырылған компьютерлік тәсілмен мемлекеттік немесе орыс тілдерінде көрсетілетін қызметті алушының таңдауы бойынша жүргізіледі. Білімді біліктілік тексеруден өтуі қажет шетелдік тұлғалар (резидент еместер) оны осы Қағидаларға сәйкес жалпы негізде өтеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -4008,70 +3662,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z145" w:id="33"/>
+    <w:bookmarkStart w:name="z145" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22-4. Көрсетілетін қызметті алушы жеке басын куәландыратын құжатты немесе цифрлық құжаттар сервисінен электрондық құжатты (сәйкестендіру үшін) көрсеткен кезде тестілеуге жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тестілеу кезінде көрсетілетін қызметті алушылар өзара сөйлеспейді, қандай да бір қосымша ақпараттық материалдарды (анықтамалық, арнайы әдебиетті), байланыс құралдарын және электрондық жеткізгіштегі жазбаларды пайдаланбайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4146,70 +3800,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z146" w:id="34"/>
+    <w:bookmarkStart w:name="z146" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22-5. Білімді біліктілік тексеру тестілеу нысанында жүргізіледі. Тестілеу уақыты екі сағатты құрайды. Тест сұрақтарының саны 100 сұрақты құрайды. Тестілеу сұрақтары осы Қағидаларға 8-1-қосымшаға сәйкес нысан бойынша ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Білімді біліктілік тексеруге жататын адамның біліктілігін растаған тестілеу нәтижесін мойындауға негіз болып табылатын дұрыс жауаптардың шекті деңгейі тестілерде қамтылған сұрақтар санының 70 пайызын құрайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4318,70 +3972,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z147" w:id="35"/>
+    <w:bookmarkStart w:name="z147" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22-6. Тестілеу нәтижелерімен келіспеген жағдайда көрсетілетін қызметті беруші көрсетілетін қызметті алушыға Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінің 73-бабына сәйкес өз ұстанымын білдіруге (тыңдауға) мүмкіндік береді, ол туралы көрсетілетін қызметті алушы шешім қабылданғанға дейін 3 (үш) жұмыс күнінен кешіктірмей хабардар етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тыңдау рәсімі Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексіне сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4492,90 +4146,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z148" w:id="36"/>
+    <w:bookmarkStart w:name="z148" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22-7. Электр энергетикасы саласындағы техникалық пайдалану қағидалары мен қауіпсіздік техникасы қағидаларын білуіне біліктілік тексеруден өту нәтижесі көрсетілетін қызметті алушының "жеке кабинетіне" осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша біліміне біліктілік тексеруден өткен күннен бастап 3 жұмыс күні ішінде жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4614,70 +4268,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z153" w:id="37"/>
+    <w:bookmarkStart w:name="z153" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22-8. Тестілеу барысы техникалық жазба құралдарының көмегімен тіркеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Техникалық жазба құралдарының көмегімен тіркелген материалдар білімді біліктілік тексеру өткізген сәттен бастап 3 (үш) ай ішінде сақталады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -4714,90 +4368,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z101" w:id="38"/>
+    <w:bookmarkStart w:name="z101" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Білімге бастапқы немесе кезекті біліктілік тексеру кезінде шекті деңгейден төмен тестілеу нәтижесін алған немесе тестілеуге дәлелді себептерсіз келмеген көрсетілетін қызметті алушы атқаратын лауазымы шегінде өз біліктілігін растамаған болып есептеледі. Бұл жағдайларда көрсетілетін қызметті алушы шекті деңгейден төмен тестілеу нәтижесін алған күннен бастап күнтізбелік 30 күннің ішінде осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>21-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қайта өтініш беру арқылы білімге кезектен тыс біліктілік тексеруден өтеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер көрсетілетін қызметті алушы білімді кезектен тыс біліктілік тексеру кезінде шекті деңгейден төмен тестілеу нәтижесін алған немесе тестілеуге дәлелді себептерсіз келмеген кезде көрсетілетін қызметті алушы Қазақстан Республикасының еңбек заңнамасында белгіленген тәртіппен атқаратын лауазымынан шеттетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4870,514 +4524,420 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z102" w:id="39"/>
+    <w:bookmarkStart w:name="z102" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Білімге біліктілік тексеруден өту мерзімі алты айдан астам өтіп кеткен кезде ұйымның бірінші басшысының шешімі бойынша басшыға білімге кезектен тыс біліктілік тексеру белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бірінші басшыға қатысты білімді кезектен тыс біліктілік тексеру жауапкершілігі шектеулі серіктестіктің құрылтайшысымен немесе акционерлік қоғамның директорлар кеңесімен белгіленеді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z103" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Көрсетілетін қызметті беруші мемлекеттік қызмет көрсету сатысы туралы деректерді мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне енгізуді қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рұқсаттар мен хабарламалардың мемлекеттік ақпараттық жүйесі арқылы мемлекеттік қызметті көрсету кезінде мемлекеттік қызметті көрсету сатысы туралы деректер мемлекеттік қызметтерді көрсету мониторингінің ақпараттық жүйесіне автоматты режимде түседі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті беруші осы Қағидаларға өзгерістер және (немесе) толықтырулар енгізу туралы нормативтік құқықтық актіні бекіткен күннен бастап 3 (үш) жұмыс күні ішінде Бірыңғай байланыс орталығына енгізілген өзгерістер және (немесе) толықтырулар туралы ақпарат жібереді және www.gov.kz Қазақстан Республикасының мемлекеттік органдары интернет-ресурстарының бірыңғай платформасында "Энергетика министрлігі" деген бөлімде орналастырады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 25-тармақ жаңа редакцияда – ҚР Энергетика министрінің 26.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 327-н/қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z104" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Электр энергетикасы саласындағы техникалық пайдалану қағидалары мен қауіпсіздік техникасы қағидаларын білуін біліктілік тексеру нәтижелеріне шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z105" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Мемлекеттік қызметтер көрсету мәселелері бойынша шағымды қарауды жоғары тұрған әкімшілік орган, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шағым кімнің шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған көрсетілетін қызметті берушіге беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалған көрсетілетін қызметті беруші, егер ол 3 (үш) жұмыс күні ішінде шағымда көрсетілген талаптарды қанағаттандыратын шешім қабылдаса, шағымды қарайтын органға шағым жібермейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шағымды қанағаттандырусыз қалдыру туралы шешім қабылданған кезде шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған көрсетілетін қызметті беруші шағым келіп түскен күннен бастап 3 (үш) жұмыс күнінен кешіктірмей оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      25-тармақ жаңа редакцияда көзделген – ҚР Энергетика министрінің 26.08.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 26-тармақ жаңа редакцияда - ҚР Энергетика министрінің 04.03.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 327-н/қ</w:t>
+        <w:t>№ 89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...269 lines deleted...]
-    <w:bookmarkStart w:name="z106" w:id="42"/>
+    <w:bookmarkStart w:name="z106" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. Көрсетілетін қызметті берушінің атына келіп түскен көрсетілетін қызметті алушының шағымы Заңның 25-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тіркелген күнінен бастап 5 (бес) жұмыс күні ішінде қаралуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5396,70 +4956,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z107" w:id="43"/>
+    <w:bookmarkStart w:name="z107" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Мемлекеттік қызметтерді көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы оның тіркелген күнінен бастап 15 (он бес) жұмыс күні ішінде қаралуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның, орталық мемлекеттік органның, облыстың, республикалық маңызы бар қаланың, астананың, ауданның, облыстық маңызы бар қаланың жергілікті атқарушы органының, қаладағы аудан, аудандық маңызы бар қала, кент, ауыл, ауылдық округ әкімінің шағымды қарау мерзімі қажет болған жағдайларда 10 (он) жұмыс күнінен аспайтын мерзімге ұзартылады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5550,226 +5110,226 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z108" w:id="44"/>
+    <w:bookmarkStart w:name="z108" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Көрсетілетін қызметті беруші шешімінің нәтижелерімен келіспеген жағдайда көрсетілетін қызметті алушы нәтижелерге сот тәртібімен шағымдана алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z109" w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z109" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Мамандардың біліміне біліктілік тексеру жүргізу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z110" w:id="46"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z110" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Мамандардың біліміне біліктілік тексеруді жыл сайын энергетикалық ұйым басшысының бұйрығымен білімге біліктілік тексеру жүргізу үшін құрылатын комиссия жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z111" w:id="47"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z111" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Жыл сайын, желтоқсанның 25-не дейінгі мерзімде, ұйымдар келесі күнтізбелік жылға білімі біліктілік тексеруге жататын мамандардың тізімін жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Маманды жұмысқа қабылдау немесе шығару кезінде жоғары аталған тізімге тиісті өзгерістер енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z112" w:id="48"/>
+    <w:bookmarkStart w:name="z112" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Мамандардың біліміне біліктілік тексеруді ұйымдастыруға жауапты адам осы Қағидалардың 31-тармағында көрсетілген тізімге сәйкес білімге біліктілік тексеру жүргізу күніне дейін күнтізбелік 30 күннен кешіктірмей маманға білімді біліктілік тексеруден өткені туралы жазбаша хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z113" w:id="49"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z113" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Әрбір маманның білімін біліктілік тексеру компьютерлік бағдарламаларды пайдаланып тестілеу түрінде немесе жазбаша түрде жеке өткізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z114" w:id="50"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z114" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34. Білімді біліктілік тексеру нәтижесі бойынша осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша білімді біліктілік тексеру хаттамасы ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тексерілуші комиссия хаттамасымен қызметкердің біліміне біліктілік тексеру жүргізілгеннен кейін бір тәулік ішінде қол қойып танысады. Қызметкерлердің білімін біліктілік тексеру хаттамалары ұйымда кемінде үш жыл сақталады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5844,110 +5404,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z115" w:id="51"/>
+    <w:bookmarkStart w:name="z115" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Мамандардың біліміне біліктілік тексеру жүргізудің белгіленген мерзімдері, ол аяқталған сәтінен бастап, бірақ құжаттық растау кезінде дәлелді себептер бойынша (ауру, іссапар, еңбек демалысы, оқу орындарында оқу) ұйым басшысымен бір айдан аспайтын мерзімге ұзартылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z116" w:id="52"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z116" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Білімге біліктілік тексеруден өту мерзімі алты айдан астам мерзім ішінде ұйым басшысының шешімі бойынша білімге кезектен тыс біліктілік тексеру белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z117" w:id="53"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z117" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Білімге бастапқы немесе мерзімді (кезекті) біліктілік тексеруден өту бойынша мерзімдерді дәлелді себептерсіз бұзған, сондай-ақ өз біліктілігін растамаған мамандардың электр қауіпсіздігі бойынша рұқсат тобы бір бірлікке төмендетіледі және өтіп кеткен мерзімнен немесе электр қауіпсіздігі бойынша рұқсат тобын растамаған (берген) күннен кейінгі күнтізбелік 30 күннің ішінде білімге кезектен тыс біліктілік тексеру белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7926,208 +7486,208 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>арналған нысанға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z155" w:id="54"/>
+    <w:bookmarkStart w:name="z155" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік деректерді өтеусіз негізінде жинауға арналған нысанын толтыру жөніндегі түсіндірме "Электр қондырғыларының техникалық жай-күйін және оларды пайдалану қауіпсіздігін бақылау үшін электр және жылу энергиясын өндіруді, беруді жүзеге асыратын ұйымдар басшыларының, мамандарының техникалық пайдалану қағидалары мен қауіпсіздік техникасы қағидаларын білуіне біліктілік тексерулерден өтуге жататын басшылардың тізімі" (индекс 1-ББТБТ, кезеңділігі жылдық)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z156" w:id="55"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z156" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Р/с №" 1-бағанында білуін біліктілік тексеруге жататын басшының реттік нөмірі көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z157" w:id="56"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z157" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Тегі, аты, әкесінің аты (бар болған кезде)" 2-бағанында білуін біліктілік тексеруге жататын басшының тегі, аты, әкесінің аты (бар болған кезде) көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z158" w:id="57"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z158" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. "Жеке сәйкестендіру нөмірі" 3-бағанында білуін біліктілік тексеруге жататын басшының жеке сәйкестендіру нөмірі көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z159" w:id="58"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z159" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. "Алдағы өткен білімді біліктілік тексеру күні" 4-бағанында білуін біліктілік тексеруге жататын басшының алдағы өткен оң білімді біліктілік тексеру күні көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z160" w:id="59"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z160" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. "Лауазымы" 5-бағанында білуін біліктілік тексеруге жататын басшының лауазымы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z161" w:id="60"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z161" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. "Лауазымға қабылдау туралы бұйрықтың № және күні" 6-бағанында білуін біліктілік тексеруге жататын басшының лауазымға қабылдау туралы бұйрықтың нөмірі мен күні көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z162" w:id="61"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z162" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. "Рұқсат тобы" 7-бағанында білуін біліктілік тексеруге жататын басшының электр қауіпсіздігі бойынша рұқсат тобы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8457,70 +8017,70 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z121" w:id="62"/>
+    <w:bookmarkStart w:name="z121" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылады: Қазақстан Республикасы Энергетика министрлігі Атомдық және энергетикалық қадағалау мен бақылау комитетіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан интернет – ресурста орналастырылған: www.gov.kz/memleket/entities/kaenk.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9850,188 +9410,188 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>арналған нысанға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z164" w:id="63"/>
+    <w:bookmarkStart w:name="z164" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік деректерді өтеусіз негізінде жинауға арналған нысанын толтыру жөніндегі түсіндірме "Қабылданған (шығарылған) басшылар туралы ақпарат" (индекс 1-ҚША, кезеңділігі білуін біліктілік тексеруге жататын басшының жұмысқа қабылдау немесе шығару кезінде)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z165" w:id="64"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z165" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Р/с №" 1-бағанында жұмысқа қабылданған немесе шығарылған басшының реттік нөмірі көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z166" w:id="65"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z166" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Тегі, аты, әкесінің аты (бар болған кезде)" 2-бағанында жұмысқа қабылданған немесе шығарылған басшының тегі, аты, әкесінің аты (бар болған кезде) көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z167" w:id="66"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z167" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. "Жеке сәйкестендіру нөмірі" 3-бағанында жұмысқа қабылданған немесе шығарылған басшының жеке сәйкестендіру нөмірі көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z168" w:id="67"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z168" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. "Лауазымы" 4-бағанында жұмысқа қабылданған немесе шығарылған басшының лауазымы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z169" w:id="68"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z169" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. "Қабылдау (шығару) туралы бұйрықтың № және күні" 5-бағанында жұмысқа қабылданған немесе шығарылған басшының лауазымға қабылдау немесе шығару туралы бұйрықтың нөмірі мен күні көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z170" w:id="69"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z170" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. "Рұқсат тобы" 6-бағанында жұмысқа қабылданған немесе шығарылған басшының электр қауіпсіздігі бойынша рұқсат тобы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қабылданған (шығарылған) басшылар туралы ақпарат </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
@@ -10587,68 +10147,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z125" w:id="70"/>
+    <w:bookmarkStart w:name="z125" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Электр қондырғыларының техникалық жай-күйін және оларды пайдалану қауіпсіздігін бақылау үшін электр және жылу энергиясын өндіруді, беруді жүзеге асыратын ұйымдар басшыларының, мамандарының техникалық пайдалану қағидалары мен қауіпсіздік техникасы қағидаларын білуіне біліктілік тексеру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-қосымша жаңа редакцияда – ҚР Энергетика министрінің 09.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10662,57 +10222,50 @@
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк алпыс күн өткен соң қолданысқа енгiзiледi); өзгеріс енгізілді - ҚР Энергетика министрінің 25.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 415</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -12099,155 +11652,50 @@
               <w:t>
 4) портал арқылы мемлекеттік қызмет көрсету кезінде нашар көретіндерге арналған нұсқа қолжетімді;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) мемлекеттік қызмет көрсету мәселелері жөніндегі анықтамалық қызметтердің байланыс телефондары www.gov.kz – мемлекеттік органдардың интернет-ресурстарының бірыңғай платформасының "Энергетика министрлігі" бөлімінің "Көрсетілетін қызметтер" кіші бөлімінде көрсетілген. Мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы: 1414 , 8-800-080-7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...103 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12281,220 +11729,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Электр қондырғыларының </w:t>
-[...168 lines deleted...]
-              <w:t>қосымша</w:t>
+              <w:t>"Электр қондырғыларының</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -12515,51 +11794,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>техникалық жай-күйін және</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -12580,444 +11859,1303 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>оларды пайдалану қауіпсіздігін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бақылау үшін электр және жылу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>энергиясын өндіруді, беруді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жүзеге асыратын ұйымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>басшыларының, мамандарының</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>техникалық пайдалану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидалары мен қауіпсіздік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>техникасы қағидаларын білуіне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік тексеру" мемлекеттік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызмет көрсетуге қойылатын</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>негізгі талаптар тізбесіне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(мемлекеттік органның атауы)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>________________________</w:t>
+              <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(бизнес сәйкестендіру нөмірі)</w:t>
+              <w:t>(тегі, аты, әкесінің аты (ол болған кезде))</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>____________________________</w:t>
-[...51 lines deleted...]
-              <w:t>20____жылғы "___" ________</w:t>
+              <w:t>№ _____ Күні: 20 __ жылғы "___" _____</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сізден мені электр қауіпсіздігі бойынша _______________ рұқсат тобын </w:t>
-[...251 lines deleted...]
-      "___"________ № ___ өкімдік құжаттың (бұйрықтың) көшірмесі.</w:t>
+      Ескерту. Қосымша жаңа редакцияда – ҚР Энергетика министрінің 26.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 327-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сізден мені электр қауіпсіздігі бойынша _______________ рұқсат тобын</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           (рұқсат тобын көрсету)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________ үшін электр қондырғыларының техникалық</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (алу, арттыру немесе растау)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жай-күйін және оларды пайдалану қауіпсіздігін бақылау үшін электр және жылу энергиясын өндіруді, беруді жүзеге асыратын ұйымдар басшыларының техникалық пайдалану қағидалары мен қауіпсіздік техникасы қағидаларын білуіне</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________ біліктілік</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (бастапқы, кезекті, кезектен тыс)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тексеруден өтуіме рұқсат беруіңізді сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Осы өтінішпен 3 (үш) жыл мерзімге мемлекеттік қызмет көрсетуге қойылатын негізгі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>талаптар тізбесінің 8-тармағында көзделген жинақталатын деректер тізбесімен ұсынылған</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ақпараттың дұрыстығын растаймын және жеке деректерді жинауға және өңдеуге, сондай-ақ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рұқсаты шектеулі жеке деректерге қол жеткізуге келісім беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қосымша: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Ұйымның білімді біліктілік тексеруден өтуге немесе көрсетілетін қызметті алушыны</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымға қабылдау немесе ауыстыру туралы 20 ___ жылғы "___" ________ № ___</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ұйымның білімді біліктілік тексеруден өтуге жолдамасының немесе көрсетілетін қызметті</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алушыны лауазымға қабылдау немесе ауыстыру туралы өкімдік құжаттың (бұйрықтың)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>электрондық көшірмесінің нөмірі) жолдамасы немесе өкімдік құжаттың (бұйрықтың)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>электрондық көшірмесі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -13053,51 +13191,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қолы ____________</w:t>
+              <w:t xml:space="preserve">                                                                                              Қолы ___________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -14196,68 +14334,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z128" w:id="71"/>
+    <w:bookmarkStart w:name="z128" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Хабарлама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Энергетика министрлігінің Атомдық және энергетикалық қадағалау мен бақылау комитеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14680,68 +14818,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z130" w:id="72"/>
+    <w:bookmarkStart w:name="z130" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтінішті қарауды тоқтату туралы хабарлама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сіздің 20___жылғы "___" ________ № ___ өтінішіңіздің негізінде Сіздің өтінішіңізді қарау тоқтатылғаны туралы хабарлаймыз.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15074,68 +15212,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z132" w:id="73"/>
+    <w:bookmarkStart w:name="z132" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тестілеуден өту тәртібін бұзу туралы акт</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 8-қосымша жаңа редакцияда - ҚР Энергетика министрінің 25.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15812,68 +15950,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z150" w:id="74"/>
+    <w:bookmarkStart w:name="z150" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тестілеу сұрағы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар 8-1-қосымшамен толықтырылды – ҚР Энергетика министрінің 09.12.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16793,68 +16931,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z134" w:id="75"/>
+    <w:bookmarkStart w:name="z134" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Апелляцияға өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 9-қосымша алып тасталды - ҚР Энергетика министрінің 04.03.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17153,68 +17291,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z136" w:id="76"/>
+    <w:bookmarkStart w:name="z136" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Апелляциялық комиссия отырысының хаттамасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 10-қосымша алып тасталды - ҚР Энергетика министрінің 04.03.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17526,68 +17664,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z138" w:id="77"/>
+    <w:bookmarkStart w:name="z138" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Электр энергетикасы саласындағы техникалық пайдалану қағидалары мен қауіпсіздік техникасы қағидаларын білуіне біліктілік тексеруден өту нәтижесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 11-қосымша жаңа редакцияда - ҚР Энергетика министрінің 04.03.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18601,68 +18739,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z140" w:id="78"/>
+    <w:bookmarkStart w:name="z140" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Білімді біліктілік тексерудің  № ХАТТАМАСЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 12-қосымша жаңа редакцияда - ҚР Энергетика министрінің 25.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>