--- v0 (2026-01-12)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0380cdd" w14:textId="0380cdd">
+    <w:p w14:paraId="e4a67e0" w14:textId="e4a67e0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -7126,2204 +7126,1944 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) мәмілелер үздіксіз жасалады және сауда-саттыққа қатысушылар тарапынан қосымша іс-қимылдарды талап етпейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
     <w:bookmarkStart w:name="z246" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8-тарау. Биржалық сауда-саттықта тауарлармен жасалған мәмілелер бойынша есеп айырысуды жүзеге асыру тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z247" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      75. Алып тасталды - ҚР Сауда және интеграция министрінің 03.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 286-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z777" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75-1. Тауар биржасында жасалған мәмілелер бойынша биржалық тауарларға ақы төлеу және жеткізу сатушы тарапынан тиісті жеткізілім бойынша барлық талаптар орындалған жағдайда, Сатып алушы тарапынан жасалған шарт сомасын толық төлеу бөлігінде жасалған биржалық мәміле негізінде шарт талаптарының орындалуына кепілдік беру жөніндегі контрагенттің функцияларын өзіне қабылдайтын тауар биржасының клирингтік орталығы арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тарау 75-1-тармақпен толықтырылды - ҚР Сауда және интеграция министрінің 03.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 286-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">76. Алып тасталды – ҚР Сауда және интеграция министрінің 03.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 286-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      75-тармақты алып тастау көзделген – ҚР Сауда және интеграция министрінің 03.10.2025 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">77. Алып тасталды - ҚР Сауда және интеграция министрінің 03.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 286-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">78. Алып тасталды – ҚР Сауда және интеграция министрінің 03.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 286-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
-    </w:p>
-[...103 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...402 lines deleted...]
-    <w:bookmarkStart w:name="z255" w:id="197"/>
+    </w:p>
+    <w:bookmarkStart w:name="z255" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       79. Биржалық мәмілелерге клирингтік қызмет көрсету Қазақстан Республикасы Ұлттық экономика министрінің міндетін атқарушының 2015 жылғы 25 қарашадағы № 729 бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 12605 болып тіркелген) биржалық мәмілелер бойынша клирингтік қызметті жүзеге асыру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z256" w:id="198"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z256" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       80. "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының 8 - бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>26) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес сауда-саттықты өткізу күніне Қазақстан Республикасының Ұлттық Банкі белгілеген ресми бағам бойынша Қазақстан Республикасының ұлттық валютасы-теңге биржалық сауда-саттықта жасалған биржалық тауарлармен мәмілелер бойынша есеп айырысуларды жүзеге асыру үшін валюта болып табылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z257" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-тарау. Биржалық сауда-саттыққа қатысу процесінде автоматтандырылған алгоритмдерді қолдану шарттары мен тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z258" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81. Тауар биржасының мүшелеріне өтінімдер беру және мәмілелер жасасу үшін тауар биржасының электрондық сауда жүйесіне жүгіну жылдамдығы секундына екі және одан да көп өтінішті құрайтын автоматтандырылған жеделдетіп өңдеу және деректерді беру технологияларын және сыртқы бағдарламалық-техникалық жүйелерді пайдалануға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z257" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осындай технологияларды пайдалана отырып жасалған мәмілелер елеусіз деп танылады және тауар биржасының күшін жоюға жатады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 81-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің 03.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 286-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z259" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82. Өтінімдерді жинаудың, оларды тауар биржасының электрондық сауда жүйесіне енгізуге және жіберуге дайындаудың, сондай-ақ тауар биржасы мүшелері тарапынан оны пайдалана отырып жасалатын барлық іс-әрекеттерді бақылауды қамтамасыз ететін режимде жұмыс істейтін сауда жүйесінен ақпарат алудың және өңдеудің автоматтандырылған бағдарламалық-техникалық құралдары міндетті түрде тауар биржасының шешімімен сертификатталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сауда-саттыққа қатысушылар тауар биржасы сертификаттамаған осындай бағдарламалық-техникалық құралдарды пайдалана отырып жасасқан мәмілелер жарамсыз деп танылады және тауар биржасы оларды жоюға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тауар биржасы жойған мәмілелер бойынша биржалық тауарлар келесі және (немесе) қосымша сауда сессиясы шеңберінде сауда-саттыққа қайта қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 82-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің м.а. 20.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z778" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82-1. Биржалық мәмілелер жойылған жағдайда тауар биржасы күшін жою туралы шешім қабылданған сол жұмыс күні тауар биржасының интернет-ресурсында сауда-саттыққа қатысушылардың көлемін, атауын көрсете отырып, күші жойылған мәмілелер туралы ақпаратты орналастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жойылған көлемдерді биржалық сауда-саттыққа қайта қоюға тауар биржасының интернет-ресурсында қайталама сауда-саттық туралы ақпарат биржалық сауда-саттық өткізілетін күнге дейін бір жұмыс күнінен кешіктірілмей орналастырылған жағдайда жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тарау 82-1-тармақпен толықтырылды - ҚР Сауда және интеграция министрінің 03.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 286-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">83. Алып тасталды - ҚР Сауда және интеграция министрінің м.а. 20.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z261" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 9-тарау. Биржалық сауда-саттыққа қатысу процесінде автоматтандырылған алгоритмдерді қолдану шарттары мен тәртібі</w:t>
-[...40 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> 10-тарау. Өзін-өзі реттейтін ұйымдармен өзара іс-қимыл тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z262" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84. Тауар биржалары мен өзін-өзі реттейтін ұйымдар арасындағы өзара іс-қимылды ұйымдастыру мақсатында келісім немесе меморандум жасасуға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z263" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85. Тауар биржаларының өзін-өзі реттейтін ұйымдармен өзара іс-қимылы мынадай жолдармен жүзеге асырылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z264" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ақпарат алмасу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z265" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өзара көмек көрсету және өз мүдделерін қорғау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z266" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тауар биржалары, брокерлер мен дилерлер қызметкерлерінің біліктілігін арттыру және қайта даярлау курстарын өткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z267" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) консультациялық көмекті жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z268" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өз қызметін жүзеге асыру кезінде туындайтын мәселелер бойынша бірлескен шешімдер қабылдау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z269" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86 Тауар биржалары мен өзін-өзі реттейтін ұйымдар арасындағы ақпараттық өзара іс-қимыл электрондық түрде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z270" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      87. Құжаттарды және (немесе) мәліметтерді қағаз жеткізгіште ұсыну (жіберу) арқылы құжаттар және (немесе) мәліметтер алмасу электрондық түрде құжаттар және (немесе) мәліметтер алмасудың техникалық мүмкіндігі болмаған жағдайда жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z271" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11-тарау. Мерзімді келісімшарттардың биржалық сауда-саттығын жүргізу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z272" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      88. Мерзімді келісімшарттармен биржалық сауда-саттықты ұйымдастыруды және өткізуді регламенттейтін тауар биржасының ішкі құжаттарына сәйкес жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 81-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің 03.10.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 88-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің м.а. 20.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z273" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89. Биржалық сауда-саттықтың мәні ретінде пайдаланылатын мерзімді келісімшарттардың стандартты талаптары олардың тауар биржасы бекітетін ерекшеліктерімен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 89-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің м.а. 20.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z274" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12 тарау. Тоқтата тұру шарттары мен тәртібі және тауар биржасындағы биржалық сауда-саттықты қайта бастау туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z275" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      90. Биржалық сауданы ұйымдастыруға байланысты қызметтер көрсетуді жалғастыруға мүмкіндік бермейтін тауар биржасының электрондық сауда жүйесінде техникалық іркілістер туындаған жағдайларда, тауар биржасы техникалық іркіліс фактісі мен уақытын техникалық іркілістер журналында құжаттап тіркейді, қызметтер көрсетуді тоқтата тұрады және тауар биржасының электрондық сауда жүйесіне бағытталған шараларды дереу қабылдайды.:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z276" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Техникалық іркіліске әкеп соққан себептерді анықтау және жою;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z277" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ақаулықтың техникалық салдарын жою;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z278" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тауар биржасының сауда жүйесіндегі ақпараттың толық сақталуын қамтамасыз ету және техникалық іркіліс нәтижесінде жоғалған ақпаратты қалпына келтіру болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z279" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91. Тауар биржасының электрондық сауда жүйесінде іркіліс анықталған кезде тауар биржасы сауда-саттықты уақытша тоқтата тұру туралы шешім қабылдайды, бұл туралы биржалық сауда-саттыққа қатысушылар тауар биржасының электрондық сауда жүйесін пайдалана отырып немесе басқа да қолжетімді тәсілмен хабардар етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z280" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      92. Тауар биржасының сауда жүйесінің жұмыс қабілеттілігі қалпына келтірілгеннен кейін сауда-саттық қайта басталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z281" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      93. Егер тауар биржасының сауда жүйесінің жұмыс қабілеттілігін қалпына келтіру мүмкін болмаса, тауар биржасы сауда-саттықты мерзімінен бұрын тоқтату туралы шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z282" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      94. Шешім тауар биржасының электрондық сауда жүйесін пайдалана отырып немесе басқа да қолжетімді тәсілмен биржалық сауда-саттыққа барлық қатысушылардың назарына жеткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z283" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13-тарау. Биржалық қамтамасыз ету мөлшерін айқындау тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z284" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95. Биржалық сауда-саттыққа қатысу үшін биржалық қамтамасыз етудің мөлшерін тауар биржасы осы Қағидаларға сәйкес биржалық қамтамасыз етудің мөлшері көзделген секцияларды қоспағанда, секцияның түріне қарай сауда-саттыққа қатысушы жоспарлаған биржалық мәміле сомасына проценттік қатынаста белгілейді және 3 проценттен аспайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Биржалық саудаға қатысушы 30 күнтізбелік күн ішінде биржалық мәміле бойынша өз міндеттемелерін орындамаған жағдайда, ол енгізген биржалық қамтамасыз етуді тауар биржасының клирингтік орталығы зардап шеккен тараптың пайдасына 5 жұмыс күні ішінде аударуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 95-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің м.а. 20.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">96. Алып тасталды - ҚР Сауда және интеграция министрінің 03.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 286-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z259" w:id="201"/>
-[...54 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z286" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...215 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 10-тарау. Өзін-өзі реттейтін ұйымдармен өзара іс-қимыл тәртібі</w:t>
-[...557 lines deleted...]
-        <w:t xml:space="preserve"> 13-тарау. Биржалық қамтамасыз ету мөлшерін айқындау тәртібі</w:t>
+        <w:t xml:space="preserve"> 14 тарау. Биржалық және биржадан тыс мәмілелерді есепке алу және тіркеу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z284" w:id="226"/>
-[...170 lines deleted...]
-    <w:bookmarkEnd w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 14-тараудың тақырыбы жаңа редакцияда - ҚР Сауда және интеграция министрінің м.а. 20.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z287" w:id="228"/>
+    <w:bookmarkStart w:name="z287" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 1. Биржадан тыс мәмілелерді тіркеу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkEnd w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 14-тараудың 1-параграфының тақырыбы жаңа редакцияда - ҚР Сауда және интеграция министрінің м.а. 20.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z288" w:id="229"/>
+    <w:bookmarkStart w:name="z288" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       97. Биржадан тыс мәмілені тіркеуді тауарға меншік құқығының одан басқа тұлғаға ауысуын көздейтін мәміле жасасқан биржалық тауарды сатушы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z779" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Биржадан тыс мәмілені тіркеу:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z780" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дербес-оны дилер ретінде аккредиттеу болған және өтініш берушіде брокермен жасалған брокерлік қызмет көрсету шарты болмаған кезде;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z779" w:id="230"/>
-[...15 lines deleted...]
-      Биржадан тыс мәмілені тіркеу:</w:t>
+    <w:bookmarkStart w:name="z781" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) брокер арқылы – өтініш берушіде брокермен жасалған брокерлік қызмет көрсету шарты болған кезде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z780" w:id="231"/>
-[...15 lines deleted...]
-      1) дербес-оны дилер ретінде аккредиттеу болған және өтініш берушіде брокермен жасалған брокерлік қызмет көрсету шарты болмаған кезде;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тауар биржасында биржадан тыс мәмілені тіркеу сатушы үшін қандай да бір шығындарға әкеп соқпайды және оны тауар биржасы тегін жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сатушы биржалық тауарлармен сауданың жекелеген секцияларының ережелерін ескере отырып, биржадан тыс мәмілелерді тауар биржасында тіркеуді қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 97-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің 03.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 286-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z292" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      98. Ұзақ мерзімді келісімшарттық келісімдер шеңберіндегі біржолғы шарттар және (немесе) жекелеген келісімдер биржадан тыс мәмілелерді тіркеу объектісі болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z781" w:id="232"/>
-[...15 lines deleted...]
-      2) брокер арқылы – өтініш берушіде брокермен жасалған брокерлік қызмет көрсету шарты болған кезде жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z293" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99. Тауар биржасында биржадан тыс мәмілені тіркеу биржадан тыс мәміле жасалған күннен бастап он жұмыс күнінен кешіктірілмей жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="232"/>
-    <w:p>
-[...136 lines deleted...]
-    <w:bookmarkEnd w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Биржадан тыс мәмілені тіркеу биржалық мәміле емес.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9416,1418 +9156,1622 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z294" w:id="235"/>
+    <w:bookmarkStart w:name="z294" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       100. Биржадан тыс мәмілелер кезекті күнтізбелік айлар бөлінісінде тауар биржасының сауда жүйесінде тіркеледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Биржадан тыс мәмілені нақты күнтізбелік айға жатқызу тәртібі шартты орындаудың соңғы күнін айқындау жолымен не тауар жеткізудің жоспарланған кезеңін негізге ала отырып жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер биржадан тыс мәміле екі немесе одан да көп ай ішінде жеткізуді көздесе, онда күнтізбелік ай мәміленің жалпы мөлшерінен ең үлкен жеткізу көлемімен анықталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте тауар биржасының сауда жүйесінде биржадан тыс мәмілелерді тіркеу деректерді автоматтандырылған беру жолымен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z295" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      101. Биржадан тыс мәміле бойынша оны тауар биржасында тіркеу үшін мәліметтер мыналарды қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z296" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сатушы мен сатып алушының толық атауы;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="235"/>
-    <w:p>
-[...69 lines deleted...]
-      101. Биржадан тыс мәміле бойынша оны тауар биржасында тіркеу үшін мәліметтер мыналарды қамтиды:</w:t>
+    <w:bookmarkStart w:name="z297" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сатушы мен сатып алушының бизнес-сәйкестендіру нөмірі/ жеке сәйкестендіру нөмірі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z296" w:id="237"/>
-[...15 lines deleted...]
-      1) сатушы мен сатып алушының толық атауы;</w:t>
+    <w:bookmarkStart w:name="z298" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сатушы мен сатып алушының байланыстары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z297" w:id="238"/>
-[...15 lines deleted...]
-      2) сатушы мен сатып алушының бизнес-сәйкестендіру нөмірі/ жеке сәйкестендіру нөмірі;</w:t>
+    <w:bookmarkStart w:name="z299" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сатушы мен сатып алушының заңды және пошталық мекенжайы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z298" w:id="239"/>
-[...15 lines deleted...]
-      3) сатушы мен сатып алушының байланыстары;</w:t>
+    <w:bookmarkStart w:name="z300" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) биржадан тыс мәміленің нөмірі мен жасалған күні;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z299" w:id="240"/>
-[...15 lines deleted...]
-      4) сатушы мен сатып алушының заңды және пошталық мекенжайы;</w:t>
+    <w:bookmarkStart w:name="z301" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) тауардың атауы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z300" w:id="241"/>
-[...15 lines deleted...]
-      5) биржадан тыс мәміленің нөмірі мен жасалған күні;</w:t>
+    <w:bookmarkStart w:name="z302" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) тауардың саны (тонна);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z301" w:id="242"/>
-[...15 lines deleted...]
-      6) тауардың атауы;</w:t>
+    <w:bookmarkStart w:name="z303" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) тауар бірлігінің бағасы (тонна);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z302" w:id="243"/>
-[...15 lines deleted...]
-      7) тауардың саны (тонна);</w:t>
+    <w:bookmarkStart w:name="z304" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) биржадан тыс мәміленің жалпы сомасы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z303" w:id="244"/>
-[...15 lines deleted...]
-      8) тауар бірлігінің бағасы (тонна);</w:t>
+    <w:bookmarkStart w:name="z305" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) Төлем шарттары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z304" w:id="245"/>
-[...15 lines deleted...]
-      9) биржадан тыс мәміленің жалпы сомасы;</w:t>
+    <w:bookmarkStart w:name="z306" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) жеткізу базисі (Инкотермс);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z305" w:id="246"/>
-[...15 lines deleted...]
-      10) Төлем шарттары;</w:t>
+    <w:bookmarkStart w:name="z307" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) тауардың сапалық / техникалық сипаттамалары.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z306" w:id="247"/>
-[...15 lines deleted...]
-      11) жеткізу базисі (Инкотермс);</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Есептіліктің хронологиясын, оның тарихи құндылығын және өзектілігін сақтау мақсатында тауар биржасында тіркелген биржадан тыс мәмілені түзетуге және алып тастауға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тауар биржасы алынған ақпаратты биржадан тыс мәміленің екі тарапынан алдын ала келісім алу шартымен қоспағанда, үшінші тұлғаларға бермейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z308" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      102. Тізілімді тауар биржасы электрондық нысанда жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z307" w:id="248"/>
-[...15 lines deleted...]
-      12) тауардың сапалық / техникалық сипаттамалары.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Биржадан тыс мәмілелер тізілімі мыналарды қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тауар биржасының сауда жүйесі берген биржадан тыс мәміленің сәйкестендіру нөмірі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      биржадан тыс мәмілені тауар биржасының сауда жүйесінде тіркеу күні мен уақыты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берушінің (сатушының) биржадан тыс мәміле коды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мәміле мәні болып табылатын тауардың коды және атауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      биржадан тыс мәміленің жалпы сомасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      биржадан тыс мәміленің жалпы физикалық көлемі (тонна)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тауардың бір бірлігінің бағасы (теңгемен);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      биржадан тыс мәміленің нөмірі және жасалған күні;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жеткізу шарттары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жеткізу базисі (Инкотермс);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Төлем шарттары.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z309" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      103. Әрбір биржалық тауар үшін тауар биржасы биржадан тыс индикаторды есептейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Есептіліктің хронологиясын, оның тарихи құндылығын және өзектілігін сақтау мақсатында тауар биржасында тіркелген биржадан тыс мәмілені түзетуге және алып тастауға жол берілмейді.</w:t>
-[...36 lines deleted...]
-      102. Тізілімді тауар биржасы электрондық нысанда жүргізеді.</w:t>
+      Биржадан тыс индикатор биржалық тауардың тиісті өндірушісінің жеткізу базасында және нақты күнтізбелік айда биржалық тауардың тиісті түрінің ағымдағы жасалатын биржадан тыс мәмілелерінің орташа арифметикалық мәні деңгейінде есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 103-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің 03.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 286-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z310" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      104. Биржадан тыс индикаторлар биржадан тыс тіркеу жүргізілетін тауар биржасындағы тиісті нарықтың биржалық индикаторларының құрылымына сәйкес келеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="249"/>
-    <w:p>
-[...231 lines deleted...]
-      103. Әрбір биржалық тауар үшін тауар биржасы биржадан тыс индикаторды есептейді.</w:t>
+    <w:bookmarkStart w:name="z311" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      105. Биржадан тыс индикаторларды қолдану тікелей келісімшарттар бағасының өзгеру серпінін бағалау үшін өзара әр түрлі уақыт кезеңдерінде қалыптастырылған биржадан тыс индикаторлардың мәндерін салыстыру не ұқсас уақыт кезеңіндегі тиісті сауда құралының биржалық индикаторларымен биржадан тыс индикаторлардың мәндерін салыстыру жолымен жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Биржадан тыс индикатор биржалық тауардың тиісті өндірушісінің жеткізу базасында және нақты күнтізбелік айда биржалық тауардың тиісті түрінің ағымдағы жасалатын биржадан тыс мәмілелерінің орташа арифметикалық мәні деңгейінде есептеледі.</w:t>
+      Биржалық тауармен жасалған биржадан тыс мәмілелерге талдау және мониторинг жүргізу кезінде биржадан тыс индикаторларды қолдануды тауар биржасы дербес жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 103-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің 03.10.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 105-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің 03.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 286-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z310" w:id="251"/>
-[...15 lines deleted...]
-      104. Биржадан тыс индикаторлар биржадан тыс тіркеу жүргізілетін тауар биржасындағы тиісті нарықтың биржалық индикаторларының құрылымына сәйкес келеді.</w:t>
+    <w:bookmarkStart w:name="z312" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      106. Биржалық сауда-саттық барысында жасалған мәміле бойынша тауар биржасының сауда жүйесі бірегей нөмір бере отырып, биржалық мәміле бойынша есепті (бұдан әрі – биржалық мәміле бойынша есеп) автоматты түрде жасайды және мынадай мәліметтерді қамтиды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z311" w:id="252"/>
-[...15 lines deleted...]
-      105. Биржадан тыс индикаторларды қолдану тікелей келісімшарттар бағасының өзгеру серпінін бағалау үшін өзара әр түрлі уақыт кезеңдерінде қалыптастырылған биржадан тыс индикаторлардың мәндерін салыстыру не ұқсас уақыт кезеңіндегі тиісті сауда құралының биржалық индикаторларымен биржадан тыс индикаторлардың мәндерін салыстыру жолымен жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z313" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) биржалық сауда-саттыққа қатысушының атауы және оның бірегей биржалық сәйкестендіргіші (биржалық сауда-саттыққа қатысушыға берілген жеке код);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="252"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z314" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Форматта мәміле жасалған күн мен уақыт – жыл, ай, күн, сағат, минут, секунд (кемінде 0,1 секундқа дейінгі дәлдікпен);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z315" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) стандартталған тауардың атауы және (немесе) коды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z316" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тауар бірлігі үшін баға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z317" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) тауар саны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z318" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) мәміленің жалпы сомасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z319" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      107. Биржалық мәміле бойынша Есеп сауда сессиясы мен клиринг аяқталғаннан кейін бірден тауар биржасының уәкілетті қызметкерінің электрондық цифрлық қолтаңбасымен міндетті түрде қол қоя отырып, тауар биржасының электрондық құжат айналымы жүйесінде мәміле жасасқан брокерге немесе дилерге ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Брокер биржалық мәміле бойынша есепті алғаннан кейін оны өз клиентіне ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Биржалық мәміле негізінде жасалған шартта биржалық мәміле бойынша есепке ұқсас мәміле талаптары қамтылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z320" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      108. Сауда-саттыққа қатысушының талабы бойынша тауар биржасы биржалық мәміле жөніндегі электрондық есепке қосымша сауда-саттыққа қатысушыға Биржаның уәкілетті қызметкері қол қойған биржалық мәміле жөніндегі қағаз есепті ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z321" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      109. Сауда күнінің қорытындылары бойынша биржалық сауда-саттыққа қатысушыға әрбір биржалық мәміле бойынша жеке есептерді ұсынбай, сауда сессиясы ішінде өзі жасаған барлық биржалық мәмілелер бойынша жиынтық есепті ұсынуға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z322" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110. Биржалық сауда-саттықтардың қорытындылары бойынша сауда жүйесінде тауар биржасы сауда күнінде жасалған биржалық сауда-саттыққа қатысушылардың биржалық мәмілелерінің жиынтық тізілімін қалыптастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z323" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111. Брокерлер жасалатын биржалық мәмілелердің есебін әрбір клиент бойынша жеке жүргізеді және осы мәмілелер туралы мәліметтерді мәміле жасалған күннен бастап бес жыл бойы сақтайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 105-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің 03.10.2025 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">112. Алып тасталды – ҚР Сауда және интеграция министрінің 03.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 286-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z312" w:id="253"/>
-[...251 lines deleted...]
-      110. Биржалық сауда-саттықтардың қорытындылары бойынша сауда жүйесінде тауар биржасы сауда күнінде жасалған биржалық сауда-саттыққа қатысушылардың биржалық мәмілелерінің жиынтық тізілімін қалыптастырады.</w:t>
+    <w:bookmarkStart w:name="z325" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      113. Тауар биржасы биржалық сауда саласындағы қызметпен айналысуды тоқтатқан кезге дейін жасалған барлық биржалық мәмілелер бойынша мәліметтердің сақталуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z323" w:id="264"/>
-[...15 lines deleted...]
-      111. Брокерлер жасалатын биржалық мәмілелердің есебін әрбір клиент бойынша жеке жүргізеді және осы мәмілелер туралы мәліметтерді мәміле жасалған күннен бастап бес жыл бойы сақтайды.</w:t>
+    <w:bookmarkStart w:name="z326" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15-тарау. Биржалық алым мөлшерін қалыптастыру және өтінімдерді қамтамасыз ету тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z327" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      114. Тауар биржасы биржалық сауда-саттықты ұйымдастырғаны және өткізгені үшін жасалған биржалық мәміле сомасының пайызымен есептелетін биржалық алым алады. Биржалық алым мөлшерін тауар биржасы айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Биржалық алымды мәмілеге қатысушылардың екеуі де оны жасау фактісі бойынша ғана төлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z328" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      115. Егер тарифтер биржалық алымның жеңілдікті мөлшерін, сондай-ақ сауданың сауда секцияларында сауданы ұйымдастыру жөніндегі қызметтер үшін осы қағидалармен реттелмеген және қосымша регламенттеуді талап ететін ай сайынғы төлемдерді көздеген жағдайда, тауар биржасы тиісті ішкі құжаттарды бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">116. Алып тасталды - ҚР Сауда және интеграция министрінің м.а. 20.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      112-тармақты алып тастау көзделген – ҚР Сауда және интеграция министрінің 03.10.2025 </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">117. Алып тасталды - ҚР Сауда және интеграция министрінің м.а. 20.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...37 lines deleted...]
-    <w:bookmarkStart w:name="z326" w:id="266"/>
+    <w:bookmarkStart w:name="z331" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      118. Бұрын жасалған биржалық мәмілелер бойынша биржалық алымды төлемеу биржалық тауарды келесі сауда сессиясына сатып алуға және/немесе сатуға арналған өтінімді қабылдаудан бас тарту үшін негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z332" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 15-тарау. Биржалық алым мөлшерін қалыптастыру және өтінімдерді қамтамасыз ету тәртібі</w:t>
-[...57 lines deleted...]
-      115. Егер тарифтер биржалық алымның жеңілдікті мөлшерін, сондай-ақ сауданың сауда секцияларында сауданы ұйымдастыру жөніндегі қызметтер үшін осы қағидалармен реттелмеген және қосымша регламенттеуді талап ететін ай сайынғы төлемдерді көздеген жағдайда, тауар биржасы тиісті ішкі құжаттарды бекітеді.</w:t>
+        <w:t xml:space="preserve"> 16-тарау. Биржалық саудаға қатысушыларды санаттау арқылы олардың қаржылық орнықтылығын айқындау шарттары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z333" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      119. Тауар биржасының дилерлері үшін оларды қаржылық тұрақты деп тану жөніндегі талаптар сауда-саттыққа қатысушыларды және оларға қойылатын талаптарды жіктеу жолымен сауданың тиісті сауда секцияларында тауар биржасы айқындайтын мөлшерде белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тауар биржасының мүшесі, егер ол тауар биржасында айқындалатын мөлшерде жарғылық және (немесе) меншікті капиталдың болуы жөніндегі талаптарға сәйкес келсе, брокер ретінде қаржылық орнықты деп танылады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 119-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің м.а. 20.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">116. Алып тасталды - ҚР Сауда және интеграция министрінің м.а. 20.03.2025 </w:t>
+        <w:t xml:space="preserve">120. Алып тасталды - ҚР Сауда және интеграция министрінің м.а. 20.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -10837,1580 +10781,1334 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">117. Алып тасталды - ҚР Сауда және интеграция министрінің м.а. 20.03.2025 </w:t>
+        <w:t xml:space="preserve">121. Алып тасталды - ҚР Сауда және интеграция министрінің м.а. 20.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z332" w:id="270"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">122. Алып тасталды - ҚР Сауда және интеграция министрінің м.а. 20.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z347" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 16-тарау. Биржалық саудаға қатысушыларды санаттау арқылы олардың қаржылық орнықтылығын айқындау шарттары</w:t>
+        <w:t xml:space="preserve"> 17-тарау. Биржалық төреліктің қызметін қалыптастыру және ұйымдастыру тәртібі, сондай-ақ биржалық тауарлармен биржалық мәмілелер жасасуға байланысты дауларды шешу тетіктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z333" w:id="271"/>
-[...279 lines deleted...]
-    <w:bookmarkStart w:name="z348" w:id="273"/>
+    <w:bookmarkStart w:name="z348" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       123. Биржалық мәмілелер жасасуға байланысты дауларды шешу үшін Биржа әділет органдарында мемлекеттік тіркелгеннен кейін күнтізбелік отыз күн ішінде тұрақты жұмыс істейтін биржалық төрелік құрады. Биржалық төреліктің қызметі "Төрелік туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> реттеледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z349" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      124. Биржалық мәмілелер жасасуға байланысты дауларды шешу үшін биржалық төрелікті биржа тұрақты жұмыс істейтін төрелік ретінде құрады. Тұрақты жұмыс істейтін биржалық төрелікті құру үшін Биржа регламентті, төрелікте қызметті жүзеге асыратын төрешілердің тізімін бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z350" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      125. Тұрақты жұмыс істейтін биржалық төрелік дауларды Қазақстан Республикасының Конституциясына, Заңдарына және өзге де нормативтік құқықтық актілеріне сәйкес қарайды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z349" w:id="274"/>
-[...15 lines deleted...]
-      124. Биржалық мәмілелер жасасуға байланысты дауларды шешу үшін биржалық төрелікті биржа тұрақты жұмыс істейтін төрелік ретінде құрады. Тұрақты жұмыс істейтін биржалық төрелікті құру үшін Биржа регламентті, төрелікте қызметті жүзеге асыратын төрешілердің тізімін бекітеді.</w:t>
+    <w:bookmarkStart w:name="z351" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      126. Тұрақты жұмыс істейтін биржалық төрелік шарттың талаптарына сәйкес және іскерлік айналымның дәстүрлерін ескере отырып шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z350" w:id="275"/>
-[...15 lines deleted...]
-      125. Тұрақты жұмыс істейтін биржалық төрелік дауларды Қазақстан Республикасының Конституциясына, Заңдарына және өзге де нормативтік құқықтық актілеріне сәйкес қарайды.</w:t>
+    <w:bookmarkStart w:name="z352" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      127. Даулы қатынастарды реттейтін құқық нормалары болмаған жағдайда, тұрақты жұмыс істейтін биржалық төрелік ұқсас құқықтық қатынастарды реттейтін құқық нормаларын қолданады, ал мұндай нормалар болмаған кезде дауды заңдардың жалпы бастаулары мен мағынасын негізге ала отырып шешеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z351" w:id="276"/>
-[...15 lines deleted...]
-      126. Тұрақты жұмыс істейтін биржалық төрелік шарттың талаптарына сәйкес және іскерлік айналымның дәстүрлерін ескере отырып шешім қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z353" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      128. Биржалық мәміле тараптары арасында жасалған төрелік келісім, яғни туындаған немесе туындауы мүмкін дауды тұрақты жұмыс істейтін биржалық төреліктің қарауына беру туралы Тараптардың жазбаша келісімі болған кезде дауды тұрақты жұмыс істейтін биржалық төреліктің қарауына беруге жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z352" w:id="277"/>
-[...15 lines deleted...]
-      127. Даулы қатынастарды реттейтін құқық нормалары болмаған жағдайда, тұрақты жұмыс істейтін биржалық төрелік ұқсас құқықтық қатынастарды реттейтін құқық нормаларын қолданады, ал мұндай нормалар болмаған кезде дауды заңдардың жалпы бастаулары мен мағынасын негізге ала отырып шешеді.</w:t>
+    <w:bookmarkStart w:name="z354" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18-тарау. Тауар биржасы мүшелерінің биржалық мәміленің заңдылығын қамтамасыз ету тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z353" w:id="278"/>
-[...15 lines deleted...]
-      128. Биржалық мәміле тараптары арасында жасалған төрелік келісім, яғни туындаған немесе туындауы мүмкін дауды тұрақты жұмыс істейтін биржалық төреліктің қарауына беру туралы Тараптардың жазбаша келісімі болған кезде дауды тұрақты жұмыс істейтін биржалық төреліктің қарауына беруге жол беріледі.</w:t>
+    <w:bookmarkStart w:name="z355" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129. Биржалық тауарды сатуға (сатып алуға) өтінім беретін және (немесе) биржалық сауда-саттыққа қатысатын тауар биржасының мүшелері тауар биржасы белгілеген тәртіппен оқудан өтеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z354" w:id="279"/>
+    <w:bookmarkStart w:name="z356" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Клиенттермен және (немесе) олардың өкілдерімен және (немесе) клиенттермен үлестес үшінші тұлғалармен өзара іс-қимыл жасау кезінде, брокер:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z357" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) биржалық мәміле жасау кезінде клиенттердің нарықтық мінез-құлқын өзгерту мақсатында оларға тікелей немесе жанама қысым жасамайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z358" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) биржалық сауда-саттықта олардың орындалуын көздемейтін баға өтінімдерін қасақана жоғарылату (кеміту) мақсатында шарттар жасаспайды (өтінімдер беруге, кері қайтарып алуға);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z359" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) екі және одан да көп клиенттер арасында өткізілетін биржалық тауарлардың баға белгіленуіне әсер ететін бағаларды белгілеу не ұстап тұру мәселелері бойынша келісімдер (келіссөздерге кіру) жасаспайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z360" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) басқа клиентке мүліктік және өзге де зиян келтіруге әкеп соғатын қандай да бір сайланбалы клиентке артықшылық беруге жол бермейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z361" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) биржалық сауда-саттықтардың бәсекелестігін төмендетуге бағытталған биржалық сауда-саттыққа қатысу үшін басқа брокерлермен және (немесе) дилерлермен үлестес болуды пайдаланбайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тауар биржасының аккредиттелген мүшелері биржалық мәміленің заңдылығын қамтамасыз ету шеңберінде мынадай шаралар қабылдайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осы қағидада, заңда, уәкілетті органның нормативтік құқықтық актілерінде, тауар биржасының ішкі құжаттарында белгіленген талаптарды сақтайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тауар биржасына аккредиттеу үшін ұсынылған құжаттар мен мәліметтерге енгізілген барлық өзгерістер туралы ақпаратты осындай өзгерістер енгізілген күннен бастап бір жұмыс күні ішінде электрондық құжат нысанында тиісті хабарлама және (немесе) растайтын құжаттар болған кезде жіберу арқылы ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тауар биржасының биржалық сауда-саттыққа жіберу, биржалық сауда-саттықты өткізу, биржалық мәмілелерді тіркеу және орындау мәселелері бойынша шешімдерін орындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тауар биржасының мүшесі ретіндегі қызметке байланысты құжаттарды, оның ішінде биржалық мәмілелерді жасауға және орындауға қатысты құжаттарды тіркейді, есепке алады және сақтайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тауар биржасына оның сұрау салуы бойынша тауар биржасының мүшесі ретіндегі қызметке қатысты құжаттарды ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      биржалық алымдарды, сондай-ақ тауар биржасы мен клирингтік ұйым алатын өзге де төлемдер мен алымдарды төлеуді жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      белгіленген тәртіппен тауар биржасына жасалған биржалық мәмілелер бойынша міндеттемелердің орындалуы туралы ақпарат береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жасалған биржалық мәмілелер бойынша өз міндеттемелерін орындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      клиенттің биржалық мәміле бойынша міндеттемелерді орындауын қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z362" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      130. Тауар биржасы биржалық мәміленің заңдылығын қамтамасыз ету шеңберінде бағаларды айла-шарғы жасау фактісін анықтау және шектеу үшін мынадай шаралар қабылдайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z363" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тиісті биржалық тауарлар бағасының ауытқу шекарасын белгілейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z364" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тауар биржасының электрондық сауда жүйесінде орналастырылатын биржалық тауарды сатып алуға, сатуға арналған өтінімдерге бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z365" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жасалған биржалық мәмілелер бойынша биржалық тауарлар бағаларының мониторингін жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z366" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) алдыңғы сауда-саттық нәтижесінде қалыптасқан бағаларды негізге ала отырып, бір сауда күні шеңберінде нақты биржалық тауарға бағалар деңгейлерін талдауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z367" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) биржалық сауда-саттыққа қатысушылардан биржалық сауда-саттыққа тікелей немесе жанама қатысты құжаттар мен мәліметтерді сұратады;;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z368" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) алдыңғы сауда-саттық нәтижесінде қалыптасқан бағаларды негізге ала отырып, бір сауда күні шеңберінде нақты биржалық тауарға бағалар деңгейлерінің ең төменгі және ең жоғарғы шектерінен асу мониторингін жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалық айла-шарғы жасау фактісі анықталған кезде тауар биржасы биржалық сауда-саттықты тоқтата тұрады, бұл туралы тауар биржасының мүшесіне, уәкілетті және монополияға қарсы органдарға тауар биржасының электрондық сауда жүйесін пайдалана отырып немесе басқа да қолжетімді тәсілмен хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z369" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 18-тарау. Тауар биржасы мүшелерінің биржалық мәміленің заңдылығын қамтамасыз ету тәртібі</w:t>
-[...439 lines deleted...]
-      5) биржалық сауда-саттыққа қатысушылардан биржалық сауда-саттыққа тікелей немесе жанама қатысты құжаттар мен мәліметтерді сұратады;;</w:t>
+        <w:t xml:space="preserve"> 19-тарау. Биржалық сауда бойынша құжаттарды қабылдау (бекіту) тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z368" w:id="293"/>
-[...15 lines deleted...]
-      6) алдыңғы сауда-саттық нәтижесінде қалыптасқан бағаларды негізге ала отырып, бір сауда күні шеңберінде нақты биржалық тауарға бағалар деңгейлерінің ең төменгі және ең жоғарғы шектерінен асу мониторингін жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z370" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      131. Тауар биржасы мынадай ішкі құжаттарды әзірлейді және бекітеді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="293"/>
-    <w:p>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> 19-тарау. Биржалық сауда бойынша құжаттарды қабылдау (бекіту) тәртібі</w:t>
+    <w:bookmarkStart w:name="z371" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) биржалық тауарды сатуға (сатып алуға) арналған өтінімнің нысаны мен мазмұны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z370" w:id="295"/>
-[...15 lines deleted...]
-      131. Тауар биржасы мынадай ішкі құжаттарды әзірлейді және бекітеді:</w:t>
+    <w:bookmarkStart w:name="z372" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тұрақты жұмыс істейтін биржалық төреліктің регламенті және төрешілер тізілімі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z371" w:id="296"/>
-[...15 lines deleted...]
-      1) биржалық тауарды сатуға (сатып алуға) арналған өтінімнің нысаны мен мазмұны;</w:t>
+    <w:bookmarkStart w:name="z373" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) биржалық сауданы ұйымдастыру бойынша қызметтер көрсету туралы үлгі шарттың нысаны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z372" w:id="297"/>
-[...15 lines deleted...]
-      2) тұрақты жұмыс істейтін биржалық төреліктің регламенті және төрешілер тізілімі;</w:t>
+    <w:bookmarkStart w:name="z374" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тауар биржасы көрсететін қызметтер үшін тарифтер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z373" w:id="298"/>
-[...15 lines deleted...]
-      3) биржалық сауданы ұйымдастыру бойынша қызметтер көрсету туралы үлгі шарттың нысаны;</w:t>
+    <w:bookmarkStart w:name="z375" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) биржалық сауда-саттыққа жіберілген тауардың ерекшелігі және жеткізу шартының стандартты нысаны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z374" w:id="299"/>
-[...15 lines deleted...]
-      4) тауар биржасы көрсететін қызметтер үшін тарифтер;</w:t>
+    <w:bookmarkStart w:name="z376" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) биржалық сауда-саттыққа жіберілген тауарлардың сауда құралының кодтарын беру тәртібі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z375" w:id="300"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z377" w:id="302"/>
+    <w:bookmarkStart w:name="z377" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген тәртіппен ішкі бақылау қағидалары және оны жүзеге асыру бағдарламалары "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z378" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) брокерлік (дилерлік) әдеп кодексі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z379" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) тауар биржасының қызметін жүзеге асыру үшін қажетті, осы қағидаларда белгіленген ішкі құжаттар;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z378" w:id="303"/>
-[...15 lines deleted...]
-      8) брокерлік (дилерлік) әдеп кодексі;</w:t>
+    <w:bookmarkStart w:name="z380" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) Сыбайлас жемқорлықтың алдын алу жөніндегі үлгілік стандарттар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z379" w:id="304"/>
-[...15 lines deleted...]
-      9) тауар биржасының қызметін жүзеге асыру үшін қажетті, осы қағидаларда белгіленген ішкі құжаттар;</w:t>
+    <w:bookmarkStart w:name="z381" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) биржалық сауданы бұзушылардың тізбесін қалыптастыру қағидаларын қамтуға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z380" w:id="305"/>
-[...15 lines deleted...]
-      10) Сыбайлас жемқорлықтың алдын алу жөніндегі үлгілік стандарттар;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 131-тармаққа өзгерістер енгізілді - ҚР Сауда және интеграция министрінің м.а. 20.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2025 бастап қолданысқа енгізіледі); 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 335-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z382" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      132. Тауар биржасына регламенттейтін құжаттарды қабылдауға (бекітуге) жол беріледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z381" w:id="306"/>
-[...15 lines deleted...]
-      11) биржалық сауданы бұзушылардың тізбесін қалыптастыру қағидаларын қамтуға тиіс.</w:t>
+    <w:bookmarkStart w:name="z383" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тауар биржасының сауда жүйесін пайдалану;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z384" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) биржалық сауда-саттық арқылы өткізілетін биржалық тауардың сапасына биржалық сауда-саттыққа қатысушының талап етуі бойынша сараптама ұйымдастыруды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z385" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) кейіннен уәкілетті органға оның мүшелері болып табылатын брокерлер мен дилерлер бойынша ақпаратты жібере отырып, биржаның ресми сайтында апта сайынғы негізде жариялауды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z386" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) биржалық саудаға байланысты ұйымдастырушылық, консультациялық, ақпараттық, әдістемелік қызметтер көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z387" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) халықаралық биржалық сауда-саттықты дамыту, сондай-ақ осы қағидаларда көзделген құжаттар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z388" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      133. Сауда-саттыққа қатысушылар үшін тауар биржасының ішкі құжаттарында тауар биржасында коммерциялық құпияны құрайтын мәліметтерді сауда-саттыққа қатысушылардың, олардың өкілдерінің немесе үшінші тұлғалардың жеке мүдделерінде пайдалануға жол бермейтін олардың сақталуын қамтамасыз ету шарттары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z389" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      134. Биржалық сауда-саттықты өткізу тетігін регламенттейтін тауар биржасының ішкі құжаттары олар күшіне енгенге дейін үш жұмыс күнінен кешіктірмей тауар биржасының интернет–ресурсында оларды жариялау жолымен тауар биржасы мүшелерінің назарына жеткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z390" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...208 lines deleted...]
-      133. Сауда-саттыққа қатысушылар үшін тауар биржасының ішкі құжаттарында тауар биржасында коммерциялық құпияны құрайтын мәліметтерді сауда-саттыққа қатысушылардың, олардың өкілдерінің немесе үшінші тұлғалардың жеке мүдделерінде пайдалануға жол бермейтін олардың сақталуын қамтамасыз ету шарттары болады.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20 тарау. Өткізілетін биржалық сауда-саттық туралы ақпаратты тауар биржасының интернет-ресурсында орналастыру тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z389" w:id="314"/>
-[...37 lines deleted...]
-    <w:bookmarkStart w:name="z391" w:id="316"/>
+    <w:bookmarkStart w:name="z391" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       135. Тауар биржасы осы қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12425,874 +12123,874 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>132-тармақтарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген құжаттарды, оларға өзгерістер мен толықтыруларды, сондай-ақ өз қызметі туралы, оның ішінде биржалық саудаға қатысушыларға қатысты қабылданатын шешімдер туралы өзге де ақпаратты олар бекітілген күннен бастап бір жұмыс күні ішінде өз интернет-ресурсында орналастырады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z782" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      135-1. Оларға қатысты жекелеген сауда секциялары көзделмеген биржалық тауарлар бойынша биржалық сауда-саттықты өткізу тауар биржасының интернет-ресурсында тауар биржасы олар басталғанға дейін кемінде 10 (он) жұмыс күні бұрын орналастыратын сауда күндері мен сауда-саттық сессияларын өткізу кезеңділігін көздейтін сауда-саттықты өткізу кестесіне сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сауда күндері мен сауда сессияларын өткізу кезеңділігі өзгерген кезде тауар биржасы жаңартылған кестені олар басталғанға дейін 5 (бес) жұмыс күнінен кешіктірмей тауар биржасының интернет-ресурсында орналастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 20-тарау 135-1-тармақпен толықтырылды - ҚР Сауда және интеграция министрінің 03.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 286-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z392" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      136. Әрбір сауда күнінің қорытындысы бойынша тауар биржасы келесі жұмыс күнінен кешіктірмей тауар биржасының интернет-ресурсының арнайы бөлімінде мынадай мәліметтерді қамтитын биржалық сауда-саттық нәтижелері туралы ақпаратты орналастырады:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z782" w:id="317"/>
-[...15 lines deleted...]
-      135-1. Оларға қатысты жекелеген сауда секциялары көзделмеген биржалық тауарлар бойынша биржалық сауда-саттықты өткізу тауар биржасының интернет-ресурсында тауар биржасы олар басталғанға дейін кемінде 10 (он) жұмыс күні бұрын орналастыратын сауда күндері мен сауда-саттық сессияларын өткізу кезеңділігін көздейтін сауда-саттықты өткізу кестесіне сәйкес жүзеге асырылады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сауда-саттықты өткізу күні;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЕАЭО СЭҚ ТН коды</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тауардың атауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сауда-саттықты ашу және жабу бағасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мәмілелердің ең жоғары және ең төменгі және орташа өлшенген бағасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мәміленің жалпы сомасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сатушы мен сатып алушының БСН-і;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сатып алушының брокерінің атауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сатып алушының атауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сатушы брокерінің атауы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сатушының атауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жасалған мәмілелер саны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жеткізу шарттары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тауар биржасында жасалған мәмілелер туралы мәліметтер жалпыға қолжетімді болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 136-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің 03.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 286-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z396" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      137. Тауар биржасы тауар биржасының аккредиттелген мүшелерінің өзекті тізбесін өзінің интернет-ресурсының арнайы бөлімінде орналастырады, бұл уәкілетті органның ресми хабарламасы болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сауда күндері мен сауда сессияларын өткізу кезеңділігі өзгерген кезде тауар биржасы жаңартылған кестені олар басталғанға дейін 5 (бес) жұмыс күнінен кешіктірмей тауар биржасының интернет-ресурсында орналастырады.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Тауар биржасының атауы, орналасқан жері өзгерген, сондай-ақ басшысы ауысқан және (немесе) тауар биржасы мүшелері қызметкерлерінің құрамы өзгерген кезде тауар биржасы тауар биржасына тауар биржасының мүшелерінен ақпарат келіп түскен кезден бастап үш жұмыс күні ішінде Тізбені жаңартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z397" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      138. Тауар биржасы ай сайын есепті кезеңнен кейінгі айдың 5-күнінен кешіктірмей меншікті интернет-ресурсының арнайы бөлімінде стандартталған тауарларға баға белгілеулерді орналастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z398" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...402 lines deleted...]
-      137. Тауар биржасы тауар биржасының аккредиттелген мүшелерінің өзекті тізбесін өзінің интернет-ресурсының арнайы бөлімінде орналастырады, бұл уәкілетті органның ресми хабарламасы болып табылады.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 21-тарау. Мемлекеттік сатып алуды және квазимемлекеттік сектордың жекелеген субъектілерінің сатып алуын қоспағанда, тауар биржасы арқылы сатып алуды өткізу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="319"/>
-    <w:p>
-[...54 lines deleted...]
-    <w:bookmarkEnd w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 21-тарау алып тасталды - ҚР Сауда және интеграция министрінің м.а. 20.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z403" w:id="322"/>
+    <w:bookmarkStart w:name="z403" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 22 - тарау. Қазақстан Республикасының халықаралық міндеттемелерін ескере отырып, жер қойнауын пайдаланушылар сатып алатын тауарлардың Ел ішіндегі құндылығын арттыруды көздейтін стандартталған тауарлармен биржалық сауданың тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkEnd w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 22-тарау алып тасталды - ҚР Сауда және интеграция министрінің м.а. 20.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z466" w:id="323"/>
+    <w:bookmarkStart w:name="z466" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 23-тарау. Көміртегі бірліктерінің сауда секциясы</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z467" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      177. Қазақстан Республикасындағы көміртегі бірліктерінің сауда жүйесі бастапқы және қайталама көміртегі нарықтарынан тұрады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z468" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Бастапқы көміртегі нарығында көміртегі бірліктерін сату жүйесінің операторы көміртегі нарығы субъектілеріне көміртегі квоталарының Ұлттық жоспары резервінің тиісті санатынан көміртегі квотасының бірліктерін сатуды аукцион шарттарында жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z467" w:id="324"/>
-[...15 lines deleted...]
-      177. Қазақстан Республикасындағы көміртегі бірліктерінің сауда жүйесі бастапқы және қайталама көміртегі нарықтарынан тұрады:</w:t>
+    <w:bookmarkStart w:name="z469" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қайталама көміртегі нарығында көміртегі нарығының субъектілері тікелей мәміле арқылы немесе тауар биржасы арқылы көміртегі бірліктерін сатып алу-сатуды өзара жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z468" w:id="325"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z470" w:id="327"/>
+    <w:bookmarkStart w:name="z470" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       178. Қоршаған ортаны қорғау саласындағы уәкілетті органның шешімі бойынша күші жойылған, өтелген, айналыстан алынған немесе айналыстан шығарылған көміртегі бірліктері осы қағидаларға және Қазақстан Республикасының Экологиялық </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексіне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес сауда объектісі болып табылмайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z471" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      179. Көміртегі бірліктерімен биржалық сауда-саттықты ұйымдастыруды жүзеге асыруға ниеті бар тауар биржасы электрондық сауда жүйесін қоршаған орта саласындағы уәкілетті органмен синхрондауды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z472" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      180. Көміртегі бірліктерінің бағалары бойынша дұрыс ақпарат алу мақсатында қалыптасқан нарық конъюнктурасын ескере отырып, тауар биржасындағы көміртегі бірліктерінің бағаларына баға белгілеу жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z471" w:id="328"/>
-[...15 lines deleted...]
-      179. Көміртегі бірліктерімен биржалық сауда-саттықты ұйымдастыруды жүзеге асыруға ниеті бар тауар биржасы электрондық сауда жүйесін қоршаған орта саласындағы уәкілетті органмен синхрондауды қамтамасыз етеді.</w:t>
+    <w:bookmarkStart w:name="z473" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      181. Биржалық сауда-саттыққа қатысу үшін көміртегі бірліктерімен биржалық саудаға қатысушылар биржалық қамтамасыз етуді тауар биржасына қызмет көрсететін клирингтік ұйымның шотына енгізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z472" w:id="329"/>
-[...15 lines deleted...]
-      180. Көміртегі бірліктерінің бағалары бойынша дұрыс ақпарат алу мақсатында қалыптасқан нарық конъюнктурасын ескере отырып, тауар биржасындағы көміртегі бірліктерінің бағаларына баға белгілеу жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z474" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      182. Ең төменгі рұқсат етілген бағадан аз жарияланған бағасы бар өтінімдер қарауға қабылданбайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z473" w:id="330"/>
-[...15 lines deleted...]
-      181. Биржалық сауда-саттыққа қатысу үшін көміртегі бірліктерімен биржалық саудаға қатысушылар биржалық қамтамасыз етуді тауар биржасына қызмет көрсететін клирингтік ұйымның шотына енгізеді.</w:t>
+    <w:bookmarkStart w:name="z475" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      183. Сатуға арналған өтінімдерді сатушылар лотқа қояды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z474" w:id="331"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z476" w:id="333"/>
+    <w:bookmarkStart w:name="z476" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       184. Биржалық сауда-саттық осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13367,555 +13065,555 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>74-тармақтарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген тәртіппен қосарланған қарсы аукцион режимінде өткізіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 184-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің м.а. 20.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z486" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185. Мәміле жасалған күні тауар биржасында көміртегі квотасының бірлігіне немесе офсеттік бірлікке бағалардың биржалық баға белгіленімі болмаған кезде баға көміртегі квотасының бірлігіне немесе офсеттік бірлікке бағалардың соңғы қолжетімді баға белгіленімі бойынша айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z487" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      186. Биржалық сауда-саттық нәтижелері биржалық мәмілелер тараптарының құпиялылығы туралы шарттарды сақтай отырып, сауда күнінен кейінгі бір жұмыс күнінен кешіктірілмей тауар биржасының меншікті интернет-ресурсында жарияланады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="333"/>
-    <w:p>
-[...77 lines deleted...]
-      185. Мәміле жасалған күні тауар биржасында көміртегі квотасының бірлігіне немесе офсеттік бірлікке бағалардың биржалық баға белгіленімі болмаған кезде баға көміртегі квотасының бірлігіне немесе офсеттік бірлікке бағалардың соңғы қолжетімді баға белгіленімі бойынша айқындалады.</w:t>
+    <w:bookmarkStart w:name="z488" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      187. Бастапқы көміртегі нарығындағы көміртегі бірліктерінің сауда ерекшеліктері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z487" w:id="335"/>
-[...15 lines deleted...]
-      186. Биржалық сауда-саттық нәтижелері биржалық мәмілелер тараптарының құпиялылығы туралы шарттарды сақтай отырып, сауда күнінен кейінгі бір жұмыс күнінен кешіктірілмей тауар биржасының меншікті интернет-ресурсында жарияланады.</w:t>
+    <w:bookmarkStart w:name="z489" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аукциондар өткізудің жыл сайынғы күнтізбесін көміртегі бірліктерінің сауда жүйесінің операторы бекітеді және алдыңғы жылдың 1 желтоқсанынан кешіктірмей оның интернет-ресурсында жарияланады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z488" w:id="336"/>
-[...15 lines deleted...]
-      187. Бастапқы көміртегі нарығындағы көміртегі бірліктерінің сауда ерекшеліктері:</w:t>
+    <w:bookmarkStart w:name="z490" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жыл сайынғы күнтізбеде көзделген аукционның жоспарланған күнін неғұрлым кеш мерзімге ауыстыруды көміртегі бірліктерінің сауда жүйесінің операторы бұл туралы аукционға өтінім берген квоталау субъектілерін хабардар ете отырып, 4 жұмыс күнінен аспайтын мерзімге жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z489" w:id="337"/>
-[...15 lines deleted...]
-      1) аукциондар өткізудің жыл сайынғы күнтізбесін көміртегі бірліктерінің сауда жүйесінің операторы бекітеді және алдыңғы жылдың 1 желтоқсанынан кешіктірмей оның интернет-ресурсында жарияланады;</w:t>
+    <w:bookmarkStart w:name="z491" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жыл сайынғы күнтізбеде көзделмеген қосымша аукциондарды көміртегі бірліктерінің сауда жүйесінің операторы оларды өткізудің жоспарланған күніне дейін күнтізбелік 20 күннен кешіктірмей әлеуетті қатысушыларды хабардар ете отырып, әрбір жылдың желтоқсанында ұйымдастырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z490" w:id="338"/>
-[...15 lines deleted...]
-      2) жыл сайынғы күнтізбеде көзделген аукционның жоспарланған күнін неғұрлым кеш мерзімге ауыстыруды көміртегі бірліктерінің сауда жүйесінің операторы бұл туралы аукционға өтінім берген квоталау субъектілерін хабардар ете отырып, 4 жұмыс күнінен аспайтын мерзімге жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z492" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жоспарлы аукционда сатылуға жататын көміртегі квотасы бірліктерінің көлемі тиісті жылы аукцион шарттарында сату үшін көзделген квоталардың жалпы санының жиырма бес пайызынан аспайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z491" w:id="339"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z493" w:id="341"/>
+    <w:bookmarkStart w:name="z493" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) аукционнан сатуға арналған әрбір лоттың мөлшері Қазақстан Республикасы Экология, Геология және табиғи ресурстар министрінің міндетін атқарушының 2021 жылғы 29 маусымдағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген көміртегі бірліктерімен сауда жасау қағидаларына сәйкес белгіленеді № 221 (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 23719 болып тіркелген);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z494" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) көміртегі бірліктерімен сауда жүйесінің операторы бір квоталау субъектісі бір сауда сессиясы шеңберінде сатып алатын лоттар санына лимит белгілейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z495" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) көміртегі бірліктерімен сауда жасау жүйесінің операторы аукцион өткізудің жоспарланған күніне дейін күнтізбелік 7 күннен кешіктірмей оны жариялай отырып, көміртегі квотасының бірлігі үшін ең төменгі жол берілетін бағаны айқындайды;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z494" w:id="342"/>
-[...15 lines deleted...]
-      6) көміртегі бірліктерімен сауда жүйесінің операторы бір квоталау субъектісі бір сауда сессиясы шеңберінде сатып алатын лоттар санына лимит белгілейді;</w:t>
+    <w:bookmarkStart w:name="z496" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) көміртегі бірліктерін сату жүйесінің операторы кепілдік қамтамасыз ету ретінде оның басқаруындағы көміртегі квотасының бірліктерін пайдаланады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z495" w:id="343"/>
-[...15 lines deleted...]
-      7) көміртегі бірліктерімен сауда жасау жүйесінің операторы аукцион өткізудің жоспарланған күніне дейін күнтізбелік 7 күннен кешіктірмей оны жариялай отырып, көміртегі квотасының бірлігі үшін ең төменгі жол берілетін бағаны айқындайды;</w:t>
+    <w:bookmarkStart w:name="z497" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 24-тарау. Мұнай өнімдерін сату секциясы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z496" w:id="344"/>
-[...43 lines deleted...]
-      <w:bookmarkStart w:name="z498" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z498" w:id="344"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       188. Алып тасталды - ҚР Сауда және интеграция министрінің м.а. 20.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkEnd w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">189. Алып тасталды - ҚР Сауда және интеграция министрінің м.а. 20.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z505" w:id="347"/>
+    <w:bookmarkStart w:name="z505" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       190. Мұнай өнімдерінің биржалық саудасының қатысушылары тауар биржасында дилерлер ретінде аккредиттелген немесе аккредиттелген брокерлер арқылы әрекет ететін сатушылар мен сатып алушылар болып табылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мұнай өнімдерінің биржалық саудасына қатысушыларға мыналар жатады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z774" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мұнай өнімдерін сатушылар-мұнай өнімдерін өндірушілер және жеткізу жоспарына енгізілген мұнай берушілер, оның ішінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жол битумын сатушылар-өздеріне меншік құқығымен немесе өзге де заңды негіздерде тиесілі көмірсутек шикізатын қайта өңдеу процесінде өндірілген битум өндірушілер және битумның меншік иелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z775" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мұнай өнімдерін сатып алушылар-мұнай өнімдерін көтерме жеткізушілер, мұнай өнімдерін бөлшек саудада өткізушілер және түпкілікті тұтынушылар, оның ішінде:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="347"/>
-    <w:p>
-[...74 lines deleted...]
-    <w:bookmarkEnd w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       авиациялық отынды сатып алушылар - авиакомпаниялар (түпкілікті тұтынушылар) және авиациялық отынды бөлшек сатушылар. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13970,1809 +13668,1809 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z509" w:id="350"/>
+    <w:bookmarkStart w:name="z509" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       191. Мұнай өнімдері саудасын ұйымдастырушы биржалық сауда-саттықта жасалған мәмілелер туралы ақпаратқа негізделген биржалық тауарлар бойынша бағаларды, индекстерді және көрсеткіштерді есептейді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өткен айдағы сауда-саттықтың жиынтық нәтижелері мұнай өнімдері сауда-саттығын ұйымдастырушының сайтында есепті айдан кейінгі айдың бірінші күнінен кешіктірілмей жарияланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z510" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      192. Мұнай өнімдері сауда-саттығын ұйымдастырушы биржалық сауда-саттықты ұйымдастыруға байланысты тәуекелдерді басқару жүйесін ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z511" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      193. Мұнай өнімдері сауда – саттығын ұйымдастырушы тауар биржасы мұнай өнімдерін өндіру саласындағы уәкілетті органның ақпараттық жүйесі арқылы ай сайын қуаты аз мұнай өнімдерін өндірушілерді қоспағанда, мұнай берушілер мен мұнай өнімдерін өндірушілердің тізбесін қамтитын тауар биржалары арқылы мұнай өнімдерін беру жоспарын әрбір мұнай беруші мен мұнай өнімдерін өндіруші Қазақстан Республикасының ішкі нарығына жеткізетін мұнай өнімдерінің әрбір түрінің көлемін көрсете отырып алады алдағы күнтізбелік айда тауар биржалары арқылы.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="350"/>
-    <w:p>
-[...33 lines deleted...]
-      192. Мұнай өнімдері сауда-саттығын ұйымдастырушы биржалық сауда-саттықты ұйымдастыруға байланысты тәуекелдерді басқару жүйесін ұйымдастырады.</w:t>
+    <w:bookmarkStart w:name="z512" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      194. Мұнай өнімдерін жеткізу жоспарында көрсетілген мұнай өнімдерінің көлемдерін мұнай өнімдерін сатушылар мұнай өнімдерін жеткізу жоспары бекітілген күнтізбелік ай шеңберінде біркелкі бөлінген бес сауда сессиясы ішінде тауар биржалары арқылы өткізуге қояды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z511" w:id="352"/>
-[...15 lines deleted...]
-      193. Мұнай өнімдері сауда – саттығын ұйымдастырушы тауар биржасы мұнай өнімдерін өндіру саласындағы уәкілетті органның ақпараттық жүйесі арқылы ай сайын қуаты аз мұнай өнімдерін өндірушілерді қоспағанда, мұнай берушілер мен мұнай өнімдерін өндірушілердің тізбесін қамтитын тауар биржалары арқылы мұнай өнімдерін беру жоспарын әрбір мұнай беруші мен мұнай өнімдерін өндіруші Қазақстан Республикасының ішкі нарығына жеткізетін мұнай өнімдерінің әрбір түрінің көлемін көрсете отырып алады алдағы күнтізбелік айда тауар биржалары арқылы.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер осы тармақтың бірінші бөлігінде көрсетілген күні мұнай өнімдерін өндірудің күтілетін көлемдері туралы ақпарат болмаған жағдайда, тиісті айда мұнай өнімдерінің биржалық сауда-саттығының басталуы осындай ақпарат пайда болғанға дейін кейінге қалдырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z513" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      195. Мұнай өнімдері тауар биржалары арқылы тиісті сауда құралдары бойынша өткізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z512" w:id="353"/>
-[...57 lines deleted...]
-    <w:bookmarkStart w:name="z514" w:id="355"/>
+    <w:bookmarkStart w:name="z514" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       196. Мұнай өнімдері сауда – саттығын ұйымдастырушы тауар биржасы осы қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>194-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген кезең ішінде әрбір сауда құралы бойынша бес сауда сессиясын өткізеді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте, мұнай өнімдерін өндіру саласындағы уәкілетті орган тауар биржасына мұнай өнімдерін сатып алушылар биржалық сауда-саттыққа әртүрлі сауда сессияларында қатысатын схеманы енгізуді ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z515" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      197. Мұнай өнімдері сауда – саттығын ұйымдастырушы тауар биржасы мұнай өнімдерін өндіру саласындағы уәкілетті органмен келісілген мұнай өнімдерінің биржалық сауда-саттығын өткізу кестесін олар басталғанға дейін кемінде бес жұмыс күні бұрын өзінің интернет-ресурсында орналастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сауда күндері мен сауда сессияларын өткізу кестесі мен кезеңділігінің өзгеруі туралы мұнай өнімдерінің биржалық сауда-саттығына қатысушылар сауда күні басталғанға дейін 48 сағаттан кешіктірілмей хабардар етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z516" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      198. Мұнай өнімдерін сатушылар әрбір сауда сессиясына мұнай өнімдерін тауар биржалары арқылы жеткізу жоспары шеңберінде олардың өткізуі үшін міндетті мұнай өнімдерінің әрбір түрі көлемінің жиырма пайызын сатуға қояды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұл ретте, мұнай өнімдерін өндіру саласындағы уәкілетті орган тауар биржасына мұнай өнімдерін сатып алушылар биржалық сауда-саттыққа әртүрлі сауда сессияларында қатысатын схеманы енгізуді ұсынады.</w:t>
-[...18 lines deleted...]
-      197. Мұнай өнімдері сауда – саттығын ұйымдастырушы тауар биржасы мұнай өнімдерін өндіру саласындағы уәкілетті органмен келісілген мұнай өнімдерінің биржалық сауда-саттығын өткізу кестесін олар басталғанға дейін кемінде бес жұмыс күні бұрын өзінің интернет-ресурсында орналастырады.</w:t>
+      Егер өткен негізгі сауда сессиясында сатуға қойылса, бірақ мұнай өнімдерінің көлемі сатылмаса, мұндай көлем келесі негізгі сауда сессиясында қосымша қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z517" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      199. Тауар биржасы арқылы сатып алуға болатын биржалық тауар партиясының ең аз мөлшері бір лотты құрайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сауда күндері мен сауда сессияларын өткізу кестесі мен кезеңділігінің өзгеруі туралы мұнай өнімдерінің биржалық сауда-саттығына қатысушылар сауда күні басталғанға дейін 48 сағаттан кешіктірілмей хабардар етіледі.</w:t>
-[...18 lines deleted...]
-      198. Мұнай өнімдерін сатушылар әрбір сауда сессиясына мұнай өнімдерін тауар биржалары арқылы жеткізу жоспары шеңберінде олардың өткізуі үшін міндетті мұнай өнімдерінің әрбір түрі көлемінің жиырма пайызын сатуға қояды.</w:t>
+      Лоттың көлемі бір тоннадан кем емес және бір вагон нормасынан артық емес мөлшерді құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z518" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      200. Сатуға арналған өтінімдерді мұнай өнімдерін сатушылар лотқа қояды. Егер мұнай өнімдерін сатушының ай сайынғы міндеттемелерінің мөлшері лоттың белгіленген мөлшеріне еселенбеген жағдайда, онда мұнай өнімдерін сатушы лоттың мөлшеріне еселік көлемді, бірақ тауар биржалары арқылы мұнай өнімдерінің тиісті түрін өткізу жөніндегі айлық міндеттемелердің көлемінен кем емес көлемде сатуға қояды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="357"/>
-    <w:p>
-[...33 lines deleted...]
-      199. Тауар биржасы арқылы сатып алуға болатын биржалық тауар партиясының ең аз мөлшері бір лотты құрайды.</w:t>
+    <w:bookmarkStart w:name="z519" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      201. Биржалық қамтамасыз ету мөлшері мәмілелердің болжамды сомасының 15 проценттен аспайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...29 lines deleted...]
-      200. Сатуға арналған өтінімдерді мұнай өнімдерін сатушылар лотқа қояды. Егер мұнай өнімдерін сатушының ай сайынғы міндеттемелерінің мөлшері лоттың белгіленген мөлшеріне еселенбеген жағдайда, онда мұнай өнімдерін сатушы лоттың мөлшеріне еселік көлемді, бірақ тауар биржалары арқылы мұнай өнімдерінің тиісті түрін өткізу жөніндегі айлық міндеттемелердің көлемінен кем емес көлемде сатуға қояды.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 201-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің м.а. 20.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">202. Алып тасталды - ҚР Сауда және интеграция министрінің м.а. 20.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z530" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      203. Сауда сессиясы ішінде қалыптастырылатын мұнай өнімі бағасының ең жоғары деңгейі базалық бағаның жүз бір пайызынан аспайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z519" w:id="360"/>
-[...15 lines deleted...]
-      201. Биржалық қамтамасыз ету мөлшері мәмілелердің болжамды сомасының 15 проценттен аспайды.</w:t>
+    <w:bookmarkStart w:name="z531" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      204. Сауда сессияларында мұнай өнімдерінің базалық бағасы ретінде мынадай бағалар танылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z532" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жаңадан бекітілген сауда-саттық құралы бойынша бірінші биржалық сауда-саттықта базалық баға Argus Media Limited (Аргус Медиа Лимитед) басылымының "Argus Каспий нарығы" көзінде жарияланатын, Қазақстанның ішкі нарығындағы бағалар деректері бойынша өткен айдың қорытындысы бойынша қалыптасқан тиісті мұнай өнімдерін өндірушінің жеткізу базисінде мұнай өнімдерінің тиісті түрінің көтерме бағалары котировкаларының орташа арифметикалық мәні деңгейінде белгіленеді), Ұлыбритания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z533" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Егер сауда-саттық бекітілген сауда құралы бойынша немесе сауда құралдарының тобы бойынша әртүрлі себептер бойынша (мұнай өңдеу зауытын жоспарлы және (немесе) жоспардан тыс жөндеу кезеңін қоса алғанда) 2 (екі) аптадан астам уақыт тоқтатыла тұрған жағдайда, базалық баға осы тармақтың 1) тармақшасына сәйкес айқындалады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z534" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Егер сауда сессиясының қорытындылары бойынша осы қағидаларға сәйкес осы сауда сессиясына өткізуге жататын мұнай өнімі көлемінің кемінде 70% - ы бойынша мәмілелер жасалған болса, онда келесі сауда сессиясында базалық баға осындай сауда сессиясында қалыптасқан мұнай өнімінің орташа алынған бағасы деңгейінде белгіленеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z535" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Егер сауда сессиясының қорытындылары бойынша осы қағидаларға сәйкес осы сауда сессиясына өткізуге жататын 70% - дан кем, бірақ 30% - дан аспайтын көлемдер бойынша мәмілелер жасалған болса, бірақ бұл ретте мұнай өнімінің орташа алынған бағасы осы сауда сессиясының базалық бағасы деңгейінде немесе одан жоғары қалыптасса, онда келесі сауда сессиясында базалық баға өзгермейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z536" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Егер сауда сессиясының қорытындылары бойынша осы қағидаларға сәйкес осы сауда сессиясына өткізуге жататын мұнай өнімінің 70% - дан кем, бірақ 30% - дан астам көлемі бойынша мәмілелер жасалған болса, бірақ бұл ретте мұнай өнімінің орташа өлшемді бағасы осы сауда сессиясының базалық бағасынан төмен қалыптасса, онда келесі сауда сессиясында базалық баға мұнай өнімінің орташа өлшемді бағасы деңгейінде белгіленеді, осындай сауда сессиясы үшін қалыптасқан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z537" w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Егер сауда сессиясының қорытындылары бойынша осы қағидаларға сәйкес осы сауда сессиясына өткізуге жататын мұнай өнімі көлемінің 30% - нан кемі бойынша мәмілелер жасалған болса, келесі сессияға базалық баға екі пайызға азаяды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мұнай өнімдері сауда-саттығын ұйымдастырушы осы тармақтың бірінші бөлігінің 1) және 2) тармақшаларында көзделген жағдайларда базалық бағаны мұнай өнімдерін өндіру саласындағы уәкілетті органмен алдын ала келіседі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z538" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      205. Егер мұнай өнімдерін сатушы осы қағидаларға сәйкес бес сауда сессиясында сатуға қойған, бірақ мұнай өнімдерінің көлемі сатылмаған жағдайда, тауар биржасы сатылмаған мұнай өнімдері көлемінің сауда-саттығын жүзеге асыру үшін қосымша сауда сессиясын белгілейді, бұл ретте қосымша сауда сессиясының қорытындылары бойынша мұнай өнімдері бағасының қалыптасқан деңгейі мынадай негізгі сессиялар үшін базалық бағаны айқындау үшін негіз болып табылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z539" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      206. Сауда-саттық нәтижелері мұнай өнімдері сауда-саттығын ұйымдастырушының интернет-ресурсында биржалық мәмілелер тараптарының анонимділігі туралы шарттар сақтала отырып, сауда-саттық күнінен кейінгі бір жұмыс күнінен кешіктірілмей жарияланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z540" w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      207. Мұнай өнімдері сауда-саттығын ұйымдастырушы-тауар биржасы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z541" w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сауда күндері мен сауда сессияларын өткізу кестесі мен кезеңділігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z542" w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2)тауарды жеткізу базисін (тауарлардың ерекшеліктерін) қоса алғанда, сауда құралдары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z543" w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) лоттардың мөлшері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z544" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) мұнай өнімдерінің биржалық сауда-саттығына қатысқаны үшін биржалық комиссияның мөлшері бекітілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың 1) - 4) тармақшаларында көрсетілген ақпарат тауар биржасының интернет-ресурсында ол бекітілген күннен бастап үш жұмыс күні ішінде жарияланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z545" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      208. Мұнай өнімдерін сатып алушылар мен сатушылар мұнай өнімдерінің биржалық саудасына қатысуға рұқсат алу үшін тауар биржасына (биржалық сауда-саттыққа дилер ретінде дербес қатысқан жағдайда) не брокерге олардың мұнай өнімдері нарығындағы мәртебесін растайтын құжаттарды ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құжаттар тізбесін тауар биржасы айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z546" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      209. Сатушы жоспарланған айға жеткізу жоспарының кемінде 50% көлемінде мұнай өнімдерімен жасалған биржадан тыс мәмілелердің тауар биржасында тіркелуін қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мұнай өнімдерінің биржадан тыс мәмілелері деп мұнай өнімдерін сатушының тікелей жеткізу шеңберінде Қазақстан Республикасының ішкі нарығына жасаған мәмілелері түсініледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z547" w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      210. Тауар биржасы жасалған мәмілелер негізінде биржалық және биржадан тыс индекстерді есептейді және алынған деректерді ескере отырып, мұнай өнімдері бағасының биржалық дәлізін тауар биржасының интернет-ресурсында жариялай отырып шығарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z548" w:id="377"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      211. Қазақстан Республикасының ішкі нарығында форс-мажорлық жағдайлар, оның ішінде мұнай өнімдерін өндіру көлемінің төмендеуінен туындаған (жоспарлы және жоспардан тыс жөндеу, авариялық жағдайлар, жоспарлы-алдын алу жұмыстары) жағдайлар болған жағдайда, мұнай өнімдерін өндіру саласындағы уәкілетті орган нарықтағы жағдай тұрақталғанға дейінгі кезеңде мұнай өнімдерінің биржалық сауда-саттығын тоқтата тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z549" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...534 lines deleted...]
-      210. Тауар биржасы жасалған мәмілелер негізінде биржалық және биржадан тыс индекстерді есептейді және алынған деректерді ескере отырып, мұнай өнімдері бағасының биржалық дәлізін тауар биржасының интернет-ресурсында жариялай отырып шығарады.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 1. Сұйытылған мұнай газын көтерме саудада өткізу жөніндегі секция</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z548" w:id="379"/>
-[...43 lines deleted...]
-      <w:bookmarkStart w:name="z550" w:id="381"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z550" w:id="379"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       212. Алып тасталды - ҚР Сауда және интеграция министрінің м.а. 20.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkEnd w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">213. Алып тасталды - ҚР Сауда және интеграция министрінің м.а. 20.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z552" w:id="382"/>
+    <w:bookmarkStart w:name="z552" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       214. Тауар биржасы дилер ретінде аккредиттеген не аккредиттелген брокерлер арқылы әрекет ететін сатушылар мен сатып алушылар сұйытылған мұнай газы биржалық саудасының қатысушылары болып табылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сұйытылған мұнай газымен биржалық сауда-саттыққа қатысушыларға мыналар жатады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сұйытылған мұнай газын сатушылар-сұйытылған мұнай газын өндірушілер және өздеріне меншік құқығымен немесе өзге де заңды негіздерде тиесілі көмірсутек шикізатын өңдеу процесінде өндірілген сұйытылған мұнай газының меншік иелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сұйытылған мұнай газын сатып алушылар-меншік құқығында немесе өзге де заңды негіздерде теміржол цистерналарынан оларды толтыру мүмкіндігі бар жалпы көлемі кемінде 60 текше метр сұйытылған мұнай газын сақтау ыдыстары бар не сұйытылған мұнай газын сақтау және ауыстырып тиеу жөнінде қызметтер көрсету туралы шарт жасасқан, өнеркәсіптік тұтынушылар, газ толтыру станцияларының, газ толтыру пункттерінің және (немесе) автогаз құю станцияларының иелері тиісті жеткізу өңірінде газ толтыру станциясының иесімен айына көлемі 60 текше метрден кем емес мұнай газы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өнеркәсіптік тұтынушыларға, газ толтыру пункттерінің және (немесе) автомобиль көлігімен сұйытылған мұнай газын беруді көздейтін сауда құралдары бойынша биржалық сауда-саттыққа қатысқан жағдайда, осы тармақтың екінші бөлігі екінші абзацының талаптары қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z553" w:id="381"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      215. Сатушылар ай сайын, сауда сессиялары басталғанға дейін 5 (бес) жұмыс күнінен кешіктірілмейтін мерзімде тауар биржасына ағымдағы айда тиісті тауар биржасы арқылы өткізуге қоюды жоспарлап отырған сұйытылған мұнай газының көлемі туралы хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="381"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ағымдағы айда тиісті тауар биржасы арқылы өткізудің жоспарланатын көлемдері туралы егжей-тегжейлі ақпаратты тауар биржасы сауда сессиялары басталғанға дейін 3 (үш) жұмыс күнінен кешіктірілмейтін мерзімде өзінің ресми интернет-ресурсында орналастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z554" w:id="382"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      216. Тауар биржасы жоспарланатын тоқсанның алдындағы айдың 20 (жиырмасыншы) күнінен бастап 5 (бес) жұмыс күні ішінде 5 (бес) негізгі сауда сессияларын өткізеді, олардың әрқайсысында сатушылар тауар биржалары арқылы өткізу үшін міндетті сұйытылған мұнай газы көлемінің 20 (жиырма) пайызынан іс жүзінде тиеп-жөнелтумен бірге жоспарланған ай ішінде қояды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сұйытылған мұнай газымен биржалық сауда-саттыққа қатысушыларға мыналар жатады:</w:t>
-[...72 lines deleted...]
-      215. Сатушылар ай сайын, сауда сессиялары басталғанға дейін 5 (бес) жұмыс күнінен кешіктірілмейтін мерзімде тауар биржасына ағымдағы айда тиісті тауар биржасы арқылы өткізуге қоюды жоспарлап отырған сұйытылған мұнай газының көлемі туралы хабарлайды.</w:t>
+      Осы тармақтың бірінші бөлігінде көрсетілген күні өндірушінің меншік құқығымен немесе өзге де заңды негіздерде тиесілі көмірсутек шикізатын қайта өңдеу процесінде өндірілген сұйытылған мұнай газының меншік иелері арасында жеткізуге міндетті сұйытылған мұнай газының көлемін бөлуі болмаған жағдайда, мұндай меншік иелері алғашқы 4 (төрт) негізгі сауда сессияларының әрқайсысында сауда-саттыққа шығарады олар бөлуге жоспарлаған сұйытылған мұнай газы көлемінің 20 (жиырма) пайызынан аспайтын мөлшерде белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың екінші бөлігінде көрсетілген тұлғалар үшін бесінші негізгі сауда сессиясы меншік иелері арасында сұйытылған мұнай газын бөлу бекітілген күннен кейінгі бірінші жұмыс күні жеке өткізіледі, бұл ретте осындай тұлғалардың беру жоспарын орындауы үшін қажетті сұйытылған мұнай газының барлық көлемі сауда-саттыққа шығарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Газды өндіруді, тасымалдауды (тасымалдауды), сақтауды және көтерме саудада өткізуді мемлекеттік реттеуді жүзеге асыратын уәкілетті орган әрбір сауда сессиясында тауар биржалары арқылы міндетті түрде өткізуге жататын сұйытылған мұнай газын өткізу көлемдерінің мониторингін жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z555" w:id="383"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      217. Сұйытылған мұнай газы тауар биржалары арқылы тиісті сауда құралдары бойынша өткізіледі, олар мыналарды көздейді::</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ағымдағы айда тиісті тауар биржасы арқылы өткізудің жоспарланатын көлемдері туралы егжей-тегжейлі ақпаратты тауар биржасы сауда сессиялары басталғанға дейін 3 (үш) жұмыс күнінен кешіктірілмейтін мерзімде өзінің ресми интернет-ресурсында орналастырады.</w:t>
-[...18 lines deleted...]
-      216. Тауар биржасы жоспарланатын тоқсанның алдындағы айдың 20 (жиырмасыншы) күнінен бастап 5 (бес) жұмыс күні ішінде 5 (бес) негізгі сауда сессияларын өткізеді, олардың әрқайсысында сатушылар тауар биржалары арқылы өткізу үшін міндетті сұйытылған мұнай газы көлемінің 20 (жиырма) пайызынан іс жүзінде тиеп-жөнелтумен бірге жоспарланған ай ішінде қояды.</w:t>
+      сұйытылған мұнай газының түрі және оның сапалық сипаттамалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сұйытылған мұнай газын беру орны, мерзімі, тиеп-жөнелту тәсілі және өзге де шарттары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сұйытылған мұнай газына ақы төлеу шарттары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аумағы шегінде сұйытылған мұнай газы кейіннен сатып алушылардың өткізуіне жататын өңір (өңірлер);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қажет болған жағдайда сауда-саттықты ұйымдастырушы белгілеген шарттар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z556" w:id="384"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      218. Сауда күндері мен сауда сессияларын өткізу кестесі мен кезеңділігінің өзгеруі туралы биржалық сауда-саттыққа қатысушылар сауда күні басталғанға дейін 48 сағаттан кешіктірілмей хабардар етіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="384"/>
-    <w:p>
-[...69 lines deleted...]
-      217. Сұйытылған мұнай газы тауар биржалары арқылы тиісті сауда құралдары бойынша өткізіледі, олар мыналарды көздейді::</w:t>
+    <w:bookmarkStart w:name="z557" w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      219. Егер тауар биржалары арқылы тиісті сатушының өткізуі үшін міндетті сұйытылған мұнай газының көлемі 180 (жүз сексен) тоннадан аз болса, онда мұндай сатушы бірінші сауда сессиясынан бастап көлемнің жиырма пайызынан астамын сатуға қояды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      сұйытылған мұнай газының түрі және оның сапалық сипаттамалары;</w:t>
-[...90 lines deleted...]
-      218. Сауда күндері мен сауда сессияларын өткізу кестесі мен кезеңділігінің өзгеруі туралы биржалық сауда-саттыққа қатысушылар сауда күні басталғанға дейін 48 сағаттан кешіктірілмей хабардар етіледі.</w:t>
+      Егер өткен сауда сессияларында сұйытылған мұнай газының көлемі сатуға қойылған, бірақ сатылмаған жағдайда, мұндай көлем кейінгі сауда сессияларында қосымша қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z558" w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      220. Сұйытылған мұнай газының биржалық сауда-саттығына қатысушылар ай сайын тауар биржасында сатып алатын сұйытылған мұнай газы партиясының (көлемінің) ең төмен мөлшері бір лотты құрайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="386"/>
-    <w:bookmarkStart w:name="z557" w:id="387"/>
-[...15 lines deleted...]
-      219. Егер тауар биржалары арқылы тиісті сатушының өткізуі үшін міндетті сұйытылған мұнай газының көлемі 180 (жүз сексен) тоннадан аз болса, онда мұндай сатушы бірінші сауда сессиясынан бастап көлемнің жиырма пайызынан астамын сатуға қояды.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сұйытылған мұнай газын теміржол көлігімен беруді көздейтін сауда құралдары бойынша лоттың мөлшері 36 (отыз алты) тоннадан 40 (қырық) тоннаға дейінгі 1 (бір) вагонды, автомобиль көлігімен 5 (бес) тоннаны құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z559" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      221. Сатуға арналған өтінімдерді сатушылар лотқа қояды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Егер өткен сауда сессияларында сұйытылған мұнай газының көлемі сатуға қойылған, бірақ сатылмаған жағдайда, мұндай көлем кейінгі сауда сессияларында қосымша қойылады.</w:t>
-[...18 lines deleted...]
-      220. Сұйытылған мұнай газының биржалық сауда-саттығына қатысушылар ай сайын тауар биржасында сатып алатын сұйытылған мұнай газы партиясының (көлемінің) ең төмен мөлшері бір лотты құрайды.</w:t>
+      Егер сатушының сұйытылған мұнай газын өткізу жөніндегі ай сайынғы міндеттемелерінің мөлшері лоттың белгіленген мөлшеріне еселенбеген жағдайда, онда сатушы лоттың мөлшеріне еселік көлемді, бірақ тауар биржасы арқылы өткізу жөніндегі айлық міндеттемелердің көлемінен кем емес көлемде сатуға қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z560" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      222. Сатып алушы тауар биржасында ай сайын сатып алатын сұйытылған мұнай газы партиясының (көлемінің) ең жоғары мөлшері жоспарланып отырған айға арналған беру жоспарына сәйкес тауар биржалары арқылы өткізуге жататын сұйытылған мұнай газы көлемінің 10% - нан аспайды, ал жеткізу базисінің сауда құралдары бойынша сұйытылған мұнай газы көлемінің кемінде 80% - ы әкетіледі автомобиль көлігімен, 5% - дан артық емес.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сұйытылған мұнай газын теміржол көлігімен беруді көздейтін сауда құралдары бойынша лоттың мөлшері 36 (отыз алты) тоннадан 40 (қырық) тоннаға дейінгі 1 (бір) вагонды, автомобиль көлігімен 5 (бес) тоннаны құрайды.</w:t>
-[...18 lines deleted...]
-      221. Сатуға арналған өтінімдерді сатушылар лотқа қояды.</w:t>
+      Осы тармақтың бірінші бөлігінде көрсетілген сұйытылған мұнай газының көлемін Сауда-саттықты ұйымдастырушы барлық тауар биржаларында ағымдағы күнтізбелік ай ішінде сұйытылған мұнай газын сатып алудың нақты көлемдерін ескере отырып, әрбір сатып алушы үшін белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тауар биржасы сұйытылған мұнай газын сатып алушылардың сатып алу көлемдері туралы деректерді газ және газбен жабдықтау саласындағы уәкілетті органның ақпараттық жүйесі арқылы алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">223. Алып тасталды - ҚР Сауда және интеграция министрінің м.а. 20.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z562" w:id="389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      224. Сауда сессиясы ішінде қалыптастырылатын сұйытылған мұнай газы бағасының ең жоғары деңгейі базалық бағаның жүз бір пайызынан аспайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="389"/>
-    <w:p>
-[...33 lines deleted...]
-      222. Сатып алушы тауар биржасында ай сайын сатып алатын сұйытылған мұнай газы партиясының (көлемінің) ең жоғары мөлшері жоспарланып отырған айға арналған беру жоспарына сәйкес тауар биржалары арқылы өткізуге жататын сұйытылған мұнай газы көлемінің 10% - нан аспайды, ал жеткізу базисінің сауда құралдары бойынша сұйытылған мұнай газы көлемінің кемінде 80% - ы әкетіледі автомобиль көлігімен, 5% - дан артық емес.</w:t>
+    <w:bookmarkStart w:name="z563" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сауда сессиясының базалық бағасы мынадай тәртіппен белгіленеді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="390"/>
-    <w:p>
-[...123 lines deleted...]
-      224. Сауда сессиясы ішінде қалыптастырылатын сұйытылған мұнай газы бағасының ең жоғары деңгейі базалық бағаның жүз бір пайызынан аспайды.</w:t>
+    <w:bookmarkStart w:name="z564" w:id="391"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) берудің тиісті базисінің барлық сауда құралдары бойынша соңғы сауда айында қалыптасқан сұйытылған мұнай газының орташа өлшемді бағасы деңгейінде жаңадан бекітілген сауда құралы бойынша алғашқы биржалық сауда-саттықтарда;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="391"/>
-    <w:bookmarkStart w:name="z563" w:id="392"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z565" w:id="394"/>
+    <w:bookmarkStart w:name="z565" w:id="392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Егер негізгі сауда сессиясының қорытындылары бойынша осы қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>220-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес осы сауда сессиясында өткізуге жататын сұйытылған мұнай газының кемінде 75% - ы көлемі бойынша мәмілелер жасалған болса, келесі негізгі сауда сессиясында базалық баға осындай сауда сессиясында қалыптасқан сұйытылған мұнай газының орташа өлшенген бағасы деңгейінде белгіленеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="394"/>
-    <w:bookmarkStart w:name="z566" w:id="395"/>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z566" w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Егер негізгі сауда сессиясының қорытындылары бойынша осы қағидалардың 220-тармағына сәйкес осы сауда сессиясына өткізуге жататын сұйытылған мұнай газының көлемі бойынша мәмілелер 70% - дан кем, бірақ 30% - дан астам жасалған болса және бұл ретте сұйытылған мұнай газының орташа өлшемді бағасы осы сауда сессиясының базалық бағасынан асатын деңгейде немесе одан жоғары қалыптасса, сұйытылған мұнай газының орташа келесі негізгі сауда сессиясы базалық баға өзгермейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z567" w:id="396"/>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z567" w:id="394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) Егер негізгі сауда сессиясының қорытындылары бойынша сұйытылған мұнай газының көлемі бойынша осы қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>220-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес осы сауда сессиясында өткізуге жататын 70% - дан кем, бірақ 30% - дан астам мәмілелер жасалған болса және бұл ретте сұйытылған мұнай газының орташа өлшенген бағасы осы сауда сессиясының базалық бағасынан төмен қалыптасса, онда сұйытылған мұнай газының келесі негізгі сауда сессиясына базалық баға осындай сауда сессиясында қалыптасқан сұйытылған мұнай газының орташа өлшемді бағасы деңгейінде белгіленеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="396"/>
-    <w:bookmarkStart w:name="z568" w:id="397"/>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z568" w:id="395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) Егер сауда құралы бойынша негізгі сауда сессиясының қорытындылары бойынша осы қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15787,163 +15485,163 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес осы сауда сессиясына өткізуге жататын сұйытылған мұнай газының көлемі бойынша кемінде 30% - бен мәмілелер жасалған болса не мәмілелер жасалмаса, келесі негізгі сауда сессиясында базалық баға 5 (бес) пайызға азаяды, бірақ одан төмен болмайды Қазақстан Республикасының ішкі нарығына сұйытылған мұнай газын беру жоспары шеңберінде тауар биржаларынан тыс өткізілетін сұйытылған мұнай газының ағымдағы шекті бағасының деңгейі, "газ және газбен жабдықтау туралы" Қазақстан Республикасы Заңының 6-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес газ және газбен жабдықтау саласындағы уәкілетті орган бекіткен;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z569" w:id="396"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Егер сауда құралы бойынша күнтізбелік 30 (отыз) және одан көп күн ішінде мәмілелер жүргізілмесе, базалық баға Сауда-саттықты ұйымдастырушының барлық сауда құралдары бойынша тиісті беру базисімен алдыңғы сауда сессиясында қалыптасқан сұйытылған мұнай газының орташа өлшемді бағасының деңгейінде белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="396"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сұйытылған мұнай газының базалық бағасы осындай елдерге темір жол көлігімен тасымалдауға арналған шығыстардың орташа арифметикалық мәнін шегере отырып, қазақстандық сұйытылған мұнай газын импорттаушы елдерде өткен күнтізбелік айда сұйытылған мұнай газына баға белгіленімдерінің орташа арифметикалық мәнінен аспайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың 9-бөлігінде көрсетілген мән "Argus Media Limited" (Russia) Ltd компаниясының "Аргус сұйытылған газ және конденсат" көзінде жарияланатын ақпарат негізінде айқындалады. (Petroleumargus)" (Аргус медиа лимитед (Ресей) Лтд. (Петролемаргус), (ал жоғарыда көрсетілген көзде сұйытылған мұнай газының бағасы туралы ақпарат болмаған кезде - Қазақстан Республикасының трансферттік баға белгілеу саласындағы заңнамасында айқындалатын басқа да көздердің деректері бойынша және газ және газбен жабдықтау саласындағы уәкілетті орган ай сайын бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сұйытылған мұнай газының базалық бағасы сұйытылған мұнай газын теміржол цистерналарына және (немесе) автогаз тасушыларға құю объектілерінде белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сұйытылған мұнай газы сауда-саттығын ұйымдастырушы осы тармақтың 1-бөлігінің 1) тармақшасында көзделген жағдайда базалық бағаны газды өндіруді, тасымалдауды (тасуды), сақтауды және көтерме саудада өткізуді мемлекеттік реттеуді жүзеге асыратын уәкілетті органмен алдын ала келіседі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z570" w:id="397"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      225. Сауда-саттықты ұйымдастырушы сатушының сұрауы бойынша қосымша сауда сессияларын мынадай жағдайларда өткізеді:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="397"/>
-    <w:bookmarkStart w:name="z569" w:id="398"/>
-[...110 lines deleted...]
-    <w:bookmarkEnd w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сұйытылған мұнай газын мұнай - газ-химия өнімдерін өндіру үшін шикізат ретінде пайдаланатын өнеркәсіптік тұтынушының сұйытылған мұнай газын сатып алудан бас тартуына байланысты сатушыда Қазақстан Республикасының ішкі нарығында тауар биржаларынан тыс өткізу үшін міндетті сұйытылған мұнай газының тиелмеген көлемі туындаған жағдайда;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15972,946 +15670,946 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сатушыда негізгі сауда сессияларында қойылған, бірақ Қазақстан Республикасының ішкі нарығында тауар биржалары арқылы өткізу үшін міндетті сұйытылған мұнай газының өткізілмеген көлемі болған жағдайда;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сатушы тауар биржалары арқылы өткізуге жеткізу жоспарынан тыс сұйытылған мұнай газының көлемін шығаруға ниет білдірген жағдайда.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z571" w:id="400"/>
+    <w:bookmarkStart w:name="z571" w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       226. Осы қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>225-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген жағдайларда жеткізу жоспары қалыптастырылған айдың 10 (оныншы) күнінен бастап қатарынан 3 (үш) жұмыс күні ішінде сұйытылған мұнай газын барлық сатушылар үшін бірыңғай 3 (үш) қосымша сауда сессиясы өткізіледі, оларға әрбір сатушы сұйытылған мұнай газының барлық көлемін қояды бірінші қосымша сауда сессиясынан бастап жеткізу жоспарын орындау үшін қажетті газ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkEnd w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бұл ретте жеткізу өңірі Қазақстан Республикасының аумағын айқындайды, ал әрбір қосымша сауда сессиясына базалық баға осы қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>224-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген тәртіппен белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z572" w:id="401"/>
+    <w:bookmarkStart w:name="z572" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       227. Қосымша сауда сессияларын өткізу кезінде сұйытылған мұнай газын сатушылар бірінші қосымша сауда сессиясынан бастап биржалық сауда-саттыққа сұйытылған мұнай газының жеткізу жоспарын орындау үшін қажетті бүкіл көлемін қояды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="399"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">228. Алып тасталды - ҚР Сауда және интеграция министрінің м.а. 20.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z585" w:id="400"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      229. Сұйытылған мұнай газы сауда-саттығын ұйымдастырушы-тауар биржасы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z586" w:id="401"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) газ өндіруді, тасымалдауды (тасымалдауды), сақтауды және көтерме саудада өткізуді мемлекеттік реттеуді жүзеге асыратын уәкілетті органмен келісілген сауда күндерін және негізгі сауда сессияларын өткізу кестесі мен кезеңділігі; ;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z587" w:id="402"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сауда құралдары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z588" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) биржалық сауда-саттыққа қатысу үшін кепілдікті қамтамасыз ету мөлшері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z589" w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сатуға және сатып алуға өтінімдердің ең көп мөлшері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z590" w:id="405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ай сайын сұйытылған мұнай газы базалық бағасының ең жоғары мәнін бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың 1) – 5) тармақшаларында көрсетілген ақпарат тауар биржасының интернет-ресурсында ол бекітілген күннен бастап үш жұмыс күні ішінде жарияланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z591" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      230. Сатушы тауар биржасында жасалған сұйытылған мұнай газының биржадан тыс мәмілелерін жоспарлы айға жеткізу жоспарының кемінде 50% - ы көлемінде тіркеуді қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z592" w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      231. Тауар биржасы жасалған мәмілелер негізінде биржалық және биржадан тыс индекстерді есептейді және алынған деректерді ескере отырып, сұйытылған мұнай газы бағасының биржалық дәлізін тауар биржасының интернет-ресурсында жариялай отырып шығарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z593" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      232. Қазақстан Республикасының ішкі нарығында форс-мажорлық жағдайлар болған, оның ішінде сұйытылған мұнай газын өндіру көлемінің төмендеуінен туындаған (жоспарлы және жоспардан тыс жөндеу, авариялық жағдайлар, жоспарлы-алдын алу жұмыстары) жағдайда, газ және газбен жабдықтау саласындағы уәкілетті орган нарықтағы жағдай тұрақталғанға дейінгі кезеңде негізгі сауда сессиялары үшін базалық бағаларды белгілейді. сауда-саттық режимін өзгертеді, сондай-ақ сұйытылған мұнай газының биржалық сауда-саттығын тоқтата тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z594" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 25-тарау. Көмір сату секциясы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z595" w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      233. Бұл секция уәкілетті орган бекітетін биржалық тауарлар тізбесінде көрсетілген көмір түрлеріне қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z596" w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      234. Сатушы – жер қойнауын пайдалануға (көмір бөлінісі, көмір шахтасы) және (немесе) көмірді қайта өңдеуге (байытуға) арналған келісімшартқа сәйкес өндіруді жүзеге асыратын көмір өндіруші.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> (01.07.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. 234-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің 06.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 420-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z585" w:id="402"/>
-[...231 lines deleted...]
-      233. Бұл секция уәкілетті орган бекітетін биржалық тауарлар тізбесінде көрсетілген көмір түрлеріне қолданылады.</w:t>
+    <w:bookmarkStart w:name="z597" w:id="412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      235. Сатып алушы-меншік құқығында немесе өзге де заңды негіздерде темір жол тұйығы бар, техникалық жарақтандырылған (таразы техникасы, тиеу-түсіру көлігі) және көмірді сақтау мен тиеп-жөнелту және халыққа жеке пайдалану үшін өткізу мүмкіндігі бар, тауар биржасының аккредиттеуін алған нарық субъектісі (коммуналдық-тұрмыстық көмірді көтерме сауда беруші немесе бөлшек сауда арқылы өткізуші); жергілікті атқарушы органдардан берілген.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z596" w:id="413"/>
-[...100 lines deleted...]
-    <w:bookmarkEnd w:id="414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Коммуналдық-тұрмыстық көмірді сатып алушылардың тізбесі көмір өнеркәсібі саласында басшылықты жүзеге асыратын уәкілетті органның сайтында орналастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z598" w:id="415"/>
+    <w:bookmarkStart w:name="z598" w:id="413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       236. Осы қағидалардың шарттарында көмірді сатушы осы қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>235-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> айқындалған сатып алушыларға ғана сатады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z599" w:id="414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      237. Сатып алушылар үшін биржалық қамтамасыз ету мөлшері болжамды мәміленің 1% құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сатушылар үшін биржалық қамтамасыз ету мөлшері болжамды мәміленің 3% құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 237-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің 03.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 286-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z600" w:id="415"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      238. Көмір тауар биржасы арқылы келесі сауда құралдарын қамтитын тиісті ерекшеліктер бойынша өткізіледі:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z599" w:id="416"/>
-[...34 lines deleted...]
-      Сатушылар үшін биржалық қамтамасыз ету мөлшері болжамды мәміленің 3% құрайды.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көмірдің түрі және оның сапалық сипаттамалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көмір жеткізудің орны, мерзімі, тәсілі және өзге де шарттары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      төлем шарттары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лот мөлшері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жеткізу аймағы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көмір тауар биржасы арқылы осы әкімшілік аумақ шегінде тіркелген және жеке пайдалану үшін халыққа көмір сататын көмір сатып алушылар қатысатын тиісті өңірдің тиісті ерекшеліктеріне сәйкес өткізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 237-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің 03.10.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 286-НҚ</w:t>
+        <w:t xml:space="preserve">      Ескерту. 238-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің 06.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 420-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z600" w:id="417"/>
-[...189 lines deleted...]
-    <w:bookmarkStart w:name="z601" w:id="418"/>
+    <w:bookmarkStart w:name="z601" w:id="416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       239. Сатушы көмір өнеркәсібі саласындағы басшылықты жүзеге асыратын уәкілетті органға Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 26 ақпандағы № 142 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10587 болып тіркелген) биржалық тауарлардың тізбесінде белгіленген жалпы жылдық көлемнен келесі өндірістік жылға ішкі нарыққа жеткізуге жоспарланатын коммуналдық-тұрмыстық көмірді жеткізуді ай сайын бөлуді ұсынады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkEnd w:id="416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көмір өнеркәсібі саласында басшылықты жүзеге асыратын уәкілетті орган коммуналдық-тұрмыстық көмірді ай сайын бөлуде көзделген сатушының деректері негізінде әрбір өңір бөлінісінде халықтың коммуналдық-тұрмыстық көмірді тұтыну көлемі бойынша жергілікті атқарушы органдардың деректерін ескере отырып ақпарат қалыптастырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17080,70 +16778,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z602" w:id="419"/>
+    <w:bookmarkStart w:name="z602" w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       240. Сауда-саттықты ұйымдастырушы көмір биржалық сауда-саттығын өткізу кестесін олар басталғанға дейін кемінде бес жұмыс күні бұрын өзінің интернет-ресурсында орналастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkEnd w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17162,70 +16860,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z603" w:id="420"/>
+    <w:bookmarkStart w:name="z603" w:id="418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       241. Сатушылар қалыптастырылған ақпаратқа сәйкес сауда-саттықта белгіленген шарттарда биржалық тауарды нақты тиеп-жөнелтумен бес жұмыс күні ішінде тауар биржасы арқылы көмірді біркелкі қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkEnd w:id="418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17244,90 +16942,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z604" w:id="421"/>
+    <w:bookmarkStart w:name="z604" w:id="419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       242. Егер осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>241-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген кезеңнің соңында көмір тиісті өңірге өткізуге қойылса, бірақ өткізілмеген жағдайда, мұндай көлем қосымша сауда сессиясында қойылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkEnd w:id="419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте, жеткізу өңірі ретінде Қазақстан Республикасының аумағы айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -17364,246 +17062,246 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z605" w:id="422"/>
+    <w:bookmarkStart w:name="z605" w:id="420"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       243. Егер осы қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>241-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген кезең ішінде тауар сатуға шығарылған, бірақ сатушы мен сатып алушылар арасындағы мәмілелер жасалмаған жағдайда, сатушы биржалық тауардың талап етілмеген көлемін өз қалауы бойынша өткізеді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z606" w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      244. Тауарды биржалық сату мынадай түрде жүзеге асырылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тауарды тиеп-жөнелту маусымдық кезеңде (шілде-желтоқсанды қоса алғанда) тиеп-жөнелтумен жүзеге асырылатын сауда-саттық споты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тауарды тиеп-жөнелту сауда-саттық өткізілетін айдан кейінгі үшінші айда жүзеге асырылатын сауда-саттық споты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) биржалық тауарды тиеп-жөнелту сауда-саттық өткізілген айдан кейінгі үшінші айдан бастап тиеп-жөнелту басталған жылдың желтоқсанына дейін (қоса алғанда) жүзеге асырылатын күнтізбелік алты айдан он екі айға дейінгі кезеңге ай сайынғы ақы төлеу және жеткізу шартымен биржалық мәміле.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 244-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің 06.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 420-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z610" w:id="422"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      245. Тауар биржасының электрондық сауда жүйесінде тауарды сатып алуға (сатуға) өтінімдер лоттарға қойылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z606" w:id="423"/>
-[...154 lines deleted...]
-    <w:bookmarkEnd w:id="424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Лоттың максималды мөлшері - 5 вагон (Вагон нормасына байланысты 300-350 тонна). Осы қағидалардың 244-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17616,573 +17314,573 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тауарды өткізу кезінде лоттың ең жоғары мөлшері келісімшарт және 5 вагон (вагон нормасына байланысты 300-350 тонна) шарттарында айлар санын көбейту ретінде есептеледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте сатып алушы өз мұқтажын қанағаттандыру мақсатында биржалық сауда-саттық барысында бірнеше лот сатып алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z611" w:id="425"/>
+    <w:bookmarkStart w:name="z611" w:id="423"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       246. Сауда сессиясы ішінде қалыптастырылатын биржалық тауар бағасының ең жоғары деңгейі базалық бағаның жүз бір пайызынан аспайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z612" w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сауда сессияларында тауардың базалық бағасы ретінде мынадай бағалар танылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z613" w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бірінші биржалық сауда-саттықта базалық баға тиісті ерекшеліктегі тауардың көтерме бағаларының ағымдағы жасалатын келісімшарттарының орташа өлшемді мәні деңгейінде белгіленеді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z612" w:id="426"/>
-[...15 lines deleted...]
-      Сауда сессияларында тауардың базалық бағасы ретінде мынадай бағалар танылады:</w:t>
+    <w:bookmarkStart w:name="z614" w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) кейінгі негізгі және қосымша сауда сессияларында базалық баға биржалық мәмілелер жасалған тиісті сауда құралы бойынша алдыңғы сауда сессиясында қалыптасқан тауардың орташа алынған бағасы деңгейінде белгіленеді. Бұл ретте, сатушы сауда сессиялары үшін тауарға базалық бағаны өз қалауы бойынша да, көмір өнеркәсібі саласында басшылықты жүзеге асыратын уәкілетті органның ұсынымдары негізінде де төмендетеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z613" w:id="427"/>
-[...15 lines deleted...]
-      1) бірінші биржалық сауда-саттықта базалық баға тиісті ерекшеліктегі тауардың көтерме бағаларының ағымдағы жасалатын келісімшарттарының орташа өлшемді мәні деңгейінде белгіленеді.</w:t>
+    <w:bookmarkStart w:name="z783" w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      246-1. Көмір өнеркәсібі саласындағы басшылықты жүзеге асыратын уәкілетті органның ұсынымдары негізінде тауар биржасы бір сауда күні шеңберінде бір сатып алушы беретін көмір сатып алуға өтінімнің ең жоғары көлемін белгілейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z614" w:id="428"/>
-[...15 lines deleted...]
-      2) кейінгі негізгі және қосымша сауда сессияларында базалық баға биржалық мәмілелер жасалған тиісті сауда құралы бойынша алдыңғы сауда сессиясында қалыптасқан тауардың орташа алынған бағасы деңгейінде белгіленеді. Бұл ретте, сатушы сауда сессиялары үшін тауарға базалық бағаны өз қалауы бойынша да, көмір өнеркәсібі саласында басшылықты жүзеге асыратын уәкілетті органның ұсынымдары негізінде де төмендетеді.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 25-тарау 246-1-тармақпен толықтырылды - ҚР Сауда және интеграция министрінің 03.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 286-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">247. Алып тасталды - ҚР Сауда және интеграция министрінің м.а. 20.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z625" w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      248. Әрбір өтінім мен мәмілеге ақпаратты есепке алуды жүргізу үшін бірегей код беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z783" w:id="429"/>
-[...15 lines deleted...]
-      246-1. Көмір өнеркәсібі саласындағы басшылықты жүзеге асыратын уәкілетті органның ұсынымдары негізінде тауар биржасы бір сауда күні шеңберінде бір сатып алушы беретін көмір сатып алуға өтінімнің ең жоғары көлемін белгілейді.</w:t>
+    <w:bookmarkStart w:name="z626" w:id="429"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      249. Тауар биржасы электрондық сауда жүйесінде тиісті мәміле жасасу туралы жазба енгізу арқылы көп бағытты өтінімдердің бір-біріне сәйкестігін тауар биржасы тіркеген сәтте мәміле биржалық сауда-саттықта жасалған болып есептеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z627" w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      250. Электрондық сауда жүйесінде мәміле бойынша есеп автоматты түрде қалыптастырылады, ол тауар биржасының уәкілетті лауазымды адамының электрондық цифрлық қолтаңбасы қойылған, мәміле тараптарының жасасуын растайтын электрондық құжат болып табылады. Сауда-саттыққа қатысушының жеке сұрау салуы бойынша сауда-саттықты ұйымдастырушы Сауда-саттықты ұйымдастырушы куәландырған электрондық құжаттың қағаздағы нұсқасын ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="430"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 25-тарау 246-1-тармақпен толықтырылды - ҚР Сауда және интеграция министрінің 03.10.2025 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">251. Алып тасталды - ҚР Сауда және интеграция министрінің 03.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 286-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...90 lines deleted...]
-      249. Тауар биржасы электрондық сауда жүйесінде тиісті мәміле жасасу туралы жазба енгізу арқылы көп бағытты өтінімдердің бір-біріне сәйкестігін тауар биржасы тіркеген сәтте мәміле биржалық сауда-саттықта жасалған болып есептеледі.</w:t>
+    </w:p>
+    <w:bookmarkStart w:name="z629" w:id="431"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      252. Биржалық тауарды сатып алушы мен сатушы арасындағы есеп айырысулар сатып алушы тарапынан сатып алынған биржалық тауардың көлемінен жүз пайыз алдын ала төлем шартымен жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="431"/>
-    <w:bookmarkStart w:name="z627" w:id="432"/>
-[...15 lines deleted...]
-      250. Электрондық сауда жүйесінде мәміле бойынша есеп автоматты түрде қалыптастырылады, ол тауар биржасының уәкілетті лауазымды адамының электрондық цифрлық қолтаңбасы қойылған, мәміле тараптарының жасасуын растайтын электрондық құжат болып табылады. Сауда-саттыққа қатысушының жеке сұрау салуы бойынша сауда-саттықты ұйымдастырушы Сауда-саттықты ұйымдастырушы куәландырған электрондық құжаттың қағаздағы нұсқасын ұсынады.</w:t>
+    <w:bookmarkStart w:name="z630" w:id="432"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      253. Өтінімдер бағасы Инкотермс 2020 (EXW, FCA) шарттарында көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="432"/>
-    <w:p>
-[...87 lines deleted...]
-      252. Биржалық тауарды сатып алушы мен сатушы арасындағы есеп айырысулар сатып алушы тарапынан сатып алынған биржалық тауардың көлемінен жүз пайыз алдын ала төлем шартымен жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z631" w:id="433"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      254. Сатушы осы қағидаға сәйкес өткізілген биржалық сауда-саттық жеңімпаздарымен жасалған шарттар негізінде өткізілетін биржалық сауда-саттықты ескере отырып, ай сайынғы түзетумен тауарды тиеп жөнелту кестесін қалыптастырады және оны биржалық сауда-саттық жеңімпазында тиісті шарт жасалған тасымалдаушыға орындау үшін жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="433"/>
-    <w:bookmarkStart w:name="z630" w:id="434"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Коммуналдық-тұрмыстық көмірді жөнелту кестесі тауар биржасының интернет-сайтында орналастырылады, бұл ретте осы қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>235-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген сатып алушыларға көмірді бірінші кезекте жөнелту басым сипатта болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z632" w:id="436"/>
+    <w:bookmarkStart w:name="z632" w:id="434"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       255. Сатушы коммуналдық-тұрмыстық көмірмен биржалық сауда-саттық жүргізетін 60 тоннадан астам жасалған биржадан тыс мәмілелердің тауар биржасында тіркелуін қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="434"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Коммуналдық-тұрмыстық көмірдің биржадан тыс мәмілелері деп коммуналдық-тұрмыстық көмірді сатушының тікелей жеткізу шеңберінде жасаған мәмілелері түсініледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z633" w:id="435"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      256. Тауар биржасы жасалған мәмілелер негізінде биржалық және биржадан тыс индекстерді есептейді және алынған деректерді ескере отырып, биржалық тауар бағасының биржалық дәлізін тауар биржасының интернет-ресурсында жариялай отырып шығарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z634" w:id="436"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26 тарау. Портландцемент (цемент) сату секциясы</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="436"/>
-    <w:p>
-[...55 lines deleted...]
-    <w:bookmarkStart w:name="z635" w:id="439"/>
+    <w:bookmarkStart w:name="z635" w:id="437"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       257. Осы қағиданың 2-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18217,1787 +17915,1787 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>35) тармақшаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген, портландцемент тауар биржасы дилер ретінде аккредиттелген не аккредиттелген брокерлер арқылы әрекет ететін тұлғалар портландцемент биржалық сауда-саттығына қатысушылар болып табылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z636" w:id="438"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      258. Портландцементті тауар биржасында сатушылар портландцементті өндірушілер, сондай-ақ портландцементті Қазақстан Республикасының аумағында өткізуді жүзеге асыратын отандық импорттаушылар болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z637" w:id="439"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      259. Портландцементті тауар биржасында сатып алушылар портландцементтің көтерме сауда жеткізушілері, сондай-ақ портландцементті өз мұқтаждары үшін сатып алатын кәсіпкерлік субъектілері болып табылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="439"/>
-    <w:bookmarkStart w:name="z636" w:id="440"/>
-[...15 lines deleted...]
-      258. Портландцементті тауар биржасында сатушылар портландцементті өндірушілер, сондай-ақ портландцементті Қазақстан Республикасының аумағында өткізуді жүзеге асыратын отандық импорттаушылар болып табылады.</w:t>
+    <w:bookmarkStart w:name="z638" w:id="440"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      260. Биржалық сауда-саттыққа қатысу үшін биржалық сауда-саттыққа қатысушылар биржалық сауда-саттықты өткізгенге дейін кемінде бір жұмыс күні бұрын тауар биржасына қызмет көрсететін клирингтік орталықтың шотына биржалық қамтамасыз етуді енгізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="440"/>
-    <w:bookmarkStart w:name="z637" w:id="441"/>
-[...15 lines deleted...]
-      259. Портландцементті тауар биржасында сатып алушылар портландцементтің көтерме сауда жеткізушілері, сондай-ақ портландцементті өз мұқтаждары үшін сатып алатын кәсіпкерлік субъектілері болып табылады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Биржалық мәміле жасалған кезде биржалық қамтамасыз етуді қайтару жасалған шартты биржада тіркеу үшін ұсынған сәттен бастап 10 банктік күн ішінде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z639" w:id="441"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      261. Тауар Тауар биржасы арқылы мынадай сауда құралдары бар тиісті ерекшеліктер бойынша өткізіледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="441"/>
-    <w:bookmarkStart w:name="z638" w:id="442"/>
-[...15 lines deleted...]
-      260. Биржалық сауда-саттыққа қатысу үшін биржалық сауда-саттыққа қатысушылар биржалық сауда-саттықты өткізгенге дейін кемінде бір жұмыс күні бұрын тауар биржасына қызмет көрсететін клирингтік орталықтың шотына биржалық қамтамасыз етуді енгізеді.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      биржалық тауардың түрі және оның сапалық сипаттамалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      биржалық тауарды жеткізу орны, мерзімі, тиеп-жөнелту тәсілі және өзге де шарттары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Төлем шарттары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лоттың мөлшері.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z640" w:id="442"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      262. Сатушылар сату жоспарына сәйкес сауда-саттықта белгіленген шарттарда тауарды нақты тиеп, тауар биржасының сауда жүйесінде тауар биржасы арқылы тауарды сатуға қояды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Биржалық мәміле жасалған кезде биржалық қамтамасыз етуді қайтару жасалған шартты биржада тіркеу үшін ұсынған сәттен бастап 10 банктік күн ішінде жүргізіледі.</w:t>
-[...18 lines deleted...]
-      261. Тауар Тауар биржасы арқылы мынадай сауда құралдары бар тиісті ерекшеліктер бойынша өткізіледі:</w:t>
+      Егер тауар сатуға қойылған, бірақ сатылмаған жағдайда, мұндай көлем қосымша келесі сауда сессияларында қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z641" w:id="443"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      263. Тауар биржасының электрондық сауда жүйесінде биржалық тауарды сатып алуға (сатуға) өтінімдер лоттарға қойылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="443"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      биржалық тауардың түрі және оның сапалық сипаттамалары;</w:t>
-[...72 lines deleted...]
-      262. Сатушылар сату жоспарына сәйкес сауда-саттықта белгіленген шарттарда тауарды нақты тиеп, тауар биржасының сауда жүйесінде тауар биржасы арқылы тауарды сатуға қояды.</w:t>
+      Лоттың максималды мөлшері - 5 вагон (вагон нормасына байланысты 300-350 тонна).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте сатып алушы өз мұқтажын қанағаттандыру мақсатында биржалық сауда-саттық барысында бірнеше лот сатып алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z642" w:id="444"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      264. Сауда сессиясы ішінде қалыптастырылатын тауар бағасының ең төменгі деңгейі базалық бағаның 98 пайызынан кем болмайды, ал бағаның ең жоғары деңгейі базалық бағаның жүз бір пайызынан аспайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="444"/>
-    <w:p>
-[...33 lines deleted...]
-      263. Тауар биржасының электрондық сауда жүйесінде биржалық тауарды сатып алуға (сатуға) өтінімдер лоттарға қойылады.</w:t>
+    <w:bookmarkStart w:name="z643" w:id="445"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сауда сессияларында тауардың базалық бағасы ретінде мынадай бағалар танылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="445"/>
-    <w:p>
-[...51 lines deleted...]
-      264. Сауда сессиясы ішінде қалыптастырылатын тауар бағасының ең төменгі деңгейі базалық бағаның 98 пайызынан кем болмайды, ал бағаның ең жоғары деңгейі базалық бағаның жүз бір пайызынан аспайды.</w:t>
+    <w:bookmarkStart w:name="z644" w:id="446"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бірінші биржалық сауда-саттықта базалық баға тиісті ерекшеліктегі тауардың көтерме бағаларының ағымдағы жасалатын келісімшарттарының орташа өлшемді мәні деңгейінде белгіленеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="446"/>
-    <w:bookmarkStart w:name="z643" w:id="447"/>
-[...15 lines deleted...]
-      Сауда сессияларында тауардың базалық бағасы ретінде мынадай бағалар танылады:</w:t>
+    <w:bookmarkStart w:name="z645" w:id="447"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) кейінгі негізгі және қосымша сауда сессияларында базалық баға биржалық мәмілелер жасалған тиісті сауда құралы бойынша алдыңғы сауда сессиясында қалыптасқан тауардың орташа алынған бағасы деңгейінде белгіленеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="447"/>
-    <w:bookmarkStart w:name="z644" w:id="448"/>
-[...15 lines deleted...]
-      1) бірінші биржалық сауда-саттықта базалық баға тиісті ерекшеліктегі тауардың көтерме бағаларының ағымдағы жасалатын келісімшарттарының орташа өлшемді мәні деңгейінде белгіленеді.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">265. Алып тасталды - ҚР Сауда және интеграция министрінің м.а. 20.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z651" w:id="448"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      266. Толық қанағаттандырылған сатып алуға (сатуға) өтінімдер бұдан әрі сауда-саттыққа қатыспайды. Ішінара қанағаттандырылған өтінімдер сатып алуға (сатуға) қанағаттандырылмаған көлемдер бөлігінде сауда-саттыққа қатысуды жалғастырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="448"/>
-    <w:bookmarkStart w:name="z645" w:id="449"/>
-[...15 lines deleted...]
-      2) кейінгі негізгі және қосымша сауда сессияларында базалық баға биржалық мәмілелер жасалған тиісті сауда құралы бойынша алдыңғы сауда сессиясында қалыптасқан тауардың орташа алынған бағасы деңгейінде белгіленеді.</w:t>
+    <w:bookmarkStart w:name="z652" w:id="449"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      267. Биржалық сауда-саттыққа қатысушылар тауарды сатып алуға (сатуға) өтінімдердің шексіз санын береді. Бұл ретте сауда-саттыққа қатысушы берген кез келген өтінімді мәміле жасалған сәтке дейін алуға жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z653" w:id="450"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      268. Сауда сессиялары аяқталғаннан кейін қанағаттандырылмаған өтінімдер тауар биржасының электрондық сауда жүйесімен автоматты түрде жойылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkStart w:name="z654" w:id="451"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      269. Сатып алушы қойған тауарды сатып алуға сатып алушылардың өтінімдері болмаған жағдайда сатушы тауардың ұсынылған құнын төмендетуді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="451"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте сатушы өз қалауы бойынша тауардың бағасын тауардың нақты номенклатурасы бойынша сол күнтізбелік жылға арналған тауарды жеткізуге қатысты мәмілелер бойынша қалыптасқан орташа өлшемді бағаның деңгейінен төмендетеді не төмендетпейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z655" w:id="452"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      270. Әрбір өтінім мен мәмілеге ақпаратты есепке алуды жүргізу үшін бірегей код беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkStart w:name="z656" w:id="453"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      271. Тауар биржасы электрондық сауда жүйесінде тиісті мәміле жасасу туралы жазба енгізу арқылы көп бағытты өтінімдердің бір-біріне сәйкестігін тауар биржасы тіркеген сәтте мәміле биржалық сауда-саттықта жасалған болып есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z657" w:id="454"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      272. Электрондық сауда жүйесінде мәміле бойынша есеп автоматты түрде қалыптастырылады, ол тауар биржасының уәкілетті лауазымды адамының электрондық цифрлық қолтаңбасы қойылған, мәміле тараптарының жасасуын растайтын электрондық құжат болып табылады. Сауда-саттыққа қатысушының жеке сұрау салуы бойынша сауда-саттықты ұйымдастырушы Сауда-саттықты ұйымдастырушы куәландырған электрондық құжаттың қағаздағы нұсқасын ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z658" w:id="455"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      273. Өтінімдер бағасы Инкотермс 2020 шарттарында көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z659" w:id="456"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      274. Сатушы осы қағидаға сәйкес өткізілген биржалық сауда-саттық жеңімпаздарымен жасалған шарттар негізінде өткізілетін биржалық сауда-саттықты ескере отырып, ай сайынғы түзетумен тауарды тиеп жөнелту кестесін қалыптастырады және оны биржалық сауда-саттық жеңімпазында тиісті шарт жасалған тасымалдаушыға орындау үшін жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="456"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тауар биржасы жасалған мәмілелер негізінде биржалық және биржадан тыс индекстерді есептейді және алынған деректерді ескере отырып, биржалық тауар бағасының биржалық дәлізін тауар биржасының интернет-ресурсында жариялай отырып шығарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z660" w:id="457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...236 lines deleted...]
-      273. Өтінімдер бағасы Инкотермс 2020 шарттарында көрсетіледі.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 27 тарау. Қара металл сынықтарын сату секциясы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="457"/>
-    <w:bookmarkStart w:name="z659" w:id="458"/>
-[...54 lines deleted...]
-    <w:bookmarkEnd w:id="459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 27-тарау алып тасталды - ҚР Сауда және интеграция министрінің м.а. 20.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z705" w:id="460"/>
+    <w:bookmarkStart w:name="z705" w:id="458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 28-тарау. Қант саудасы бөлімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkEnd w:id="458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағида 28-тараумен толықтырылды - ҚР Сауда және интеграция министрінің 07.09.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 335-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z706" w:id="461"/>
+    <w:bookmarkStart w:name="z706" w:id="459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       299. Қанттың биржалық сауда-саттығын ұйымдастыруды жүзеге асыруға ниеті бар тауар биржасы уәкілетті органға еркін нысандағы хабарламаны жолдайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z707" w:id="460"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      300. Қант сауда-саттығын ұйымдастырушы болып табылатын тауар биржаларының тізбесі олардың атауы мен байланыс деректерін көрсете отырып, уәкілетті органның және агроөнеркәсіптік кешенді дамыту саласындағы уәкілетті органның ресми интернет-ресурсында жарияланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkStart w:name="z708" w:id="461"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      301. Тауар биржасы дилер ретінде аккредиттеген немесе аккредиттелген брокерлер арқылы әрекет ететін сатушылар мен сатып алушылар қанттың биржалық сауда-саттығының қатысушылары болып табылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="461"/>
-    <w:bookmarkStart w:name="z707" w:id="462"/>
-[...15 lines deleted...]
-      300. Қант сауда-саттығын ұйымдастырушы болып табылатын тауар биржаларының тізбесі олардың атауы мен байланыс деректерін көрсете отырып, уәкілетті органның және агроөнеркәсіптік кешенді дамыту саласындағы уәкілетті органның ресми интернет-ресурсында жарияланады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қанттың биржалық сауда-саттығының қатысушыларына мыналар жатады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қант сатушылар – қант өндіруші, оның ішінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қантты отандық импорттаушылар – Қазақстан Республикасының аумағында үшінші елдерден және Еуразиялық экономикалық одақ елдерінен импортталған қантты өткізуді жүзеге асыратын кәсіпкерлік субъектісі және (немесе) өзіне меншік құқығымен немесе өзге де заңды негіздерде тиесілі қанттың меншік иесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қант импорттаушылар, шетелдік заңды тұлға – бейрезиденттің – заңды тұлғаның орналасқан жерінен тыс орналасқан және оның функцияларының барлығын немесе бір бөлігін, оның ішінде Қазақстан Республикасының аумағында қантты өткізуді жүзеге асыратын өкілдік функцияларын жүзеге асыратын ерекше бөлімшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өндірушілерден қантты келісімшартталған айналым қаражаты не қарыздар арқылы сатып алуды жүзеге асыратын кәсіпкерлік субъектілері.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қант өндірушілер қантты келісімшартталған айналым қаражаты не қарыздар арқылы өткізген жағдайда және (немесе) шарттар бойынша әлеуметтік маңызы бар азық-түлік тауарларына бағаны тұрақтандыру тетіктері шеңберінде оны тауар биржаларынан тыс өткізуді қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қантты сатып алушылар – өз қажеттіліктері үшін қант сатып алатын және (немесе) Қазақстан Республикасының аумағында қантты одан әрі өткізуді жүзеге асыратын кәсіпкерлік субъектілері.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қантты сатып алушылар мен сатушылар қанттың биржалық сауда-саттығына қол жеткізу үшін уәкілетті органға өздерінің қант нарығындағы мәртебесін растайтын құжаттарды қоса бере отырып, еркін нысанда хабарлама жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қантты сатып алушылар мен сатушылардың тізбесі уәкілетті органның ресми интернет-ресурсында жарияланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z709" w:id="462"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      302. Сатушы уәкілетті органға және агроөнеркәсіптік кешенді дамыту саласындағы уәкілетті органға келісімшартталған айналым қаражаты не қарыздар арқылы өткізген жағдайда және (немесе) шарттар бойынша әлеуметтік маңызы бар азық-түлік тауарларына бағаны тұрақтандыру тетіктері шеңберінде шарттар бойынша өткізілетін қантты қоспағанда, келесі жылға арналған қантты Қазақстан Республикасының ішкі нарығына өткізудің ай сайынғы жоспарын (бұдан әрі – Жоспар) үстіміздегі жылдың бірінші желтоқсанынан кешіктірілмейтін мерзімде ұсынады</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="462"/>
-    <w:bookmarkStart w:name="z708" w:id="463"/>
-[...15 lines deleted...]
-      301. Тауар биржасы дилер ретінде аккредиттеген немесе аккредиттелген брокерлер арқылы әрекет ететін сатушылар мен сатып алушылар қанттың биржалық сауда-саттығының қатысушылары болып табылады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жоспар түзетілген жағдайда сатушы уәкілетті органға және агроөнеркәсіптік кешенді дамыту саласындағы уәкілетті органға ол бекітілгеннен кейін бес жұмыс күні ішінде жаңартылған Жоспарды ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z710" w:id="463"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      303. Жоспарда көрсетілген көлемдерді сатушылар күнтізбелік ай шеңберінде біркелкі бөлінген бес сауда сессиясы ішінде өткізуге қояды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="463"/>
-    <w:p>
-[...177 lines deleted...]
-      302. Сатушы уәкілетті органға және агроөнеркәсіптік кешенді дамыту саласындағы уәкілетті органға келісімшартталған айналым қаражаты не қарыздар арқылы өткізген жағдайда және (немесе) шарттар бойынша әлеуметтік маңызы бар азық-түлік тауарларына бағаны тұрақтандыру тетіктері шеңберінде шарттар бойынша өткізілетін қантты қоспағанда, келесі жылға арналған қантты Қазақстан Республикасының ішкі нарығына өткізудің ай сайынғы жоспарын (бұдан әрі – Жоспар) үстіміздегі жылдың бірінші желтоқсанынан кешіктірілмейтін мерзімде ұсынады</w:t>
+    <w:bookmarkStart w:name="z711" w:id="464"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      304. Тауар биржасы – қант сауда-саттығын ұйымдастырушы тауар биржасының интернет-ресурсында бекітілген күнінен бастап бір жұмыс күнінен кешіктірілмей жарияланады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="464"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жоспар түзетілген жағдайда сатушы уәкілетті органға және агроөнеркәсіптік кешенді дамыту саласындағы уәкілетті органға ол бекітілгеннен кейін бес жұмыс күні ішінде жаңартылған Жоспарды ұсынады.</w:t>
-[...18 lines deleted...]
-      303. Жоспарда көрсетілген көлемдерді сатушылар күнтізбелік ай шеңберінде біркелкі бөлінген бес сауда сессиясы ішінде өткізуге қояды.</w:t>
+      1) сауда күндері мен сауда сессияларын өткізу кестесі мен кезеңділігін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тауарды жеткізу базисін (тауарлардың ерекшеліктерін) қоса алғанда, сауда құралдарын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) лоттардың мөлшерін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) қанттың биржалық сауда-саттығына қатысу үшін биржалық алымның мөлшері.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z712" w:id="465"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      305. Сауда-саттық сессиясының және клирингтің басталу және аяқталу уақытын тауар биржасы қант өндірушілер мен қантты көтерме сатушылардың әрбір сауда құралы бойынша сауда-саттық сессиясының ұзақтығын және Қазақстан Республикасының аумағына үшінші елдерден және Еуразиялық экономикалық одақ елдерінен әкелінген қанттың кейінгі саудасын ескере отырып белгілейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="465"/>
-    <w:bookmarkStart w:name="z711" w:id="466"/>
-[...15 lines deleted...]
-      304. Тауар биржасы – қант сауда-саттығын ұйымдастырушы тауар биржасының интернет-ресурсында бекітілген күнінен бастап бір жұмыс күнінен кешіктірілмей жарияланады:</w:t>
+    <w:bookmarkStart w:name="z713" w:id="466"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      306. Егер қант тиісті сауда сессиясында өткізуге қойылған, бірақ өткізілмеген жағдайда, мұндай көлем осы Қағидалардың 303-тармағында белгіленген кезең шеңберінде кейінгі сауда сессияларында қосымша қойылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="466"/>
-    <w:p>
-[...87 lines deleted...]
-      305. Сауда-саттық сессиясының және клирингтің басталу және аяқталу уақытын тауар биржасы қант өндірушілер мен қантты көтерме сатушылардың әрбір сауда құралы бойынша сауда-саттық сессиясының ұзақтығын және Қазақстан Республикасының аумағына үшінші елдерден және Еуразиялық экономикалық одақ елдерінен әкелінген қанттың кейінгі саудасын ескере отырып белгілейді.</w:t>
+    <w:bookmarkStart w:name="z714" w:id="467"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      307. Егер қант өткізуге қойылса, бірақ сатушы мен сатып алушылар арасында мәмілелер жасалмаса, сатушы өткізілмеген қант көлемін өз қалауы бойынша биржадан тыс мәміле арқылы өткізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="467"/>
-    <w:bookmarkStart w:name="z713" w:id="468"/>
-[...15 lines deleted...]
-      306. Егер қант тиісті сауда сессиясында өткізуге қойылған, бірақ өткізілмеген жағдайда, мұндай көлем осы Қағидалардың 303-тармағында белгіленген кезең шеңберінде кейінгі сауда сессияларында қосымша қойылады.</w:t>
+    <w:bookmarkStart w:name="z715" w:id="468"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      308. Қант тауар биржалары арқылы тиісті сауда құралдары арқылы өткізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="468"/>
-    <w:bookmarkStart w:name="z714" w:id="469"/>
-[...15 lines deleted...]
-      307. Егер қант өткізуге қойылса, бірақ сатушы мен сатып алушылар арасында мәмілелер жасалмаса, сатушы өткізілмеген қант көлемін өз қалауы бойынша биржадан тыс мәміле арқылы өткізеді.</w:t>
+    <w:bookmarkStart w:name="z716" w:id="469"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      309. Қанттың биржалық сауда-саттығын өткізу кестесін қант сауда-саттығын ұйымдастырушы сауда-саттықтар басталғанға дейін кемінде бес жұмыс күні бұрын тауар биржасының жеке интернет-ресурсында орналастырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="469"/>
-    <w:bookmarkStart w:name="z715" w:id="470"/>
-[...15 lines deleted...]
-      308. Қант тауар биржалары арқылы тиісті сауда құралдары арқылы өткізіледі.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сауда күндері мен сауда сессияларын өткізу кестесі мен кезеңділігінің өзгергені туралы қанттың биржалық сауда-саттығына қатысушылар сауда күні басталғанға дейін 48 сағаттан кешіктірілмей хабардар етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z717" w:id="470"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      310. Өткізуге өтінімдерді қант сатушылары лоттарда қояды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="470"/>
-    <w:bookmarkStart w:name="z716" w:id="471"/>
-[...15 lines deleted...]
-      309. Қанттың биржалық сауда-саттығын өткізу кестесін қант сауда-саттығын ұйымдастырушы сауда-саттықтар басталғанға дейін кемінде бес жұмыс күні бұрын тауар биржасының жеке интернет-ресурсында орналастырады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тауар биржасы арқылы сатып алуға болатын биржалық тауар партиясының ең аз мөлшері – бір лот.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лоттың ең аз мөлшері кемінде 60 тоннаны құрайды (бір вагон нормасы). Темір жол көлігімен қантты жеткізуді көздейтін сауда құралдары бойынша лоттың ең жоғарғы мөлшері 5 (бес) вагонды (вагон нормасына байланысты 300-350 тонна), автомобиль көлігімен 100 (жүз) тоннаны құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z718" w:id="471"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      311. Сатып алушылар өз қажеттіліктерін қанағаттандыру мақсатында биржалық сауда-саттық барысында бір лоттан артық сатып алуға жол береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="471"/>
-    <w:p>
-[...33 lines deleted...]
-      310. Өткізуге өтінімдерді қант сатушылары лоттарда қояды.</w:t>
+    <w:bookmarkStart w:name="z719" w:id="472"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      312. Биржалық қамтамасыз ету мөлшері болжамды мәміленің 5 проценттен аспайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="472"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...47 lines deleted...]
-      311. Сатып алушылар өз қажеттіліктерін қанағаттандыру мақсатында биржалық сауда-саттық барысында бір лоттан артық сатып алуға жол береді.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 312-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің м.а. 20.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">313. Алып тасталды - ҚР Сауда және интеграция министрінің м.а. 20.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z721" w:id="473"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      314. Сауда сессиясы барысында қалыптасатын қант бағасының ең жоғары деңгейі базалық бағаның жұз бір пайызынан аспайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="473"/>
-    <w:bookmarkStart w:name="z719" w:id="474"/>
-[...15 lines deleted...]
-      312. Биржалық қамтамасыз ету мөлшері болжамды мәміленің 5 проценттен аспайды.</w:t>
+    <w:bookmarkStart w:name="z722" w:id="474"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      315. Сауда саттық сессияларында қанттың базалық бағасы ретінде келесі бағалар танылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="474"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...127 lines deleted...]
-      314. Сауда сессиясы барысында қалыптасатын қант бағасының ең жоғары деңгейі базалық бағаның жұз бір пайызынан аспайды.</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жаңадан бекітілген сауда құралы бойынша алғашқы биржалық сауда-саттықта қанттың базалық бағасы Қазақстан Республикасының ішкі нарығындағы бағалар деректері бойынша өткен айдың қорытындысы бойынша қалыптасқан тиісті өндірушінің жеткізу базисінде қанттың көтерме бағасының баға белгілеулерінің орташа арифметикалық мәні деңгейінде белгіленеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) кейінгі негізгі сауда сессияларында базалық баға тиісті сауда құралдары бойынша алдыңғы сауда сессиясында қалыптасқан орташа өлшенген баға деңгейінде белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қант сауда-саттығын ұйымдастырушы осы тармақтың бірінші бөлігінің 1) және 2) тармақшаларында көзделген жағдайларда базалық бағаны уәкілетті органмен алдын ала келіседі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z723" w:id="475"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      316. Егер бекітілген сауда құралы немесе сауда құралдарының тобы бойынша биржалық сауда-саттық қандай да бір себептермен 5 (бес) жұмыс күнінен артық тоқтатылған жағдайда, оларды қайта бастау тиісті жеткізу базисі бойынша соңғы сауда айында қалыптасқан қанттың орташа өлшенген бағасы деңгейінде айқындалатын базалық бағадан басталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="475"/>
-    <w:bookmarkStart w:name="z722" w:id="476"/>
-[...15 lines deleted...]
-      315. Сауда саттық сессияларында қанттың базалық бағасы ретінде келесі бағалар танылады:</w:t>
+    <w:bookmarkStart w:name="z724" w:id="476"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      317. Биржалық тауарды сатып алушы мен сатушы арасындағы есеп айырысу сатып алушы тарапынан сатып алынған биржалық тауар көлемінен жүз пайыз алдын ала төлем шарттарында жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="476"/>
-    <w:p>
-[...69 lines deleted...]
-      316. Егер бекітілген сауда құралы немесе сауда құралдарының тобы бойынша биржалық сауда-саттық қандай да бір себептермен 5 (бес) жұмыс күнінен артық тоқтатылған жағдайда, оларды қайта бастау тиісті жеткізу базисі бойынша соңғы сауда айында қалыптасқан қанттың орташа өлшенген бағасы деңгейінде айқындалатын базалық бағадан басталады.</w:t>
+    <w:bookmarkStart w:name="z725" w:id="477"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      318. Өтінімдердің бағасы Инкотермс 2020 (EXW, FCA) шарттарында көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="477"/>
-    <w:bookmarkStart w:name="z724" w:id="478"/>
-[...15 lines deleted...]
-      317. Биржалық тауарды сатып алушы мен сатушы арасындағы есеп айырысу сатып алушы тарапынан сатып алынған биржалық тауар көлемінен жүз пайыз алдын ала төлем шарттарында жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z726" w:id="478"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      319. Сатушы қантты келісімшартталған айналым қаражаты не қарыздар арқылы өткізген жағдайда және (немесе) шарттар бойынша әлеуметтік маңызы бар азық-түлік тауарларына бағаны тұрақтандыру тетіктері шеңберінде өткізген жағдайларда тауар биржасында тыс мәмілені тіркеуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="478"/>
-    <w:bookmarkStart w:name="z725" w:id="479"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Тауар биржасы сатушы осы тармақтың 1-бөлігінде және осы Қағидалардың 14-тарауының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-параграфында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген міндеттемелерді орындамаған жағдайда сатушының биржалық тауарды өткізуге өтінімін қабылдаудан бас тартады, бұл туралы уәкілетті орган ресми түрде хабардар етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z727" w:id="481"/>
+    <w:bookmarkStart w:name="z727" w:id="479"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       320. Сауда-саттық нәтижелері қант сауда-саттығын ұйымдастырушының ресми интернет-ресурсында биржалық мәмілелер тараптарының анонимділігі туралы шартты сақтай отырып, сауда-саттық күнінен кейінгі бір жұмыс күнінен кешіктірілмей жарияланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkEnd w:id="479"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өткен айдағы сауда-саттықтың жиынтық нәтижелері қант сауда-саттығын ұйымдастырушының сайтында есепті айдан кейінгі айдың бірінші күнінен кешіктірілмей жарияланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z728" w:id="482"/>
+    <w:bookmarkStart w:name="z728" w:id="480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       321. Тауар биржасы жасалған мәмілелер негізінде биржалық және биржадан тыс индекстерді есептейді және алынған деректерді ескере отырып, тауар биржасының интернет-ресурсында жариялай отырып, қант бағасының биржалық дәлізін шығарады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="482"/>
-    <w:bookmarkStart w:name="z729" w:id="483"/>
+    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkStart w:name="z729" w:id="481"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       322. Қазақстан Республикасының ішкі нарығында үшінші елдер мен Еуразиялық экономикалық одақ елдерінің үшінші елдер үшін қант өндіру үшін шикізат жеткізуге қабылдаған шектеу шараларына, Қазақстан Республикасына импортталатын шикізат бағасының күрт өсуіне және (немесе) қант өндіру көлемінің төмендеуіне байланысты форс-мажорлық мән-жайлар болған жағдайда (жоспарлы және жоспардан тыс жөндеу, авариялық жағдайлар) уәкілетті орган агроөнеркәсіптік кешен саласындағы уәкілетті органмен келісім бойынша нарықтағы ахуал тұрақталғанға дейінгі кезеңге негізгі сауда-саттық сессиялары үшін осы Қағидаларға сәйкес келмейтін базалық бағаларды белгілейді және (немесе) қант сауда-саттық режимін өзгертеді және (немесе) қант биржалық сауда-саттығын тоқтатады</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkEnd w:id="481"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>