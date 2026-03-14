--- v0 (2025-10-12)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a4434df" w14:textId="a4434df">
+    <w:p w14:paraId="f834e8b" w14:textId="f834e8b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -891,158 +891,50 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...106 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
@@ -1181,71 +1073,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ветеринариялық мақсаттағы препараттарды өндіру бойынша ветеринария саласындағы қызметті жүзеге асыру үшін қойылатын біліктілік талаптары мен оларға сәйкестікті растайтын құжаттар тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Тізбе жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 26.04.2023 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 18.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 158</w:t>
+        <w:t>№ 306</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғаш рет ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -1943,51 +1835,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Меншік құқығында немесе өзге де заңды негізде (бір жылдан астам мерзімге жалға алу/өтеусіз пайдалану/сенімгерлік басқару) өндірістік үй-жайлар бар болған жағдайда, ақпарат "Жылжымайтын мүлік тіркелімі" мемлекеттік дерекқоры" ақпараттық жүйесінен алынады.</w:t>
+Меншік құқығында немесе өзге де заңды негізде (бір жылдан астам мерзімге жалға алу/өтеусіз пайдалану/сенімгерлік басқару) өндірістік үй-жайлар бар болған жағдайда, ақпарат жылжымайтын мүліктің бірыңғай мемлекеттік кадастры ақпараттық жүйесінен алынады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ветеринариялық-санитариялық қорытынды туралы мәліметтерді көрсетілетін қызметті беруші "Е-лицензиялау" ақпараттық жүйесінен алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -2217,88 +2109,108 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Өндірістік үй-жайларға құқық белгілейтін құжаттар немесе осы шарттар бір жылдан кем мерзімге жасалған жағдайда жалға алу немесе өтеусіз пайдалану немесе сенімгерлік басқару шартының көшірмелері; Бұйрыққа сәйкес берілетін ветеринариялық-санитариялық қорытынды.</w:t>
+              <w:t xml:space="preserve">
+Өндірістік үй-жайларға құқық белгілейтін құжаттар немесе осы шарттар бір жылдан кем мерзімге жасалған жағдайда жалға алу немесе өтеусіз пайдалану немесе сенімгерлік басқару шартының көшірмелері; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бұйрыққа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес берілетін ветеринариялық-санитариялық қорытынды.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Меншік құқығында немесе өзге де заңды негізде (бір жылдан астам мерзімге жалға алу/өтеусіз пайдалану/сенімгерлік басқару) өндірістік үй-жайлар бар болған жағдайда, ақпарат "Жылжымайтын мүлік тіркелімі" мемлекеттік дерекқоры" ақпараттық жүйесінен алынады.</w:t>
+Меншік құқығында немесе өзге де заңды негізде (бір жылдан астам мерзімге жалға алу/өтеусіз пайдалану/сенімгерлік басқару) өндірістік үй-жайлар бар болған жағдайда, ақпарат  жылжымайтын мүліктің бірыңғай мемлекеттік кадастры ақпараттық жүйесінен алынады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ветеринариялық-санитариялық қорытынды туралы мәліметтерді көрсетілетін қызметті беруші "Е-лицензиялау" ақпараттық жүйесінен алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -2510,88 +2422,108 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Өндірістік үй-жайларға құқық белгілейтін құжаттар немесе осы шарттар бір жылдан кем мерзімге жасалған жағдайда жалға алу немесе өтеусіз пайдалану немесе сенімгерлік басқару шартының көшірмелері; Бұйрыққа сәйкес берілетін ветеринариялық-санитариялық қорытынды.</w:t>
+              <w:t xml:space="preserve">
+Өндірістік үй-жайларға құқық белгілейтін құжаттар немесе осы шарттар бір жылдан кем мерзімге жасалған жағдайда жалға алу немесе өтеусіз пайдалану немесе сенімгерлік басқару шартының көшірмелері; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бұйрыққа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес берілетін ветеринариялық-санитариялық қорытынды.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Меншік құқығында немесе өзге де заңды негізде (бір жылдан астам мерзімге жалға алу/өтеусіз пайдалану/сенімгерлік басқару) өндірістік үй-жайлар бар болған жағдайда, ақпарат "Жылжымайтын мүлік тіркелімі" мемлекеттік дерекқоры" ақпараттық жүйесінен алынады.</w:t>
+Меншік құқығында немесе өзге де заңды негізде (бір жылдан астам мерзімге жалға алу/өтеусіз пайдалану/сенімгерлік басқару) өндірістік үй-жайлар бар болған жағдайда, ақпарат  жылжымайтын мүліктің бірыңғай мемлекеттік кадастры ақпараттық жүйесінен алынады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ветеринариялық-санитариялық қорытынды туралы мәліметтерді көрсетілетін қызметті беруші "Е-лицензиялау" ақпараттық жүйесінен алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -2803,88 +2735,108 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Өндірістік үй-жайларға құқық белгілейтін құжаттар немесе осы шарттар бір жылдан кем мерзімге жасалған жағдайда жалға алу немесе өтеусіз пайдалану немесе сенімгерлік басқару шартының көшірмелері; Бұйрыққа сәйкес берілетін ветеринариялық-санитариялық қорытынды.</w:t>
+              <w:t xml:space="preserve">
+Өндірістік үй-жайларға құқық белгілейтін құжаттар немесе осы шарттар бір жылдан кем мерзімге жасалған жағдайда жалға алу немесе өтеусіз пайдалану немесе сенімгерлік басқару шартының көшірмелері; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бұйрыққа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес берілетін ветеринариялық-санитариялық қорытынды.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Меншік құқығында немесе өзге де заңды негізде (бір жылдан астам мерзімге жалға алу/өтеусіз пайдалану/сенімгерлік басқару) өндірістік үй-жайлар бар болған жағдайда, ақпарат "Жылжымайтын мүлік тіркелімі" мемлекеттік дерекқоры" ақпараттық жүйесінен алынады.</w:t>
+Меншік құқығында немесе өзге де заңды негізде (бір жылдан астам мерзімге жалға алу/өтеусіз пайдалану/сенімгерлік басқару) өндірістік үй-жайлар бар болған жағдайда, ақпарат  жылжымайтын мүліктің бірыңғай мемлекеттік кадастры ақпараттық жүйесінен алынады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ветеринариялық-санитариялық қорытынды туралы мәліметтерді көрсетілетін қызметті беруші "Е-лицензиялау" ақпараттық жүйесінен алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -3096,88 +3048,108 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Өндірістік үй-жайларға құқық белгілейтін құжаттар немесе осы шарттар бір жылдан кем мерзімге жасалған жағдайда жалға алу немесе өтеусіз пайдалану немесе сенімгерлік басқару шартының көшірмелері; Бұйрыққа сәйкес берілетін ветеринариялық-санитариялық қорытынды.</w:t>
+              <w:t xml:space="preserve">
+Өндірістік үй-жайларға құқық белгілейтін құжаттар немесе осы шарттар бір жылдан кем мерзімге жасалған жағдайда жалға алу немесе өтеусіз пайдалану немесе сенімгерлік басқару шартының көшірмелері; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бұйрыққа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес берілетін ветеринариялық-санитариялық қорытынды.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Меншік құқығында немесе өзге де заңды негізде (бір жылдан астам мерзімге жалға алу/өтеусіз пайдалану/сенімгерлік басқару) өндірістік үй-жайлар бар болған жағдайда, ақпарат "Жылжымайтын мүлік тіркелімі" мемлекеттік дерекқоры" ақпараттық жүйесінен алынады.</w:t>
+Меншік құқығында немесе өзге де заңды негізде (бір жылдан астам мерзімге жалға алу/өтеусіз пайдалану/сенімгерлік басқару) өндірістік үй-жайлар бар болған жағдайда, ақпарат  жылжымайтын мүліктің бірыңғай мемлекеттік кадастры ақпараттық жүйесінен алынады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ветеринариялық-санитариялық қорытынды туралы мәліметтерді көрсетілетін қызметті беруші "Е-лицензиялау" ақпараттық жүйесінен алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -3248,51 +3220,51 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Өндірілетін ветеринариялық препараттың техникалық шарттарына сәйкес ветеринариялық мақсаттағы препараттарды өндіруге арналған технологиялық, өлшеу және сынау жабдықтарының болуы, өндiрiлетiн ветеринариялық препараттардың сапасын бақылауды жүзеге асыру үшiн аспаптармен және жабдықтармен (өлшеу құралдарының типін бекіту немесе метрологиялық аттестаттау мақсатында сынақтардың нәтижелері бойынша Қазақстан Республикасының өлшем бірлігін қамтамасыз етудің мемлекеттік жүйесінің тізіліміне енгізілген өлшеу құралдары, көрсетілетін қызметті алушының қолымен расталған бақылау аспаптары, қосалқы материалдар мен жабдық, "Өлшем бірлігін қамтамасыз ету туралы" Қазақстан Республикасының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Заңына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (бұдан әрі – Заң) сәйкес өлшеу құралдарындағы салыстырып тексеру туралы сертификаттар және (немесе) салыстырып тексеру таңбасының бедерлері* және/немесе өлшем құралдарын калибрлеу** туралы сертификаттар, сондай-ақ сынақ зертханасын аккредиттеу аттестаты не аккредиттелген сынақ зертханамен жасалған шарт) жабдықталған аккредиттелген сынақ зертханасының не көрсетілген зертханалары бар ұйымдармен сынақ жұмыстарын (көрсетілетін қызметтерді) орындау туралы шарттың болуы</w:t>
+              <w:t xml:space="preserve"> сәйкес өлшеу құралдарындағы салыстырып тексеру туралы сертификаттар және (немесе) салыстырып тексеру таңбасының бедерлері және/немесе өлшем құралдарын калибрлеу туралы сертификаттар, сондай-ақ сынақ зертханасын аккредиттеу аттестаты не аккредиттелген сынақ зертханамен жасалған шарт) жабдықталған аккредиттелген сынақ зертханасының не көрсетілген зертханалары бар ұйымдармен сынақ жұмыстарын (көрсетілетін қызметтерді) орындау туралы шарттың болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3446,163 +3418,109 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Осы біліктілік талаптарына қосымшаға сәйкес ветеринариялық мақсаттағы препараттарды өндіру бойынша ветеринария саласындағы қызметті жүзеге асыруға арналған ақпаратты қамтитын мәліметтер нысаны.</w:t>
+              <w:t xml:space="preserve">
+Осы біліктілік талаптарына </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес ветеринариялық мақсаттағы препараттарды өндіру бойынша ветеринария саласындағы қызметті жүзеге асыруға арналған ақпаратты қамтитын мәліметтер нысаны.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...72 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3662,1329 +3580,1129 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>препараттарды өндіру бойынша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ветеринария саласындағы</w:t>
+              <w:t>ветеринария саласындағы қызметті</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қызметті жүзеге асыру үшін</w:t>
+              <w:t>жүзеге асыру үшін қойылатын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қойылатын біліктілік талаптары</w:t>
+              <w:t>біліктілік талаптары мен оларға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мен оларға сәйкестікті</w:t>
+              <w:t>сәйкестікті растайтын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>растайтын құжаттар тізбесіне</w:t>
+              <w:t>құжаттар тізбесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z31" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ветеринариялық мақсаттағы препараттарды өндіру бойынша ветеринария саласындағы қызметті жүзеге асыруға арналған ақпаратты қамтитын мәліметтер нысаны</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:p>
-[...70 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Тиісті әкімшілік-аумақтық бірліктің мемлекеттік ветеринариялық-санитариялық инспекторы берген ветеринариялық-санитариялық қорытынды туралы мәліметтер:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ветеринариялық-санитариялық қорытындының нөмірі және берілген күні ___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сәйкестендіру нөмірі ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Өндірілетін ветеринариялық препараттың техникалық шарттарына сәйкес ветеринариялық мақсаттағы препараттарды өндіруге арналған технологиялық, өлшеу және сынау жабдықтарының болуы, өндiрiлетiн ветеринариялық препараттардың сапасын бақылауды жүзеге асыру үшiн аспаптармен және жабдықтармен (өлшеу құралдарының типін бекіту немесе метрологиялық аттестаттау мақсатында сынақтардың нәтижелері бойынша Қазақстан Республикасының өлшем бірлігін қамтамасыз етудің мемлекеттік жүйесінің тізіліміне енгізілген өлшеу құралдары, көрсетілетін қызметті алушының қолымен расталған бақылау аспаптары, қосалқы материалдар мен жабдық, "Өлшем бірлігін қамтамасыз ету туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (бұдан әрі – Заң) сәйкес өлшеу құралдарындағы салыстырып тексеру туралы сертификаттар және (немесе) салыстырып тексеру таңбасының бедерлері* және/немесе өлшем құралдарын калибрлеу** туралы сертификаттар, сондай-ақ сынақ зертханасын аккредиттеу аттестаты не аккредиттелген сынақ зертханамен жасалған шарт) жабдықталған аккредиттелген сынақ зертханасының не көрсетілген зертханалары бар ұйымдармен сынақ жұмыстарын (көрсетілетін қызметтерді) орындау туралы шарттың болуы:</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> сәйкес өлшеу құралдарындағы салыстырып тексеру туралы сертификаттар және (немесе) салыстырып тексеру таңбасының бедерлері және/немесе өлшем құралдарын калибрлеу туралы сертификаттар, сондай-ақ сынақ зертханасын аккредиттеу аттестаты не аккредиттелген сынақ зертханамен жасалған шарт) жабдықталған аккредиттелген сынақ зертханасының не көрсетілген зертханалары бар ұйымдармен сынақ жұмыстарын (көрсетілетін қызметтерді) орындау туралы шарттың болуы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z41" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Өлшеу құралдарының типін бекіту немесе метрологиялық аттестаттау мақсатында сынақтардың нәтижелері бойынша Қазақстан Республикасының өлшем бірлігін қамтамасыз етудің мемлекеттік жүйесінің тізіліміне енгізілген өлшеу құралдары:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...214 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      меншік құқығын растайтын құжат немесе заңды құқықтарды растайтын құжат __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өлшеу құралдарының атауы және қысқаша сипаттамасы________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өлшеу құралдарының мақсаты_____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шығарылған жылы және өндіруші ел _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      зауыттық нөмірі және түгендеу күні ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      техникалық паспорт нөмірі ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) көрсетілетін қызметті алушының қолымен расталған бақылау аспаптарына, қосалқы материалдарға, жабдыққа дайындаушы зауыттардың пайдалану паспорттарынан алынған мәліметтер:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...270 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бақылау аспаптарының, қосалқы материалдар мен жабдықтың атауы және қысқаша сипаттамасы _________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      паспорттың нөмірі ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      паспорттың берілген күні_________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      паспортты берген орган _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жабдықтың мақсаты_________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өлшеу құралдарындағы салыстырып тексеру туралы сертификаттар және (немесе) салыстырып тексеру таңбасының бедерлері және/немесе өлшем құралдарын калибрлеу туралы сертификаттар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сертификаттар нөмірлері_________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      берілген күні __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сертификаттарды берген орган ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сертификаттардың қолданылу мерзімі ___________бастап _______дейін</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сынақ зертханасын аккредиттеу аттестаты не аккредиттелген сынақ зертханамен жасалған шарттар туралы мәліметтер:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...160 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сынақ зертханасын аккредиттеу аттестатының нөмірі _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      берілген күні___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аккредиттеу аттестатын берген орган _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құжаттың қолданылу мерзімі ____________ бастап ______________дейін</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аккредиттелген сынақ зертханамен жасалған шарттың нөмірі __________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шарттың жасалған күні______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шарттың қолданылу мерзімі _________ бастап _________ дейін</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Заңды тұлғалар үшін: басшылар мен мамандардың білікті құрамының: ветеринариялық препараттар өндірумен және өндірістік бақылаумен тікелей айналысатын бөлімшелерде "ветеринариялық медицина", "ветеринариялық санитария" мамандықтары бойынша жоғары және (немесе) жоғары оқу орнынан кейiнгi білімі және (немесе) "ветеринария" мамандығы бойынша техникалық және кәсiптік (колледж) білімі бар мамандардың (кемінде бір ветеринариялық дәрігер немесе фельдшер); ветеринариялық препараттар өндірумен және өндірістік бақылаумен тікелей айналысатын бөлімшелерде биотехнологиялық, химиялық немесе биологиялық жоғары немесе орташа білімі бар мамандардың; ветеринариялық препараттар өндірумен тікелей айналысатын бөлімшелер басшыларының және/немесе өндірістік бақылау бөлімшесі жұмыскерінің мамандық бойынша кемінде екі жыл жұмыс өтілінің, соңғы 5 жылда мамандануы немесе біліктілігін жетілдіру және біліктілігін арттырудың басқа да түрлерінің болуы.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеке тұлғалар үшін: "ветеринариялық медицина", "ветеринариялық санитария" мамандықтары бойынша жоғары және (немесе) жоғары оқу орнынан кейiнгi білімнің және (немесе) "ветеринария" мамандығы бойынша техникалық және кәсiптік (колледж) білімнің, мамандығы бойынша кемінде екі жыл жұмыс өтілінің, соңғы 5 жылда мамандануы немесе жетілдіруі және біліктілігін арттырудың басқа да түрлерінің болуы.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z46" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) техникалық басшылар мен мамандардың білікті құрамы туралы мәліметтер:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...88 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жоғарғы оқу орнының атауы______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мамандық және біліктілік ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицензияланатын қызмет түрінің бейіні бойынша жоғары/орта білімі туралы дипломның нөмірі __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дипломның берілген күні _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) маманданудан/біліктілікті арттырудан өткені туралы мәліметтер:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...212 lines deleted...]
-</w:t>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      маманданудан/біліктілікті арттырудан өткен мекеменің атауы __________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пән____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сертификаттың нөмірі ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сертификаттың берілген күні_____________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5020,175 +4738,162 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ауыл шаруашылығы </w:t>
+              <w:t>Ауыл шаруашылығы министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>министрінің</w:t>
+              <w:t>2015 жылғы 30 қаңтардағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2015 жылғы 30 қаңтардағы </w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">№ 7-1/69 бұйрығына </w:t>
+              <w:t>№ 7-1/69 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z28" w:id="10"/>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жануарлардан алынатын өнімдер мен шикізатқа ветеринариялық-санитариялық сараптама жүргізу бойынша ветеринария саласындағы қызметті жүзеге асыру үшін қойылатын біліктілік талаптары мен оларға сәйкестікті растайтын құжаттар тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Тізбе жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 19.04.2021 </w:t>
+      Ескерту. Тізбе жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 18.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 131</w:t>
+        <w:t>№ 306</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғаш рет ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -5204,159 +4909,199 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Р/с №</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Біліктілік талаптары</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Біліктілік талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құжаттар</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Құжаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ескертпе</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5630,51 +5375,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Меншік құқығында немесе өзге де заңды негізде (бір жылдан астам мерзімге жалға алу/өтеусіз пайдалану/сенімгерлік басқару) өндірістік-техникалық база болған жағдайда, ақпарат "Жылжымайтын мүлік тіркелімі" мемлекеттік дерекқор" ақпараттық жүйеден алынады.</w:t>
+Меншік құқығында немесе өзге де заңды негізде (бір жылдан астам мерзімге жалға алу/өтеусіз пайдалану/сенімгерлік басқару) өндірістік-техникалық база болған жағдайда, ақпарат  жылжымайтын мүліктің бірыңғай мемлекеттік кадастры ақпараттық жүйесінен алынады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ветеринариялық-санитариялық қорытынды туралы мәліметтерді көрсетілетін қызметті беруші "Е-лицензиялау" ақпараттық жүйесінен алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5725,107 +5470,127 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Стандарттау жөніндегі құжаттардың (ұлттық және өңірлік стандарттар, жануарлардан алынатын өнімдер мен шикізатқа ветеринариялық-санитариялық сараптама жүргізу үшін өлшемдерді орындау әдістемелері) бар болуы. Өлшеу құралдарының типін бекіту немесе метрологиялық аттестаттау мақсатында сынақтардың нәтижелері бойынша Қазақстан Республикасының өлшем бірлігін қамтамасыз етудің мемлекеттік жүйесінің тізіліміне енгізілген өлшеу құралдарының бар болуы, "Өлшем бірлігін қамтамасыз ету туралы" 2000 жылғы 7 шілдедегі Қазақстан Республикасының </w:t>
+Стандарттау жөніндегі құжаттардың (ұлттық және өңірлік стандарттар, жануарлардан алынатын өнімдер мен шикізатқа ветеринариялық-санитариялық сараптама жүргізу үшін өлшемдерді орындау әдістемелері) бар болуы. Өлшеу құралдарының типін бекіту немесе метрологиялық аттестаттау мақсатында сынақтардың нәтижелері бойынша Қазақстан Республикасының өлшем бірлігін қамтамасыз етудің мемлекеттік жүйесінің тізіліміне енгізілген өлшеу құралдарының бар болуы, "Өлшем бірлігін қамтамасыз ету туралы" Қазақстан Республикасының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Заңына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (бұдан әрі – Заң) сәйкес өлшеу құралдарындағы салыстырып тексеру туралы сертификаттардың және (немесе) салыстырып тексеру таңбасының бедерлерінің* және/немесе өлшем құралдарын калибрлеу** туралы сертификаттардың бар болуы, ветеринариялық-санитариялық сараптама жүргізу үшін стандартты тестілердің бар болуы.</w:t>
+              <w:t xml:space="preserve"> сәйкес өлшеу құралдарындағы салыстырып тексеру туралы сертификаттардың және (немесе) салыстырып тексеру таңбасының бедерлерінің және/немесе өлшем құралдарын калибрлеу туралы сертификаттардың бар болуы, ветеринариялық-санитариялық сараптама жүргізу үшін стандартты тестілердің бар болуы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Осы біліктілік талаптарына қосымшаға сәйкес жануарлардан алынатын өнімдер мен шикізатқа ветеринариялық-санитариялық сараптама жүргізу бойынша ветеринария саласындағы қызметті жүзеге асыруға арналған ақпаратты қамтитын мәліметтер нысаны.</w:t>
+              <w:t xml:space="preserve">
+Осы біліктілік талаптарына </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес жануарлардан алынатын өнімдер мен шикізатқа ветеринариялық-санитариялық сараптама жүргізу бойынша ветеринария саласындағы қызметті жүзеге асыруға арналған ақпаратты қамтитын мәліметтер нысаны.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5908,87 +5673,272 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заңды тұлға басшысының "ветеринариялық медицина", "ветеринариялық санитария" мамандықтары бойынша жоғары және (немесе) жоғары оқу орнынан кейiнгi білімінің, мамандығы бойынша кемінде үш жыл жұмыс өтілінің болуы.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Заңды тұлғаның немесе заңды тұлғаның мамандандырылған бөлімшесінің штатында: ветеринариялық-санитариялық сараптама зертханасында "ветеринариялық медицина", "ветеринариялық санитария" мамандықтары бойынша жоғары және (немесе) жоғары оқу орнынан кейiнгi білімі және (немесе) "ветеринария" мамандығы бойынша техникалық және кәсiптік (колледж) білімі, соңғы 5 жылда мамандануы немесе біліктілігін жетілдіру және біліктілікті арттырудың басқа да түрлері бар мамандардың (кемінде бір ветеринариялық дәрігер немесе фельдшер) болуы.</w:t>
+Заңды тұлғаның немесе заңды тұлғаның мамандандырылған бөлімшесінің штатында: ветеринариялық-санитариялық сараптама зертханасында "ветеринариялық медицина", "ветеринариялық санитария" мамандықтары бойынша жоғары және (немесе) жоғары оқу орнынан кейiнгi білімі және (немесе) "ветеринария" мамандығы бойынша техникалық және кәсiптік (колледж) білімі, соңғы 5 жылда мамандануы немесе біліктілігін жетілдіру және біліктілікті арттырудың басқа да түрлері бар мамандардың (кемінде бір ветеринариялық дәрігер немесе фельдшер) болуы*.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Осы біліктілік талаптарына қосымшаға сәйкес жануарлардан алынатын өнімдер мен шикізатқа ветеринариялық-санитариялық сараптама жүргізу бойынша ветеринария саласындағы қызметті жүзеге асыруға арналған ақпаратты қамтитын мәліметтер нысаны.</w:t>
+              <w:t xml:space="preserve">
+Осы біліктілік талаптарына </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес жануарлардан алынатын өнімдер мен шикізатқа ветеринариялық-санитариялық сараптама жүргізу бойынша ветеринария саласындағы қызметті жүзеге асыруға арналған ақпаратты қамтитын мәліметтер нысаны.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жануарлардан алынатын өнімдер мен шикізатқа ветеринариялық-санитариялық сараптама жүргізу бойынша ветеринария саласындағы қызметті жүзеге асыруға арналған қажетті жабдықтардың ең аз жиынтығының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Осы біліктілік талаптарына </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес жануарлардан алынатын өнімдер мен шикізатқа ветеринариялық-санитариялық сараптама жүргізу бойынша ветеринария саласындағы қызметті жүзеге асыруға арналған ақпаратты қамтитын мәліметтер нысаны.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6014,110 +5964,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Еспертпе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...58 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес аккредиттелген зертханаларда калибрлеуден өтеді.</w:t>
+        <w:t>
+      *заңды тұлғаның басшысы бір мезгілде ветеринариялық-санитариялық сараптама зертханасында маман (ветеринариялық дәрігер немесе фельдшер) функцияларын орындаған жағдайда, талап осы тұлға біліктілік талаптарына сәйкес келген жағдайда қолданылмайды.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6153,211 +6045,146 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жануарлардан алынатын </w:t>
+              <w:t>Жануарлардан алынатын өнімдер мен шикізатқа ветеринариялық-санитариялық сараптама жүргізу бойынша ветеринария саласындағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">өнімдер мен шикізатқа </w:t>
+              <w:t>қызметті жүзеге асыру үшін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ветеринариялық-санитариялық </w:t>
+              <w:t>қойылатын біліктілік талаптары</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">сараптама жүргізу бойынша </w:t>
-[...64 lines deleted...]
-              <w:t xml:space="preserve">растайтын құжаттар тізбесіне </w:t>
+              <w:t>мен оларға сәйкестікті растайтын құжаттар тізбесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z30" w:id="11"/>
+    <w:bookmarkStart w:name="z30" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жануарлардан алынатын өнімдер мен шикізатқа ветеринариялық-санитариялық сараптама жүргізу бойынша ветеринария саласындағы қызметті жүзеге асыруға арналған ақпаратты қамтитын мәліметтер нысаны</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z48" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Тиісті әкімшілік-аумақтық бірліктің мемлекеттік ветеринариялық-санитариялық инспекторы берген ветеринариялық-санитариялық қорытынды туралы мәліметтер:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ветеринариялық-санитариялық қорытындының нөмірі және берілген күні</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6368,501 +6195,453 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сәйкестендіру нөмірі ____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="13"/>
+    <w:bookmarkStart w:name="z49" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Стандарттау жөніндегі құжаттардың (ұлттық және өңірлік стандарттар, жануарлардан алынатын өнімдер мен шикізатқа ветеринариялық-санитариялық сараптама жүргізу үшін өлшемдерді орындау әдістемелері) бар болуы. Өлшеу құралдарының типін бекіту немесе метрологиялық аттестаттау мақсатында сынақтардың нәтижелері бойынша Қазақстан Республикасының өлшем бірлігін қамтамасыз етудің мемлекеттік жүйесінің тізіліміне енгізілген өлшеу құралдарының бар болуы, "Өлшем бірлігін қамтамасыз ету туралы" 2000 жылғы 7 шілдедегі Қазақстан Республикасының </w:t>
+      2. Стандарттау жөніндегі құжаттардың (ұлттық және өңірлік стандарттар, жануарлардан алынатын өнімдер мен шикізатқа ветеринариялық-санитариялық сараптама жүргізу үшін өлшемдерді орындау әдістемелері) бар болуы. Өлшеу құралдарының типін бекіту немесе метрологиялық аттестаттау мақсатында сынақтардың нәтижелері бойынша Қазақстан Республикасының өлшем бірлігін қамтамасыз етудің мемлекеттік жүйесінің тізіліміне енгізілген өлшеу құралдарының бар болуы, "Өлшем бірлігін қамтамасыз ету туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (бұдан әрі – Заң) сәйкес өлшеу құралдарындағы салыстырып тексеру туралы сертификаттардың және (немесе) салыстырып тексеру таңбасының бедерлерінің* және/немесе өлшем құралдарын калибрлеу** туралы сертификаттардың бар болуы, ветеринариялық-санитариялық сараптама жүргізу үшін стандартты тестілердің бар болуы:</w:t>
-[...56 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> сәйкес өлшеу құралдарындағы салыстырып тексеру туралы сертификаттардың және (немесе) салыстырып тексеру таңбасының бедерлерінің және/немесе өлшем құралдарын калибрлеу туралы сертификаттардың бар болуы, ветеринариялық-санитариялық сараптама жүргізу үшін стандартты тестілердің бар болуы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z50" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) стандарттау жөніндегі құжаттар (ұлттық және өңірлік стандарттар, жануарлардан алынатын өнім мен шикізатқа ветеринариялық-санитариялық сараптама жүргізу үшін өлшемдерді орындау әдістемелері) иә/жоқ (құжаттың атауын көрсету керек) _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) өлшеу құралдарының типін бекіту немесе метрологиялық аттестаттау мақсатында сынақтардың нәтижелері бойынша Қазақстан Республикасының өлшем бірлігін қамтамасыз етудің мемлекеттік жүйесінің тізіліміне енгізілген өлшеу құралдары:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...32 lines deleted...]
-      _____________________________________________________</w:t>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      меншік құқығын растайтын құжат немесе заңды құқықтарды растайтын құжат____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өлшеу құралдарының атауы және қысқаша сипаттамасы ______________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      өлшеу құралдарының атауы және қысқаша сипаттамасы ______________</w:t>
-[...16 lines deleted...]
-        <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      өлшеу құралдарының мақсаты___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шығарылған жылы және өндіруші-ел _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      зауыттық нөмірі және түгендеу күні ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      техникалық паспорт нөмірі ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) көрсетілетін қызметті алушының қолымен расталған бақылау аспаптарына, қосалқы материалдарға, жабдыққа дайындаушы зауыттардың пайдалану паспорттарынан алынған мәліметтер:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бақылау аспаптарының, қосалқы материалдар мен жабдықтың атауы және қысқаша сипаттамасы ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      өлшеу құралдарының мақсаты___________________________________</w:t>
-[...214 lines deleted...]
-        <w:t>
       паспорт нөмірі________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       паспорттың берілген күні________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -6873,71 +6652,73 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       паспортты берген орган _____________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      жабдықтың мақсаты_________________________________</w:t>
-[...19 lines deleted...]
-    </w:p>
+      жабдықтың мақсаты_________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өлшеу құралдарындағы салыстырып тексеру туралы сертификаттар және (немесе) салыстырып тексеру таңбасының бедерлері және/немесе өлшем құралдарын калибрлеу туралы сертификаттар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сертификаттар нөмірлері__________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6963,453 +6744,3460 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сертификаттарды берген орган __________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      сертификаттардың қолданылу мерзімі ________бастап _______дейін</w:t>
-[...114 lines deleted...]
-    <w:bookmarkStart w:name="z38" w:id="14"/>
+      сертификаттардың қолданылу мерзімі ________бастап _______дейін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) базарларда ветеринариялық-санитариялық сараптама жүргізуге арналған стандарттық тесттердің бар-жоғы туралы мәліметтер______________.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z55" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Заңды тұлға басшысының "ветеринариялық медицина", "ветеринариялық санитария" мамандықтары бойынша жоғары және (немесе) жоғары оқу орнынан кейiнгi білімінің, мамандығы бойынша кемінде үш жыл жұмыс өтілінің болуы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заңды тұлғаның немесе заңды тұлғаның мамандандырылған бөлімшесінің штатында: ветеринариялық-санитариялық сараптама зертханасында "ветеринариялық медицина", "ветеринариялық санитария" мамандықтары бойынша жоғары және (немесе) жоғары оқу орнынан кейiнгi білімі және (немесе) "ветеринария" мамандығы бойынша техникалық және кәсiптік (колледж) білімі, соңғы 5 жылда мамандануы немесе біліктілігін жетілдіру және біліктілікті арттырудың басқа да түрлері бар мамандардың (кемінде бір ветеринариялық дәрігер немесе фельдшер) болуы*:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) техникалық басшылар мен мамандардың білікті құрамы туралы мәліметтер:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мамандық және біліктілік ________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      лицензияланатын қызмет түрінің бейіні бойынша жоғары/орта білімі туралы дипломның нөмірі</w:t>
-[...17 lines deleted...]
-      ____________________________________________</w:t>
+      лицензияланатын қызмет түрінің бейіні бойынша жоғары/орта білімі туралы дипломның нөмірі _______________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дипломның берілген күні ________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      жоғарғы оқу орнының атауы_______________________________________</w:t>
+      жоғарғы оқу орнының атауы___________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z57" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) маманданудан/біліктілікті арттырудан өткені туралы мәліметтер:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       маманданудан/біліктілікті арттырудан өткен мекеменің атауы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       _______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _______________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>
       пән _________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сертификаттың нөмірі ____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сертификаттың берілген күні______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе: *заңды тұлғаның басшысы бір мезгілде ветеринариялық-санитариялық сараптама зертханасында маман (ветеринариялық дәрігер немесе фельдшер) функцияларын орындаған жағдайда, талап осы тұлға біліктілік талаптарына сәйкес келген жағдайда қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы Нысанға қосымшада көзделген жануарлардан алынатын өнімдер мен шикізатқа ветеринариялық-санитариялық сараптама жүргізу бойынша ветеринария саласындағы қызметті жүзеге асыруға арналған қажетті жабдықтардың ең аз жиынтығының болуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жануарлардан алынатын өнімдер</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мен шикізатқа ветеринариялық-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>санитариялық сараптама жүргізу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша ветеринария саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметті жүзеге асыруға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арналған ақпаратты қамтитын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мәліметтер нысанына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жануарлардан алынатын өнімдер мен шикізатқа ветеринариялық-санитариялық сараптама жүргізу бойынша ветеринария саласындағы қызметті жүзеге асыруға арналған қажетті жабдықтардың ең аз жиынтығы </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жабдықтардың атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ең аз саны (бірлік)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зертханалық су моншасы*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Биологиялық микроскоп, микроскопқа арналған жарықтандырғыш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сутегі иондарын анықтауға арналған аспап (иономер, рН-метр)**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Термостат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шошқа етіне ветеринариялық-санитариялық сараптама жүргізетін зертханаларда трихинеллоскопияға арналған проекциялық камера немесе трихинеллоскоп (компрессориялары бар)**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стерилдейтін кептіргіш шкаф**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дистиллятор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зертханалық таразы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зертханалық термометрлер (етке арналған, металл стилеті бар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлме термометрi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Радиологиялық өлшем құралдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрмыстық тоңазытқыш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бактерицидті   (сәулелендіргіш) шам***</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмыртқаларға ветеринариялық-санитариялық сараптама жүргізетін зертханаларға арналған овоскоп*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гомогенизатор немесе зертханалық ет тартқыш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сүтке ветеринариялық-санитариялық сараптама жүргізетін зертханаларға арналған сүт сапасының талдағышы*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сүтке ветеринариялық-санитариялық сараптама жүргізетін зертханаларға арналған сүттің тазалық дәрежесін анықтауға арналған аспап*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Компрeccoрий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жиналмалы үлкейткiш шыны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құралдарды стерилдеуге арналған электрлі cтeрилизатор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электр плитасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зертханалық шыны ыдыстар (Петри тостағаны, пипеткалар, колбалар, стақандар, пробиркалар, өлшеуіш цилиндрлар, эксикаторлар, заттық және жапқыш  шынылар, микробюреткалар, тамызғылар, спиртовкалар, мензуркалар) және реактивтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зерттеулер, сынаулар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зертханалық жиһаз (үстелдер, орындықтар, шкафтар), құралдар (пышақ, іскек, қайшы, қандауыр)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зерттеулер, сынаулар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      * ет өңдейтін кәсіпорынға және сою пунктіне қолданылмайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ** сою пунктіне қолданылмайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ***әр бөлме-жайға бір-бірден.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жануарлардан алынатын өнімдер мен шикізатқа ветеринариялық-санитариялық сараптама жүргізу бойынша ветеринария саласындағы қызметті жүзеге асыруға арналған қажетті ең аз жиынтыққа қосымша жабдық қолдануға, сондай-ақ ең аз жиынтықты өзге жабдықпен алмастыруға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>