--- v0 (2025-11-16)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d582741" w14:textId="d582741">
+    <w:p w14:paraId="11e3e5f" w14:textId="11e3e5f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -178,51 +178,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 28.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 171</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -820,51 +820,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 28.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 171</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1082,71 +1082,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Индустрия және инфрақұрылымдық даму министрінің 30.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 762</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; өзгеріс енгізілді - ҚР Өнеркәсіп және құрылыс министрінің 30.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 465</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1482,51 +1482,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 8-тармаққа өзгеріс енгізілді – ҚР Инвестициялар және даму министрінің 19.09.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 656</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1564,51 +1564,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 8-1-тармақпен толықтырылды – ҚР Өнеркәсіп және құрылыс министрінің м.а. 26.09.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 336</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2732,131 +2732,131 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда – ҚР Өнеркәсіп және құрылыс министрінің 01.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Өнеркәсіп және құрылыс министрінің 28.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 171</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 27.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 232</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 17.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 266</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 341</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3344,668 +3344,654 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">9-1) алып тасталды - ҚР Өнеркәсіп және құрылыс министрінің 30.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 465</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z206" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9-1) Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің 2020 жылғы 11 қыркүйектегі № 465 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген "Бір терезе" қағидаты бойынша құрылыс жүргізуді ұйымдастыру үшін портал мен ақпараттық жүйелерді жүргізу тәртібін айқындайтын қағидаларға (бұдан әрі – Қағидалар) (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21224 болып тіркелген) сәйкес мемлекеттік инвестициялар және квазимемлекеттік сектор қаражаты есебінен қаржыландырылатын жобаларды, сондай-ақ тұрғын үй-азаматтық мақсаттағы барлық объектілерде іске асыру кезінде "бір терезе" қағидаты бойынша құрылыс жүргізуді ұйымдастыру үшін ақпараттық жүйелерде техникалық және авторлық қадағалаулардың, сондай-ақ мердігердің (мердігерлердің) атқарушылық құжаттаманы электрондық нысанда жүргізуін және толтырылуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z167" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) мердігермен қамтамасыз етілетін мемлекеттік инвестициялар және квазимемлекеттік сектор қаражаты есебінен қаржыландырылатын объектілерде қазақстандық тауар өндірушілер тізіліміне сәйкес енгізілген шығу тегі қазақстандық құрылыс материалдарын, жабдықтарын, бұйымдары мен конструкцияларын қолдану бойынша бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z168" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) шартта көзделген жағдайларда және тәртіпте мердігерге жұмыстарды жүзеге асыру үшін қажетті ғимараттар мен құрылыстарды пайдалануға береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z169" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) құрылыстың мердігерлік шарттарын жасау және орындау барысында құрылысқа қатысушылармен туындайтын келіспеушіліктерді реттейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z170" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) салынып жатқан объектіге барады, қажетті атқарушы техникалық құжаттамалармен танысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z171" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) авторлық және техникалық қадағалауды ұйымдастыру арқылы орындалған жұмыс түрлерінің сапасы мен қауіпсіздігін бақылайды, олар белгіленген мемлекеттік нормативтердің талаптарына, жобалау-сметалық құжаттамаға жауап беруге, сондай-ақ шарттың талаптарына сәйкес келуі тиіс;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z172" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) мердігерден авторлық және техникалық қадағалаудың нұсқауларын орындауды талап етеді және оларды орындамағаны не уақтылы орындамағаны және сапасыз орындағаны үшін мердігерге қатысты шаралар қолданады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z173" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) мемлекеттік сәулет-құрылыс бақылау және қадағалау органдарының нұсқамаларын орындауды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z174" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) жұмыстарды жүргізген кезде олар жобалау (жобалау-сметалық) құжаттамасынан және нормативтік талаптардан, сондай-ақ жасалған құрылыс мердігерлік шартынан ауытқитын болса, жұмыс жүргізуді тоқтатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z175" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) мердігерден құрылыстың мердігерлік шартының талаптарын орындауды және құрылыс-монтаждау жұмыстарын жүргізген кезде жол берілген кемшіліктер мен жобалау (жобалау-сметалық) құжаттамасынан ауытқуларды ақысыз жоюды талап етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z176" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) ұсыныстарды қарайды және жобалау-сметалық құжаттаманы әзірлеушімен келісу бойынша бекітілген жобалау-сметалық құжаттамаға түбегейлі емес сипаттағы, объектінің конструктивтік схемасына, оның көлемдік-жоспарлау, инженерлік-техникалық немесе технологиялық жобалық шешімдеріне және бекітілген техникалық-экономикалық көрсеткіштеріне әсер етпейтін өзгерістерді енгізу бойынша шешім қабылдайды, оларды кейіннен ресімдеп, сақтауға тапсырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте бюджет қаражаты және мемлекеттік инвестициялардың өзге де нысандары есебінен салынып жатқан жобалар бойынша түбегейлі емес сипатта енгізілген өзгерістердің құны жалпы сметалық құнның 30% аспайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z177" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) мердігерлік ұйымнан шарт міндеттерін орындамағаны немесе тиісінше орындамағаны үшін тұрақсыздық айыбын (айыппұл, өсімақы) өндіріп алу жөнінде шаралар қолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің м.а. 17.03.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">9-1) алып тасталды - ҚР Өнеркәсіп және құрылыс министрінің 30.10.2025 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>№ 142</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгерістер енгізілді - ҚР Индустрия және инфрақұрылымдық даму министрінің 30.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 762</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.09.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 269</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 16.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 167</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 341</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 465</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z167" w:id="54"/>
-[...236 lines deleted...]
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z66" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...181 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-параграф. Қаржыландыру, есепке алу және есептілік</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z67" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z67" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Тапсырыс беруші қаржыландыру, есепке алу және есептілік саласында:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z68" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z68" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заңнамалық актілерде немесе шартта белгіленген мерзімдерде және тәртіпте нақты орындалған жұмыстарды қабылдауды және оларға ақы төлеуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мердiгердiң нақты шығыстары бағаны белгiлеу (сметаны және құрылыс материалдарын, бұйымдарын және құрылымдарын тасымалдау сызбасын жасау) кезiнде есептелгеннен кем болып шыққан жағдайда, тапсырыс беруші, жобалау-сметалық құжаттаманы мердігердің өзi жасаған және/немесе оның тапсырысы бойынша жасалған жағдайларды қоспағанда, шартта көзделген баға бойынша орындалған жұмыс үшін төлем жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер тапсырыс берушінің объектілерінде бірнеше әртүрлі қаржыландыру көздері болса, шығыстар сметасы әрбір инвестордың қаржыландыру көлеміне сәйкес қаражат шығысының пропорциясын сақтай отырып, әрбір инвестормен келісіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="68"/>
+    <w:bookmarkStart w:name="z69" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мердігердің операциялық-шаруашылық қызметіне араласпай, орындалған жұмыстар көлемін, бағаның негізділігін, сондай-ақ мердігерлік ұйым, өнім берушілер және басқа ұйымдар орындаған жұмыс (қызмет), жеткізілген өнім және басқа жасалған шығындар үшін төлеуге ұсынылған құжаттардағы мәліметтерді тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мердігердің, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4038,90 +4024,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Бұл ретте, жобалау-сметалық құжаттаманы түзетуге байланысты бюджеттік инвестициялық жобалар бойынша құрылыстың сметалық құнын ұлғайту Қазақстан Республикасының Ұлттық экономика министрінің 2014 жылғы 5 желтоқсандағы № 129 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілер тізілімінде № 9938 болып тіркелген) Мемлекеттік инвестициялық жобаның инвестициялық ұсынысын әзірлеу немесе түзету, қажетті сараптамаларды жүргізу, сондай-ақ бюджеттік инвестицияларды жоспарлау, қарау, іріктеу, мониторингілеу және іске асырылуын бағалау қағидаларында белгіленген тәртіпте жүзеге асырылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="69"/>
+    <w:bookmarkStart w:name="z70" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) бюджеттік қаражаттың мақсатты және тиімді пайдаланылуына бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z71" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z71" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) бухгалтерлiк және статистикалық есепке алуды ұйымдастырады және жүргiзедi, сондай-ақ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4334,440 +4320,440 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 12-тармаққа өзгеріс енгізілді – ҚР Инвестициялар және даму министрінің 19.09.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 656</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 178</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 470</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="71"/>
+    <w:bookmarkStart w:name="z72" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-параграф. Құрылысы аяқталған объектілерді қабылдау, құрылысы аяқталмаған объектілердің құрылысын тоқтату және консервациялау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z73" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z73" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Объектіде бекітілген жобаға (жобалау-сметалық құжаттамаға) толық сәйкес барлық құрылыс-монтаж жұмыстары, аумақты абаттандыру, жабдықпен және құрал-сайманмен қамтамасыз ету орындалғаннан кейін мердігер (бас мердiгер) объектінің тапсыруға дайын екендігі туралы тапсырыс берушіге хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z237" w:id="73"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z237" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13-1. Тапсырыс беруші автомобиль жолдарын салу, реконструкциялау және күрделі жөндеу объектілерін пайдалануға беруді Қазақстан Республикасы Инвестициялар және даму министрінің 2015 жылғы 20 наурыздағы № 305 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бектіліген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11523 болып тіркелген) Жол активтері сапасының ұлттық орталығының жұмыстар мен материалдардың сапасына сараптама жүргізуін ұйымдастыру қағидаларында белгіленген тәртіппен Ұлттық жол активтері сапасы орталығы беретін жұмыстар мен материалдар сапасына сараптаманың қорытынды есебі болған кезде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Қағидалар 13-1-тармақпен толықытрылды - ҚР Өнеркәсіп және құрылыс министрінің 16.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 167</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="74"/>
+    <w:bookmarkStart w:name="z74" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Қағидаларға сәйкес мемлекеттік инвестициялар мен квазимемлекеттік сектор қаражаты есебінен қаржыландырылатын жобаларды іске асыру кезінде, сондай-ақ тұрғын үй-азаматтық мақсаттағы барлық объектілерде мердігерден (бас мердігерден) объектінің пайдалануға қабылдауға дайындығы туралы жазбаша хабарлама мен АЖ-да электрондық нысанда орындалған атқарушылық құжаттама жиынтығын алған тапсырыс беруші Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-тарауына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес объектіні пайдалануға қабылдауды жүзеге асырады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z208" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z208" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) объектінің дайындығын кешенді тексеруді ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z209" w:id="76"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z209" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сынақтан өткізу мен қабылдау кезеңінде объектінің пайдаланылу режимін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z210" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z210" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қажет болған жағдайда объектіде іске қосу-жөндеу жұмыстарын ұйымдастыру мен жүргізуді қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z211" w:id="78"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z211" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) мердігерден, техникалық және авторлық қадағалауды жүзеге асыратын адамдардан қол қойылған, "Құрылыс-монтаждау жұмыстарының сапасы және орындалған жұмыстардың жобаға сәйкестігі туралы қорытындылардың, сәйкестік туралы декларацияның нысандарын бекіту туралы" Қазақстан Республикасы Инвестициялар және даму министрінің 2017 жылғы 24 сәуірдегі № 235 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 15150 болып тіркелген) құрылыс-монтаждау жұмыстарының сапасы туралы қорытындыны, орындалған жұмыстардың жобаға сәйкестігі туралы қорытындыны және сәйкестік туралы декларацияны сұратады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z212" w:id="79"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z212" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) сәйкестік туралы декларация, құрылыс-монтаждау жұмыстарының сапасы және орындалған жұмыстардың жобаға сәйкестігі туралы қорытынды негізінде Қағидаларға сәйкес мердігермен, техникалық және авторлық қадағалауларды жүзеге асыратын адамдармен бірлесіп мемлекеттік инвестициялар мен квазимемлекеттік сектор қаражаты есебінен қаржыландырылатын жобаларды іске асыру кезінде, сондай-ақ тұрғын үй-азаматтық мақсаттағы барлық обьектілерде АЖ-да электрондық нысанда орындалған атқарушылық техникалық құжаттаманың болуы және жиынтықталғаны (оның ішінде инженерлік-геодезиялық іздестірулер (атқарушылық түсірілім)) тұрғысынан тексереді, Қазақстан Республикасы Инвестициялар және даму министрінің 2017 жылғы 24 сәуірдегі № 234 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 15141 болып тіркелген) бекітілген объектіні пайдалануға қабылдау актісінің нысаны бойынша объектіні қарап тексереді және пайдалануға қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Салынған объектiнi пайдалануға қабылдау актiсiне осы тармақтың 4) тармақшасында көрсетілген құжаттар негізінде тапсырыс берушi, мердiгер (бас мердiгер), техникалық және авторлық қадағалауды жүзеге асыратын адамдар қол қояды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4800,761 +4786,761 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және Қазақстан Республикасы Инвестициялар және даму министрінің 2017 жылғы 13 желтоқсандағы № 867 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16165 болып тіркелген) бекітілген Меншік иесінің салынған объектіні пайдалануға дербес қабылдау қағидаларында, сондай-ақ қабылдау актісінің нысандарында көзделген жағдайларда меншiк иесi (тапсырыс беруші, инвестор, құрылыс салушы) өздігінен жүргiзедi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z213" w:id="80"/>
+    <w:bookmarkStart w:name="z213" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бекiтiлген жобалық шешiмдердi және мемлекеттiк (мемлекетаралық) нормативтердi бұзушылықтар анықталған жағдайда, сондай-ақ терiс қорытындылар болған кезде объектi мердiгер (бас мердiгер) бұзушылықтарды жойғаннан кейiн пайдалануға қабылданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Объектiнiң пайдалануға жарамсыздығы немесе құрылыс-монтаждау жұмыстарының сапасыз орындалғаны туралы авторлық және (немесе) техникалық қадағалау қорытындысын алған кезде тапсырыс беруші тиісті мемлекеттік органдарға бұзушылықтарға жол берген құрылысқа қатысушыларды жауапқа тарту үшін жүгінеді, сондай-ақ шарттық міндеттемелерді тиісінше орындамағаны үшін Қазақстан Республикасының Әкімшілік құқық бұзушылықтар туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексіне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес шаралар қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z214" w:id="81"/>
+    <w:bookmarkStart w:name="z214" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) объектіні пайдалануға қабылдау актісін бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Объектіні пайдалануға қабылдау актісіне қол қойылған күн оның бекітілген күні және объектінің пайдалануға берілген күні деп есептеледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Объектіні пайдалануға берген күннен бастап объектіні күтіп-ұстауға байланысты шығыстарды тапсырыс беруші көтереді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z215" w:id="82"/>
+    <w:bookmarkStart w:name="z215" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) объектіні пайдалануға қабылдау актісі бекітілген күннен бастап үш жұмыс күні ішінде обьектінің орналасқан жері бойынша "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамына объектінің техникалық сипаттамаларын, инженерлік желілердің және (немесе) ғимараттардың (құрылыстардың) нақты жағдайының атқарушылық геодезиялық түсірілімін және осы тармақтың 4) тармақшасында көзделген құжаттарды қоса бере отырып, объектіні пайдалануға қабылдаудың бекітілген актісін жібереді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z216" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z216" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) "Азаматтарға арналған үкімет" мемлекеттік корпорациясында тіркелгеннен кейін жергілікті атқарушы орган (Тапсырыс беруші) 10 жұмыс күні ішінде инженерлік желілер мен құрылыстар мемлекеттік инвестициялар есебінен салынған инженерлік желілерді беруді қабылдау актісіне қол қояды және оны пайдаланушы ұйымға жібереді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жобаға сәйкес салынған желілерді Тапсырыс берушіге тәуелді емес мән-жайларға байланысты магистральдық не тарату желілеріне қосу мүмкіндігінің болмауы себебінен (бұрын жобаланған, бірақ салынбаған не қосылу жоспарланып отырған пайдалануға енгізілмеген желілердің болмауы) пайдаланушы ұйымның қабылдау-беру актісіне қол қоюдан бас тартуына себеп бола алмайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z217" w:id="84"/>
+    <w:bookmarkStart w:name="z217" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9-1) пайдаланушы ұйым жергілікті атқарушы органнан тапсыруды қабылдау актісін алған күннен бастап 10 жұмыс күні ішінде инженерлік желілер мен құрылыстарды қарап тексеру актісін жасайды. Қарап тексеру актісін жасау кезінде пайдаланушы ұйымда ескертулер болған жағдайда Тапсырыс беруші оларды алған күннен бастап 15 жұмыс күні ішінде жояды. Бұл ретте, қарап тексеру актісін жасау кезінде пайдаланушы ұйым желілер мен жабдықтардың ақаулары табылған, сондай-ақ олар жобалау-сметалық құжаттамаға сәйкес болмаған жағдайда ескертулерді бір-ақ рет береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертулер осы тармақта белгіленген мерзімде жойылмаған жағдайда, ол ескертулер толық жойылғанға дейін ұзартылады, бұл туралы жергілікті атқарушы органга 2 жұмыс күні ішінде хабардар етіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Пайдаланушы ұйымға қайта жүгіну пайдаланушы ұйым берген ескертулер толық жойылғаннан кейін жүзеге асырылады. Желілердің/жабдықтардың ақаулығы қарап тексеру актісін беруден бас тартуға негіз болып табылады. Қарап тексеру актісін жасау мен оған қол қою кезінде желілердің/жабдықтардың ақаулығына байланысты емес ескертулер, оның ішінде бастапқы ескертулер тізбесіне кірмейтін қосымша ескертулер берілмейді. Қарап тексеру актісіне пайдаланушы ұйым инженерлік желілер мен құрылыстардың меншік иесі (тапсырыс берушілер) ескертулерді жойғаннан кейін 2 жұмыс күні ішінде қол қояды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z218" w:id="85"/>
+    <w:bookmarkStart w:name="z218" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9-2) пайдаланушы ұйым Тапсырыс беруші ескертулерді жойғаннан кейін 2 жұмыс күні ішінде қарап тексеру актісін жасайды және анықталған пікірлерге негізделген қарап тексеру актісіне қол қойылғаннан кейін 5 жұмыс күні ішінде тапсыруды қабылдау актісіне қол қойып, оны және қарап тексеру актісін жергілікті атқарушы органға жібереді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z219" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z219" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9-3) жергілікті атқарушы орган тапсыруды қабылдау актісі мен қарап тексеру актісін алған күннен бастап 10 жұмыс күні ішінде тиісті шешіммен коммуналдық меншікке инженерлік желілер мен құрылыстарды қабылдайды және тапсыруды қабылдау актісін бекітеді, содан кейін шешім мен қабылдау актісін пайдаланушы ұйымға жібереді, ол құжаттарды алған күннен бастап 5 жұмыс күні ішінде инженерлік желілер мен құрылыстарды қызмет көрсететін объектілер тізіміне енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z220" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z220" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) жеке қаражат есебінен салынған сыртқы инженерлік желілер мен құрылыстар бойынша меншік иесі (тапсырыс беруші) мүлікті қабылдаушы тарапқа беру үшін жобалау-сметалық құжаттамаға сәйкес тиісті құжаттарды қоса бере отырып, пайдаланушы ұйымға өтінішпен жүгінеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z221" w:id="88"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z221" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10-1) пайдаланушы ұйым құжаттарды алғаннан кейін 1 жұмыс күні ішінде олардың толықтығын тексереді және ескертулер болған жағдайда бұл туралы меншік иесіне хабарлайды. Инженерлік желілер мен құрылыстардың меншік иесі (тапсырыс беруші) 3 жұмыс күні ішінде ескертулерді жойып, пайдаланушы ұйымға жетіспейтін құжаттарды ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z222" w:id="89"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z222" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10-2) құжаттардың толықтығын ескере отырып пайдаланушы ұйым құжаттарды алған күннен бастап 10 жұмыс күні ішінде берілетін сыртқы желілер мен құрылыстарды техникалық тексеру актісін жасайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z223" w:id="90"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z223" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10-3) техникалық тексеру актісін жасау кезінде пайдаланушы ұйымда ескертулер болған жағдайда, инженерлік желілер мен құрылыстардың меншік иесі (тапсырыс беруші) оларды алған күннен бастап 8 жұмыс күні ішінде жояды. Техникалық тексеру актісін беруден бас тарту үшін желілердің/жабдықтардың ақаулығы негіз болып табылады, бұл ретте пайдаланушы ұйым дәлелді ескертулерді бір-ақ рет береді. Желілердің/жабдықтардың ақаулығына байланысты емес ескертулер, оның ішінде бастапқы ескертулер тізбесіне және жобалық құжаттамаға кірмейтін қосымша ескертулер берілмейді. Техникалық тексеру актісіне пайдаланушы ұйым инженерлік желілер мен құрылыстардың меншік иесі (тапсырыс беруші) ескертулерді жойғаннан кейін 2 жұмыс күні ішінде қол қояды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z224" w:id="91"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z224" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10-4) пайдаланушы ұйым техникалық тексеру актісіне қол қойылғаннан кейін 1 жұмыс күні ішінде оны құжаттармен бірге жергілікті атқарушы органға жібереді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z225" w:id="92"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z225" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10-5) жергілікті атқарушы орган пайдаланушы ұйымнан құжаттарды алған күннен бастап 10 жұмыс күні ішінде инженерлік желілер мен құрылыстарды коммуналдық меншікке қабылдау туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z226" w:id="93"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z226" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10-6) жергілікті атқарушы орган шарт жасалғаннан кейін 5 жұмыс күні ішінде инженерлік желілер мен құрылыстардың меншік иесі (тапсырыс беруші) қол қойған және пайдаланушы ұйыммен келісілген инженерлік желілер мен құрылыстарды тапсыруды қабылдау актісін бекітеді, сондай-ақ тапсыруды қабылдау актісі мен шартты пайдаланушы ұйымға жібереді, ал инженерлік желілер мен құрылыстардың меншік иесі (тапсырыс беруші) пайдаланушы ұйымға инженерлік желілер мен құрылыстарға қолжетімділік ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z227" w:id="94"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z227" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) пайдаланушы ұйым Тапсырыс беруші ескертулерді жойғаннан кейін 2 жұмыс күні ішінде қарап тексеру актісін жасайды және қарап тексеру актісіне қол қойылғаннан кейін 5 жұмыс күні ішінде тапсыруды қабылдау актісіне қол қойып, оны мен қарап тексеру актісін жергілікті атқарушы органға жібереді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z228" w:id="95"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z228" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12) жергілікті атқарушы орган тапсыруды қабылдау актісі мен қарап тексеру актісін алған күннен бастап 10 жұмыс күні ішінде тиісті шешіммен инженерлік желілер мен құрылыстарды коммуналдық меншікке қабылдап, тапсыруды қабылдау актісін бекітеді, содан кейін шешім мен қабылдау актісін пайдаланушы ұйымға жібереді, ол құжаттарды алған күннен бастап 5 жұмыс күні ішінде инженерлік желілер мен құрылыстарды қызмет көрсететін объектілер тізіміне қосады; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z229" w:id="96"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z229" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) жеке қаражат есебінен салынған сыртқы инженерлік желілер мен құрылыстар бойынша меншік иесі (тапсырыс беруші) мүлікті қабылдаушы тарапқа беру үшін жобалау-сметалық құжаттамаға сәйкес тиісті құжаттарды қоса бере отырып пайдаланушы ұйымға өтінішпен жүгінеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z230" w:id="97"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z230" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) пайдаланушы ұйым құжаттарды алғаннан кейін 1 жұмыс күні ішінде олардың толықтығын тексереді және ескертулер болған жағдайда бұл туралы меншік иесіне хабарлайды. Инженерлік желілер мен құрылыстардың меншік иесі (тапсырыс беруші) ескерту алған күннен бастап 3 жұмыс күні ішінде ескертулерді жойып, пайдаланушы ұйымға жетіспейтін құжаттарды ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z231" w:id="98"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z231" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) құжаттар толық болғанын ескере отырып пайдаланушы ұйым құжаттарды алған күннен бастап 10 жұмыс күні ішінде берілетін сыртқы желілер мен құрылыстарды техникалық тексеру актісін жасайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z232" w:id="99"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z232" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) техникалық тексеру актісін жасау кезінде пайдаланушы ұйымда ескертулер болған жағдайда, инженерлік желілер мен құрылыстардың меншік иесі (тапсырыс беруші) оларды алған күннен бастап 8 жұмыс күні ішінде жояды. Техникалық тексеру актісін беруден бас тарту үшін желілердің/жабдықтардың ақаулығы негіз болып табылады, бұл ретте пайдаланушы ұйым дәлелді ескертулерді бір-ақ рет береді. Желілердің/жабдықтардың ақаулығына байланысты емес ескертулер, оның ішінде бастапқы ескертулер тізбесіне кірмейтін қосымша ескертулер берілмейді. Техникалық тексеру актісіне пайдаланушы ұйым инженерлік желілер мен құрылыстардың меншік иесі (тапсырыс беруші) ескертулерді жойғаннан кейін 2 жұмыс күні ішінде қол қояды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z233" w:id="100"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z233" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) пайдаланушы ұйым техникалық тексеру актісіне қол қойылғаннан кейін 1 жұмыс күні ішінде оны құжаттармен бірге жергілікті атқарушы органға жібереді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z234" w:id="101"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z234" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) жергілікті атқарушы орган пайдаланушы ұйымнан құжаттарды алған күннен бастап 10 жұмыс күні ішінде инженерлік желілер мен құрылыстарды коммуналдық меншікке қабылдау туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z235" w:id="102"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z235" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) жергілікті атқарушы орган шарт жасалғаннан кейін 5 жұмыс күні ішінде инженерлік желілер мен құрылыстардың меншік иесі (тапсырыс беруші) қол қойған және пайдаланушы ұйыммен келісілген инженерлік желілер мен құрылыстарды тапсыруды қабылдау актісін бекітеді, сондай-ақ тапсырысты қабылдау актісі мен шартты пайдаланушы ұйымға жібереді, ал инженерлік желілер мен құрылыстардың меншік иесі (тапсырыс беруші) пайдаланушы ұйымға инженерлік желілер мен құрылыстарға қолжетімділік ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 14-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 31.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="103"/>
+    <w:bookmarkStart w:name="z84" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Тапсырыс беруші объектінің құрылысын тоқтату (тоқтата тұру) және консервациялау туралы шешім қабылдаған жағдайда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z85" w:id="104"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z85" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) техникалық тексеру нәтижелерінің негізінде мердігерден акт арқылы құрылысы аяқталмаған объектіні қабылдайды және консервациялау жобасын әзірлеуді қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z86" w:id="105"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z86" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) консервациялау жұмыстарын жүргізуге сметаны бекітеді және авторлық қадағалауды ұйымдастыру арқылы олардың сапалы орындалуын бақылайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z87" w:id="106"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z87" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) құрылысы аяқталмаған объектіні консервациялау бойынша жұмыстар басталғанға дейін "Рұқсаттар және хабарламалар туралы" Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5569,310 +5555,310 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіпте құрылыс-монтаж жұмыстары жүргізіле басталғаны туралы мемлекеттік сәулет-құрылыс бақылауын және қадағалауды жүзеге асыратын органға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>хабарлама</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> жібереді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z88" w:id="107"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z88" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) консервациялауда тұрған кезеңде құрылысы аяқталмаған объектідегі материалдық құндылықтарға күзет ұйымдастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z89" w:id="108"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z89" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Объектіні пайдаланудың кепілдік мерзімі ішінде тапсырыс беруші мердігермен және пайдаланушы ұйыммен бірігіп объектіні тексеруге қатысады және ақаулар тиісінше пайдаланбау салдарынан болған жағдайларды қоспағанда, анықталған ақауларды мердігердің немесе оның есебінен жоюды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 16-тармақ жаңа редакцияда – ҚР Инвестициялар және даму министрінің 19.09.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 656</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="109"/>
+    <w:bookmarkStart w:name="z90" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Тапсырыс берушінің жобаны басқару бойынша инжинирингтік қызметтерді жүзеге асыратын тұлғамен өзара іс-қимылы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-тараудың тақырыбы жаңа редакцияда – ҚР Инвестициялар және даму министрінің 19.09.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 656</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z91" w:id="110"/>
+    <w:bookmarkStart w:name="z91" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Жобаны басқару бойынша инжинирингтік </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қызметтерді</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> жүзеге асыратын тұлға жобалау алдындағы сатыны және объектіні немесе бірнеше объектіні жобалау, салу және пайдалануға енгізу сатыларын қоса алғанда, бүкіл инвестициялық кезеңге не жобаны іске асырудың кез келген сатысында жұмысқа тартылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z92" w:id="111"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z92" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Мемлекеттік инвестициялар есебінен салынып жатқан жобаны іске асырған кезде осы жобаны басқару бойынша функцияларды және мердігерлік жұмыстарды (жобалау алдындағы, жобалау-сметалық құжаттаманы әзірлеу және (немесе) құрылыс-монтаж жұмыстары) біріктіруге болмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z93" w:id="112"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z93" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Штатында тиісті аттестаттары бар сарапшылары болған жағдайда жобаны басқару бойынша инжинирингтік қызметтерді жүзеге асыратын тұлға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>техникалық қадағалауды</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> дербес жүргізеді және (немесе) осы жұмысқа аттестатталған сарапшыларды тартады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z94" w:id="113"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z94" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Жобаны басқару бойынша инжинирингтік қызметтерді жүзеге асыратын тұлға Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 3 ақпандағы № 71 бұйрығымен бекітілген (Нормативтік құқықтық актілер тізілімінде № 10401 болып тіркелген) Сәулет, қала құрылысы және құрылыс қызметі саласында инжинирингтік қызметтер көрсету қағидаларының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5887,299 +5873,299 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-тармақтарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген функцияларды орындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z95" w:id="114"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z95" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Сәулет, қала құрылысы және құрылыс қызметі саласындағы инжинирингтік қызметтерге ақы төлеу объектінің құрылысына арналған жобалау-сметалық құжаттамаға сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік инвестициялардың қатысуымен салынып жатқан объектілер үшін инжинирингтік қызметтер тартуға арналған шығыстарды төлеу сәулет, қала құрылысы жәнет құрылыс саласындағы қолданыстағы мемлекеттік нормативтерде белгіленген лимиттер шегінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z241" w:id="115"/>
+    <w:bookmarkStart w:name="z241" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Толық бітіріп берілетін құрылыс туралы шартты қолдану шарттары мен тетігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар 4-тараумен толықтырылды - ҚР Өнеркәсіп және құрылыс министрінің 30.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 465</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z242" w:id="116"/>
+    <w:bookmarkStart w:name="z242" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Толық бітіріп берілетін құрылыс шарты техникалық күрделі ғимараттар мен құрылыстардың жобаларын іске асыру кезінде қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z243" w:id="117"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z243" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Толық бітіріп берілетін құрылыс шарты бойынша жұмыстарды жүзеге асыратын тұлға қажет болған жағдайда іздестіру жұмыстарын жүргізуге мердігермен шарт жасасады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кешенді құрылыс кезінде қолданыстағы Заңға сәйкес толық бітіріп берілетін құрылыс шарты бойынша жұмыстарды жүзеге асыратын тұлғаның қала құрылысы құжаттамасын әзірлеуіне жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z244" w:id="118"/>
+    <w:bookmarkStart w:name="z244" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Жұмыстардың құны "Толық бітіріп берілетін" құрылыстың есептік құны негізінде анықталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сәулет, қала құрылысы және құрылыс қызметі саласындағы толық бітіріп берілетін құрылыс шарты бойынша жұмыстарға ақы төлеу жобалау-сметалық құжаттамаға сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте құрылыстың есептік құны бойынша анықталған құрылыс құнын ұлғайтуға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z245" w:id="119"/>
+    <w:bookmarkStart w:name="z245" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Толық бітіріп берілетін құрылыс шартының ерекшелігі – қаржыландыру, жоспарлау, ізденістер, негіздемелер, жобалау, құрылыс және оған ілеспе қызметтер, басқару, пайдалану, қызмет көрсету, тараптардың бірінің балансына беру бойынша шарттарды қамту мүмкіндігінде көрінетін кешенді сипаты болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z246" w:id="120"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z246" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Тапсырыс беруші мен мердігердің өзара іс-қимылы, олардың міндеттері мен тәуекелдері толық бітіріп берілетін құрылыс шартын іске асыру шеңберінде шартпен белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тапсырыс беруші толық бітіріп берілетін құрылыс шарты бойынша жұмыстарды жүзеге асыру кезінде техникалық қадағалау бойынша инжинирингтік қызметтерді жүзеге асыратын тұлғаны және қажет болған жағдайда жобаны басқарушыны шарттық негізде тартады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6518,68 +6504,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>асыру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z97" w:id="121"/>
+    <w:bookmarkStart w:name="z97" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Құрылысты ұйымдастыру жобасында (ҚҰЖ) әзірленетін негізгі құжаттар құрамы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда – ҚР Инвестициялар және даму министрінің 19.09.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7863,266 +7849,266 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>асырудың қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z107" w:id="122"/>
+    <w:bookmarkStart w:name="z107" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жұмыс жүргізу жобасында (ЖЖЖ) әзірленетін негізгі құжаттар құрамы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z108" w:id="123"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z108" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жұмыс орындарын ұйымдастырудың технологиялық схемалары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z109" w:id="124"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z109" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қолданыстағы нормативтік техникалық құжаттардың талаптарына сәйкес қауіпсіздік техникасы мен еңбекті қорғау бойынша шешімдер, өрт қауіпсіздігі бойынша шаралар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z110" w:id="125"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z110" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Толассыз ағынды бригадалық мердігерлің әдіспен жұмыстарды орындау бойынша іс-шаралар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z111" w:id="126"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z111" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қажет болған жағдайда вахталық әдіспен жұмыстарды орындау бойынша іс-шаралар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z112" w:id="127"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z112" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Уақытша инженерлік-коммуникациялық желілерді төсеу, оның ішінде авариялық жарықтандыру бойынша шешімдер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z113" w:id="128"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z113" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Технологиялық құрал-сайман мен монтаждау жабдықтарының, сондай-ақ жүктерді ілу схемаларының тізбесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z114" w:id="129"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z114" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Жұмыс өндірісі, оның ішінде қысқы уақытта орындалатындар бойынша негізделген шешімдермен қатар, энергетикалық ресурстарға қажеттілік және оны жабу жөніндегі шешімдер, барлық уақытша, ұтқыр мүкәммалдық ғимараттардың, құрылыстардың және құрылғылардың тізбесі, материалдар мен конструкциялардың сақталуын қамтамасыз ету бойынша іс-шаралар келтірілген түсіндірме жазба.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сондай-ақ қолданыстағы және салынып жатқан объектілерді бүлінуден қорғау бойынша іс-шаралар келтіріледі (көктемгі су тасқынын өткізу, оң температура кезінде болатын біркелкі емес ерулер, қысқы мерзімде орындалатын жеке жұмыс түрлері).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z115" w:id="130"/>
+    <w:bookmarkStart w:name="z115" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Құрылыс-монтаж жұмыстарының көлемі мен орындалу ұзақтығын, механикаландыру деңгейін, ғимараттың 1 м</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> алаңына, жұмыстардың физикалық көлеміне немесе еңбек өнімділігі үшін қабылданған өзге көрсеткішке шаққандағы еңбек өнімділігін қоса алғанда, техникалық-экономикалық көрсеткіштер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkEnd w:id="131"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -15161,68 +15147,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мердігер:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Құрылыстың атауы және оның мекенжайы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z179" w:id="131"/>
+    <w:bookmarkStart w:name="z179" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Орындалған құрылыс жұмыстарының құны және шығындары туралы анықтама (базалық-индекстік әдіс бойынша)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkEnd w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-қосымша жаңа редакцияда - ҚР Индустрия және инфрақұрылымдық даму министрінің м.а. 05.08.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20023,55 +20009,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>