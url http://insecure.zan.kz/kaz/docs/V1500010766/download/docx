--- v0 (2025-10-03)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0669dc8" w14:textId="0669dc8">
+    <w:p w14:paraId="49f4360" w14:textId="49f4360">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,12713 +76,15935 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Құрылыс-монтаждау жұмыстары құрамындағы жұмыстар (көрсетілетін  қызметтер) түрлерінің тізбесін бекіту туралы</w:t>
-[...35 lines deleted...]
-      «Қазақстан Республикасындағы сәулет, қала құрылысы және құрылыс қызметі туралы» 2001 жылғы 16 шілдедегі Қазақстан Республикасы Заңының 20-бабының </w:t>
+        <w:t>Құрылыс-монтаждау жұмыстары құрамындағы жұмыстар (көрсетілетін қызметтер) түрлерінің тізбесін бекіту туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 19 наурыздағы № 231 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2015 жылы 22 сәуірде № 10766 тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Өнеркәсіп және құрылыс министрінің 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 51</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Қазақстан Республикасындағы сәулет, қала құрылысы және құрылыс қызметі туралы" 2001 жылғы 16 шілдедегі Қазақстан Республикасы Заңының 20-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>23-11) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> БҰЙЫРАМЫН:</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Қоса беріліп отырған Құрылыс-монтаждау жұмыстары құрамындағы жұмыстар (көрсетілетін қызметтер) түрлерінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тізбесі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасы Ұлттық экономика министрлігінің Құрылыс, тұрғын үй-коммуналдық шаруашылық істері және жер ресурстарын басқару комитеті:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелген соң күнтiзбелiк он күн ішінде мерзімді баспа басылымдарында және "Әділет" ақпараттық-құқықтық жүйесінде ресми жариялануын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы бұйрықтың Қазақстан Республикасы Ұлттық экономика министрлігінің интернет-ресурсында орналастырылуын қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасы Ұлттық экономика жетекшілік вице-министріне жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Министр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е. Досаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> бекітілсін.</w:t>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ұлттық экономика министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2015 жылғы 19 наурыздағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 231 бұйрығымен бекітілген</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Құрылыс-монтаждау жұмыстары құрамындағы</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...273 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z11" w:id="3"/>
+        <w:t>жұмыс түрлерінің (қызметінің) тізімі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Топырақтағы арнайы жұмыстар, оның ішінде:</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) негіздер құрылымы, оның ішінде:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       топырақты өңдеу, тік жоспарлау, шұңқырларды қолмен қазу жөніндегі жұмыстар:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шұңқырларда, қазаншұңқырларда, траншеяларда, топырақ және трассаға жақын қорлардағы үйінділерде немесе үймелерде экскаваторлармен топырақты өңдеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       темір жол немесе автомобиль көлігіне тиеу және шығару арқылы экскаваторлармен топырақты өңдеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       топырақты механикаландырылған тәсілмен және қолмен өңдеу және тасу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шұңқырларды механикаландырылған тәсілмен қазу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       топырақты өңдеу, тік жоспарлау, қайта төгу кезіндегі өзге де жұмыстар;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       үймелерді орнату және қайта төгу жөніндегі жұмыстар:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       топырақты қайта төгу, оның ішінде қолмен, электрмен және пневмотығыздағыштармен нығыздай отырып төгу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       гидроқұрылыстардың әсері кезінде топырақты өңдеу және тасу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       үймелерді орнату және қайта төгу жөніндегі өзге де жұмыстар;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бекіту жұмыстары:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тіреулер орната отырып еңісті таспен және тақталармен төсеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       су бұру арналарын лотоктармен-науалармен, тақтайлармен, қалқандармен және төсенішпен бастиек орнатып бекіту;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қадалық негіздерді, шпунтты қоршауларды, анкерлерді орнату жөніндегі жұмыстар:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       темірбетон қадаларды батыру;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       темірбетон шпунттарады жағалау айлақтық жағажайларға батыру;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мәңгілік тоңды топырақтарда болат қадаларды батыру;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       болат және шпунтты қадаларды батыру және шығару;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ағаш және ағаш-металл қадаларды шпунтталған қатар орналастырып батыру;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ұңғымаларды бұрғылау және қуыс қадаларды бетонмен толтырып бұрғылау-тығыздау қадаларын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шпунтталған ағаш маңдайшаларды бөлшектеу құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шпунттарды қағу үшін бағыттауыш рамалар және су асты тартпалар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қада құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қадалық негіздердің, шпунттық қоршаулардың, анкерлердің құрылымы бойынша өзге де жұмыстар;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       топырақтардың табиғи ростверк және іргетас тақтасының құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       табиғи жатысты топырақты тығыздау және топырақ тұғырығы құрылымы бойынша жұмыстар;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       механикаландырылған тәсілмен таптап суаратын учаскенің аумағын тегістеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауыр нығыздағыштармен топырақты тығыздау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       таптауыш және топырақты нығыздағыш машинамен топырақты тығыздау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       топырақты жеңіл таптауыштар арқылы қолмен тығыздау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       төмен түсіру құдықтары мен кессондарды тұрғызу жөніндегі жұмыстар:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       топырақты механикаландырылған өңдеу арқылы құдықты түсіру;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құдықты қолмен түсіру;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       төмен түсіру құдықтары мен кессондарды тұрғызу бойынша өзге де жұмыстар;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       топырақты орнықтыру жұмыстары:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       термиялық топырақтарды нығайту;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       инъекторларды қағып топырақтық негіздерді цементтеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       топырақтың силикаттау және шайырландыру;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       топырақты орнықтыру бойынша өзге де жұмыстар;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) суды төмендету, бетті қабаттағы сарқынды суларды және су бұруды ұйымдастыру жұмыстары:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       су бұру және дренаждық арықтар құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сулы топырақта жұмыс істеген кезде траншеялардың және қазаншұңқырлардың су төгу құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жабық дренаж құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ине сүзгілерді батыру мен шығару және сүзгі материалдармен жабу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сіңіру коллекторларын құрастыру және бөлшектеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тастан және таулы жыныстан конструкцияларды тұрғызу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       механизмдерді қолдана отырып, құммен немесе қожбен қайта төсеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       төсемдік қабаттар мен негіздер құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құрғату қабаттары және қиыршықтастан (көмірден) жасалған сүзгілердің құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       малтатастан және құмнан жасалған дренаждық сүзгілердің құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кеуекті қыш пластиналардан аэраттарды төсеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       суағар арнасында қорғаныс бөгеттерінің құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       суды төмендету, бетті қабаттағы сарқынды суларды және су бұруды ұйымдастыру бойынша басқа да жұмыстар;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) су асты техникалық жұмыстар және теңіз қайраңындағы жұмыстар:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       гидромониторлық және жүзетін жер снарядтармен топырақты өңдеу және тасымалдау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жүзетін құралдарға немесе үйіндіге шығару арқылы механикаландырылған тәсілмен топырақты су астында өңдеу және қопсыту;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       опыру балғасымен және сүңгуірлермен топырақты су астында қопсыту;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       басқа да гидромеханикалық және түптереңдеткіш жұмыстар;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сүңгуірмен су астындағы көлбеу төсемді тегістеу және діріл арқылы тығыздау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       су астында тасты ауыстыру, тасты және қиыршықтасты судан алу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       темір және темірбетон басының қабын су астына түсіру;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       темірбетон зәкірлерінде арқандап байлап бекітілген бөшкелерді акваторияда орналастыру;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       басқа да су асты (сүңгуір) жұмыстары;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) жару жұмыстары:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жартасты топырақты жару, қойтастарды және габаритті емес кесектерді уату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шығару және тастау үшін топырақтарды жаппай жару;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құрылыстарды қорғау үшін жарылыс алаңын жабу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жарылыстар арқылы су астындағы топырақты тығыздау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өзге де жару жұмыстары;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) ұңғыма конструкцияларының құрылымы жөніндегі жұмыстар:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ұңғыма құрылымы жөніндегі жұмыстар;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мұнай және газ ұңғымаларының салу және монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мұнай және газ ұңғымаларының өнімділігіне сынақ өткізу арқылы оларды бұрғылау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сүзгілік шегендік немесе мұздату құбырларын және құрылғыларын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       су көтергіш құбырлардың бағанасына сүзгі орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құбырлық кеңістікті және тоспа асты тығынын цементтеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ұңғыманы құбырлармен бекіту;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құдықты темірбетон сақиналарымен бекіту;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сүзгінің басының құрылымы және суды сорып шығару;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ұңғыманың жабдықтарын тасымалдау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       түсіргіш ұңғымаларды бұрғылау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ұңғыма конструкцияларының құрылымы бойынша басқа да жұмыстар.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қолданыстағы ғимараттар мен құрылыстарды бұзумен, уақытша инженерлік жүйелерді, жолдарды, қойма алаңдарын, сондай-ақ аумақты тік жоспарлауға байланысты дайындық жұмыстары</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құрылыс алаңындағы дайындық жұмыстары:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       уақытша ғимараттардың инженерлік желілерінің және жүйелерінің құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       уақытша қорғаныс қоршауларының құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кран асты жолдарының құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рельс жолдарының құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       басқа уақытша құрылыстардың құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құрылыс алаңындағы жабынның құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       көпір құрылыстарын салу кезіндегі монтаждау алаңының (бірге жүргізілетін жұмыстарымен) құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құрылыс алаңдарына уақытша жолдар мен кіреберіс құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       транзиттік көліктерге уақытша кіреберіс жолдардың құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құрылыс алаңындағы өзге де дайындық жұмыстары;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) құрылысты бұзужәне конструкцияларды бөлшектеу жұмыстары:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қабырғаларды, массивтерді, аражабындарды уату, ұяшықтар тесу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өндірістік ғимараттардың жер үсті бөлігін бөлшектеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       темірбетон баспалдақ марштарын, алаңдар мен сатыларды бөлшектеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       терезе, есік және қақпа ойықтарының, аралқабырға мен аспалы төбелерді бөлшектеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жаяусоқпақтарды, едендерді, шатырлық жабындар мен қаптамаларды бөлшектеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өнеркәсіптік пештерді бөлшектеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шойын тюбингісінен жасалған тоннельдердің қаптауларын бөлшектеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       темір колонналарды, арқалықтарды және рамаларды бөлшектеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       байланыс желілерінің тіреуін бөлшектеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       басқа жүйелер мен құрылыстарды бөлшектеу және қайта монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құрылғыларды бұзу және конструкцияларды бөлшектеу бойынша өзге де жұмыстар;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құрылыс алаңын ағаштардан, ағаш діңдерінен тазалау, бұталарды кесу, тастарды және қойтастарды жинау, бетті қабаттағы суларды бұру және кептіру.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Ғимараттар мен құрылыстардың тіреу және (немесе) қоршау конструкцияларын (оның ішінде көпірлерді, көліктік эстакадаларды, тоннельдер мен метрополитендерді, жол өтпелерін, құбыр жолдарды, өзге де жасанды құрылыстарды) салу</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) монолитті, сондай-ақ жинамалы бетон және темірбетон конструкцияларды монтаждау, қабырғалар мен арақабырғалардың жеке элементтерін қалау және ойықтарды толтыру:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       монолитті конструкциялардың құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       металл торлы қалыптар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қалқанды қалыптарды бөлшектеу және орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ағаш төсеніштерді, пирстерді және қалыптарды бөлшектеу және орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       монолитті темірбетон конструкциялардың арматураларын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       гидротехникалық құрылыстарда төменгі белдеулерін бетондап шегенделген торларды, шегенделген каркастарды, шегенделген фермаларды, арматуралық конструкцияларды орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       анкерлік болттарды және қалағыш тетіктерді орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негіздердің және төсеніш қабатының құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кесектасты бетонды және бетонды іргетастардың құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бетонды колонна және тіреу бағандары құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бетонды қабырғалардың және арақабырғалардың құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бекітпелердің, ұңғымалар мен оқпандар тығындарының құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бетонды су астында төсеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жабдықтардың астындағы іргетастар құю;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қабырғаларды және өндірім жабындарын торкрет-бетонмен бекіту және каркас бекітпелерінің жабындары түйіскен жерін бітеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бетондар және ерітінділер дайындау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       темірбетон іргетастардың, тіреуіштердің, тіреуіш қабырғалардың, тағандық тіректің құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       монолитті арналардың, тоннельдердің, лотоктардың, түптердің, галереялардың құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       түсіру құдығының, қойылтқыштардың, ванналардың, бассейндердің, су құбыры мен кәріздің сыйымдылық құрылыстары конструкцияларының құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       арканы қалау үшін күмбездер мен қалыптар, өнеркәсіптік пештердің жабындарын және қабырғаларын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тоннелдердің діңгегін темірбетонмен салып бітірудің, шахталар түбінің, гидрооқшаулағыш құрсаманың құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сыртқы және ішкі темірбетон қабырғалардың құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       темірбетон колоналарды тұрғызу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       темірбетон қабырғаларды, арақабырғаларды, желдету арналарын тұрғызу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       темірбетон арқалықтарды, белдеулерді, маңдайшаларды, төбелерді және жабындарды, көлбеу-сырғымалы қалыптардағы конструкцияларды тұрғызу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бетондық қоспаларды гидротехникалық құрылыстардың темірбетон конструкцияларының блоктарына төсеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құрылыс конструкцияларын темірбетонмен бекітумен, құрсамамен және набетонкамен нығайту;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       темірбетон жабындарын нығайту және ауыстыру;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       басқа бетон және темірбетон жұмыстарының құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өзге де пластикбетон, темірбетон және темір емес арматураларды қолдану арқылы бетон жұмыстары;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ғимараттың сыртқы және ішкі қабырғаларының блоктарын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бетон траптарды (сатыларды) орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жағалауды бетондық алаптармен бекіту;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бетондық алаптарды тасымалдау арқылы дайындау және орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бетон блоктар және тастардан тұрақты бекітпелердің құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бетон блоктарынан тіреу қабырғалардың, бастиектің, тағандық тіректің құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       басқа темірбетон және бетон конструкцияларын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бағана, рама, тіректердің астына темірбетон іргетасын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       темірбетон бағаналарын, капителдерді, рамаларды, тіреулерді және штангаларды орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       маңдайшаны орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       итарқа арқалықтарын және фермаларды орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сыртқы және ішкі қабырғалардың қабырғалық панельдерін орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тұрғын үйлердің көлемді блоктарын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лоджиялардың, балкондардың, маңдайшалардың, ернеулік тақталарды, сантехникалық табандықтарды орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ұсақ темірбетон конструкцияларын (жиекқабырғаларды, су жинағыштарды, терезеалдыларын) орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       баспалдақ марштарын және алаңдарын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       литфт шахталарын және қойманың көлемді элементтерін орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       арақабырға панельдерін, экрандарын, бөлетін қабырғаларын, қатаңдық диафрагмасын, желдеткіш блоктарды орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       арканы қалау үшін күмбез қалыптарын, өнеркәсіптік пештердің жабындарын және қабырғаларын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сыртқы және ішкі ағаш керек-жарақтарды орнату және бұзу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       маңдайшалар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       армопанельді тақталардан, балласт және ойық конструкциялардан жасалған блоктар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       түсіру құдықтарының, серуендеу ауласының, сүрлеулердің, диірмендердің, бункерлердің қабырғалар панелдерін орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       желілік құрылыстарды салған кезде қабырға панельдерін орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       баспалдақтарың, көпірлердің, құбырлардың, платформалардың, желілік құрылыстардың аражабын және жабын тақталарын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жүзетін құралдардан жинамалы темірбетон алаңдарын, ригельдерді, консольдерді, аралық құрылымдарды орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       стандық және қалыптық тақталарды, қабықшаларды, жиекқабырғаларды, жағалау айлақтарын және пирстерді орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауыл шаруашылығы ғимараттарда арналар және науалар орнату кезінде тіреулер, лотоктар, қораптар, блоктар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       көпірлер, ЭБЖ құбырларын және гидротехникалық құрылыстарды тұрғызу кезінде іргетастардың, тіреу қабырғалардың, бастиектердің, жатық тіреулердің конструкцияларын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жағадан жинамалы темірбетон конструкцияларынан жасалған аралық көпір құрылымдарын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жинамалы темірбетон конструкцияларынан жасалған ашық тәсілмен тоннельдер құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жинамалы темірбетон тюбингтерерінен, панельдерден және блоктардан жасалған діңгекті және тоннельді қаптамалар құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кіру алаңдары бар баспалдақтар және кіреберістер құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       арқалықтар және ригельдер құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бір қабатты және көп қабатты ғимараттардың панельдерін, қабықшаларын және аражабын тақталарын мен жабындарды төсеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       үйінді астыларына су өткізгіш темірбетон құбырларын және коммуникациялық коллекторларды төсеу; </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       косоурларға немесе тегіс негізге сатылар төсеу және ауыстыру;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трамвай жолдарын теміржол тақталармен төсеу және жабу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бағаналарды, тіректерді, мачталарды, арқалықтар мен ригелдерді, ашық және жабық тарату құрылғыларын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тіреу білеулерімен темірбетон тақталардың түптерін және еңістерін бекіту;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       іргетастарды, жертөле қабырғаларын, тіреуіш қабырғаларды қалау, кесек тастардан өндірілген заттарды толтыру;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қабырғаларды қыш тастармен қалау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаптама кірпішпен әктас өнімдерінен конструкцияларды қалау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       арналарды, шұңқырдың жанындағы жерлерді, пештерді, ошақтарды, түтін мұржасын бөлшектерімен кірпіштік қалау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оқпандарды, жабындарды, күркелерді, портиктер және басқа кәдімгі кірпіштерден конструкцияларды кірпіштік қалау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қыш кірпішпен қаптау арқылы кәдімгі балшық және силикат кірпіштерінен қабырғаларды кірпіштік қалау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қабырғаларды кірпіштік қалау, қыш тақталармен қаптау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кірпіштерден және қыш тастардан жасалған арақабырғалардың құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       туфтан және диабазалық блоктардан жасалған конструкцияларды тұрғызу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жеке гипстен және жеңіл бетон тақталардан жасалған арақабырғалардың құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       басқа тас конструкцияларының құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тас конструкцияларының құрылымы бойынша өзге де жұмыстар;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мұнаралық, мачталық үлгідегі, сүрлем құрылыстар, түтін құбырлары, градирнялар, мұнаралар, шахта үстілік копрлер конструкцияларының құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) көпір және көпір өткелдерінің негізгі тіреу конструкцияларының құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) гидротехникалық және сел тасқынынан қорғану құрылыстары, бөгеттер, дамбалар:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жағалауды тетраподтармен және массивтермен бекіту;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жолдарды және жолдың жиектерін жинамалы темірбетон тақталармен жабу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қабылдағыш клапаны бар диаметрі 400 мм асбестцементті құбырлардан қоқыс құбырларын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жинамалы темірбетон және бетон конструкцияларын және өзге де металл емес конструкцияларын монтаждау жөніндегі басқа жұмыстар;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5 ) металл конструкцияларын монтаждау бойынша жұмыстар:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ғимараттар мен құрылыстар каркастарының конструкцияларын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өзі өндірмейтін металл конструкцияларын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       градирендер, резервуарлар, желдету және түтін құбырлары, кокс-химиялық цехтар, құбыр жолдар, галереялар конструкцияларын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кептіргіштер, қаптамалар, экрандар, камералар, пеш түптері, арқалықтар, каркастар, рамалар, оттықтар конструкцияларын және басқа пештер, құбырлар, кептірмелер, электролизерлер конструкцияларын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       үш қабатты алюминий панельдерінен жасалған толық жинамалы конструкцияларды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       радиожелілік желілер және термокамераларға арналған кабиналар конструкцияларын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аспалы және кран асты жолдарының конструкцияларын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жеңіл түтікті құбырлар конструкцияларын, жабындарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қақпалар, баспалдақтар, алаңдар, есіктер, люктер, қуыстар конструкцияларын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ашық, таратушы құрылғылар прожекторлық мачталар, антенналық жүйелер, тіректері бар толқынарналық көпірлерді монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       терезелер, витраждар, арақабырғалар (алюминий, болат және басқа қорытпаларынан жасалған) блоктарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ғимараттарды блокбокстардан тұрғызу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жинау және жылжыту арқылы болат конструкцияларынан аралық құрылыстар тұрғызу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       арқандап байлау тумбасын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       баспалдақтың металл қоршауларын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жапқыштарды, торларды, қақпаларды, құбыржолдарды, көпірлерді, айлақтық құрылғыларды және гидротехникалық конструкциялардың басқа металл конструкцияларын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       болат бекіту бұйымдары мен таптауыш тіректерді орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шойын тюбингтермен бекітілетін, діңгектердегі кейль-кранцтер мен тіреу сақиналарын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аспалы төбелер және дыбысоқшаулағыш қабырғалардың құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       шахталық діңгектер мен тоннельдерде тұрақты және уақытша металл бекітпелерінің құрылымы және оларды әзірлеу; </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       астыртын арналарға арналған бұдырланған болаттан төседер;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аспалы төбелерді қаптау және градирендерді алюминий қорытпаларынан жасалған табақтармен қаптау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қабырғаларды және төбе жабындарын профильдік темірмен немесе зауытта дайындалған панельдермен қаптау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құрылыс конструкцияларын құрылыс құрсамаларымен, болттармен, сақиналармен бекіту;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шойын тюбингтерін ұзарту және белгі орнату сақиналарын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       метал конструкцияларын монтаждау бойынша басқа жұмыстар;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) тау-кен ұңғылау жұмыстары:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шахталық діңгектер, шурфтар, қазбаларды ұңғылау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тиксотроптық сауыттағы шахталық діңгектерді ұңғылау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тоннельдік жұмыстар;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сүзгілеуге қарсы қалқандардың құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тұрақты және уақытша қиылысу құрылғылары бар тоннельдерді, фурнельдерді, камераларды, штольняларды ұңғылау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қима пештерін, қима қазбаларын, қазаншұңқырларды, камераларды ұңғылау және көлденең және көлбеу мен өндірілген заттарды кеңейту;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шахталық діңгектерді, штолендерді, тоннельдерді ұңғылау кезінде топырақты қабылдау және түсіру;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ұңғылау қалқандарын кенжарға кіргізу және шығару;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шахталардың діңгектерін және тоннельдерін инвентарлық штангалармен және кернегішпен бекіту құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тақтатас және су тасаларының құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       уақытша бекітпелердің құрылымы және бекіту аркаларын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шахталық діңгектерді армирлеу құрылымы және бұзу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ағаш бекітпе рамаларды, атпаларды, байланыстарды, қаптамаларды орнату және бұзу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қабырғалар мен төбе жабындарын, қазаншұңқырларды, өндірілген заттарды, баспалдақ бөлімдерін тақтайлармен, бөренелермен және кеніш тіреулермен бекіту және қаптау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өзге де тау-кен ұңғылау жұмыстары;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) ағаш конструкцияларын монтаждау жұмыстары:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ағаш конструкцияларын, каркастарын, итарқалар, орындықтар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қақпалар және қоршаулар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       есіктер мен терезелерді монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қақпалар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       арқалықтарды, аркаларды, фермаларды және панельдерді орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       маңдайшалар, люфт-клозеттерді, өрт жәшіктерін, үстелдер орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бөрене шегендерді орнату, стапельдердің құрылымы және әзірлеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өткізгіштер, баспалдақ траптарын, жүру тақталарын, кедергілерді орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       көпірлердің, эстакадаалардың, доңғалақ өткізгіштердің, гидротехникалық құрылыстардың ағаш конструкцияларын тұрғызу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ағаш конструкцияларынан және бөлшектерінен қабырғалардың құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ағаш көпір жаймасының құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жабындар мен төбелерді жинау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       басқа ағаш конструкцияларын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ағаштан жасалған конструкциялар мен бұйымдарды монтаждау бойынша өзге де жұмыстар;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) жеңіл қоршау конструкцияларын монтаждау бойынша жұмыстар:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қабырғалар мен жабындардың арболит және асбестцемент тақталары мен панельдерін орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дайын каркас бойынша асбестцемент табақтардан жасалған қабырғалардың, аражабындардың, арақабырғалардың және шатырлардың құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       асбестцемент тақталардан жасалған суаратын блоктарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жеңіл қоршау конструкцияларын монтаждау бойынша өзге де жұмыстар;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) үй-жайларды экрандау және деформациялық жіктердің құрылымы бойынша жұмыстар:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       едендерді, қабырғаларды, есіктерді, төбелерді мыс немесе болат табақтармен және дайындалған торлармен экрандау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қабырғалар және төбежабын өнімдерін дайындалған болат табақтармен қаптау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       болат қорғаныс торларын орнату; </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қабырғаларды, төбелерді және есіктерді киіз бойынша асбесті төсеу арқылы жабындық болатпен қаптау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       панельдердің, терезелердің, есіктердің және дайындалған басқа конструкциялардың арасындағы көлденең және тік түйіскен жерлерді және жіктерді герметизациялау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       колонналар мен жүгіртпелердің арасындағы тюбингтерден және жіктерден салып бітіру жіктерін ұрып өңдеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       үй-жайларды экрандау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       деформациялық және сейсмикаға қарсы жіктердің құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       үй-жайларды экрандау және деформациялық жіктердің құрылымы бойынша өзге де жұмыстар;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) өнеркәсіптік пештер және түтін құбырлары құрылымы және шегендеу бойынша жұмыстар:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       арканы қалау үшін күмбез айналдырғыштарын және қалыптарын, өнеркәсіптік пештердің жабындарын мен қабырғаларын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өнеркәсіптік құбырларды қалау және шегендеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сыртқы бөлікті ыстыққа және отқа төзімді бетонмен, тақталармен, отқа төзімді массамен қалау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өнеркәсіптік темірбетон құбырларды қышқылға төзімді кірпішпен шегендеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пештерді және құбырларды отқа төзімді бұйымдармен және кірпішпен қалау, қаптау және шегендеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       саптаманы қалау, пеш түптерін көмір массасымен толтыру, анодтық және оттық блоктар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өнеркәсіптік пештердің және түтін құбырлары құрылымы және шегендеу бойынша өзге де жұмыстар;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) шатыр құрылымы бойынша жұмыстар:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       асбестсцемент шатырдың құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       торлы қоршау орната отырып жабынқыштан жасалған шатырлардың құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       орамдық шатырлардың құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шыны торларды және шыны кенепті төсей отырып битумды мастикадан жасалған шатырлардың құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ұсақ шатырлық жабындардың құрылымы және шатырлық темірден жасалған қасбеттерге салу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аспалы науашалардың және шатырлардың сүйеніш қоршауының құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негіздерді топырақтау және бу оқшаулағыш құрылымдары;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шатыр құрылымы бойынша өзге де жұмыстар;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) әрлеу жұмыстары:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаптау жұмыстары;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       еден жабындарының құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қасбеттерді және ғимараттың ішін сылақтау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қасбеттерді фактуралық әрлеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тарту жақтауларының құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       беттерді жабу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бояуға және жапсыруға жинамалы элементтердің және тақталардың беттерін әрлеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       каркас құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       төбелердің құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жіктерді құрғақ сылақпен өңдеу;</w:t>
       </w:r>
-      <w:r>
-[...15 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      беттерді "шагрень" фактурасымен әрлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       гипстық, цементтік ендік, дана бұйымдарды орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       гипстық, цементтік, желімдік, сырлау жұмыстары;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       цементтік ендік бұйымдарды орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ғимараттың қасбеттерін және сыртқы беттерін бояу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       үй-жайлардың сыртқы және ішкі беттерін бояу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       үй-жайларды тығыздау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       беттерді лакпен бояу және маталармен жапсыру;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       конструкцияларда штраба тесу және құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       конструкцияларды кесу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сәндік жұмыстар;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қасбеттік жүйелердің құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       беттерді сұйық тұсқағаздармен әрлеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       металл жақтауларына шыныпакеттерді орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       беттерді төсеме жасаумен дайындау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өзге де әрлеу жұмыстары.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Конструкцияларды және жабдықтарды қорғау және әрлеу бойынша жұмыстар</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құрылыс конструкцияларын гидрооқшаулау жұмыстары:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тоннельдер мен шахталық оқпандарының жабындарындағы ерітіндіні басып тығыздау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       цементтік тұтанстыру, торкеттеу, тегістеу және темірлеу құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сұйық шыныланған цементпен көлденең және жанама гидрооқшаулаудың құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жанама сылақпен гидрооқшаулау құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құйылған асфальтпен немесе мастикамен, шайырмен, лакпен сылақ гидрооқшаулаудың құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       желімделетін гидрооқшаулаудың құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       гидрорелин және полиэтилен қабыршағынан жасалған экранның тұтас перделерінің құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       болат құбырларды битум-резеңке мастикамен оқшаулау құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       болат құбырларды битум-полимерлік мастикамен оқшаулау құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       гидротехникалық құрылыстардың жіктерін гидрорелинмен жабу және жапсыру;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бетон және темірбетон құбырларын битумдық мастикамен бояу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құрылыс конструкцияларын гидрооқшаулау бойынша өзге де жұмыстар;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) құрылыс конструкциялары мен жабдықтарын коррозияға қарсы қорғау бойынша жұмыстар:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қышқылға төзімді кірпіштен, тастан, андезиттен қалау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       едендердің бетін және беттерді қышқылға төзімді кірпішпен шегендеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       беттерді көмір және графитталған блоктармен шегендеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       беттерді қышқылға төзімді тақталармен шегендеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құрылғылардың беттерін резеңкемен, пластикпен, герметикамен, орамдық материалдармен айналдыра қоршау және жапсыру;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       беттерді табақтық асбестпен жапсыру;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       беттерді цинкпен, алюминиймен, нихроммен және тоттанбайтын сыммен электр металдандыру;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қиыршықтасты мастикамен сіңдіру;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       беттерді гидрофобизациялау және флюатирлеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       беттерді лактармен, сырмен, эмальдармен бояу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ағаш конструкцияларын оттан қорғау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шатыр және төсем астындағы торлы қоршауларды фермалар бойынша оттан қорғау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ғимараттың ағаш конструкцияларын зарарсыздандыру;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құрылыс конструкциялары мен жабдықтарын коррозияға қарсы жабындармен өңдеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құрылыс конструкциялары мен жабдықтарын коррозияға қарсы қорғау бойынша өзге де жұмыстар;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) құрылыс конструкцияларын, құбыржолдарды және құрылғыларды жылумен қорғау бойынша жұмыстар:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жабындарды монолитті кеуекті бетонмен жылылау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ыстық беттерді даналы және толық жинамалы жылуоқшаулау бұйымдарымен оқшаулау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ыстық беттерді орама материалдармен және жылуоқшаулағыш талшықты материалдармен толтыру арқылы оқшаулау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ыстық беттерді мастикалармен және асбестперлитпен шаңдату арқылы оқшаулау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаланған пештерді, қазандардың және құбыржолдардың беттерін асбестпен оқшаулау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құрылыс конструкцияларының, инженерлік құрылыстардың, жабдықтардың және құбыржолдардың жылуоқшаулау құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құбыржолдардың оқшаулау беттерін асбестцементті қаптамалармен, шыныцементпен, шыныпластикпен, шынытекстолитпен жабу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құбыржолдардың оқшаулау беттерін табақты металмен немесе қатпарлы алюминий табақтармен жабу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құбыржолдардың оқшаулау беттерін жабу, оқшаулауды қабыршақтармен, маталармен, орама материалдармен орау және желімдеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құрылыс конструкцияларын, құбыржолдарды және жабдықтарды жылумен қорғау бойынша өзге де жұмыстар.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Күрделі жөндеуді және реконструкциялауды қоса алғанда желілік құрылыстарды төсеу бойынша арнайы құрылыс және монтаждау жұмыстары, оның ішінде:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қысыммен жұмыс істейтін немесе жарылыс, өртке қауіпті немесе басқа қауіпті (зиянды) сұйық немесе газ тәрізді заттарды сақтауға арналған болат резервуарлар (сыйымдылықтар);</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мұнай құбырларының, газқұбырларының кәсіптік және магистральдық желілері, сондай-ақ мұнай өнімдері құбырларының магистральдық жүйелері;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кернеуі 35 кВ дейін және 110 кВ дейін және одан жоғары электр беретін магистральдық желілер;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жалпыреспубликалық және халықаралық байланыс желілері және телекомуникациялар.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Күрделі жөндеуді және қайта құруды қосатын инженерлік желілердің және жүйелердің құрылымы</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z39" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) темір жолдың қозғалыс жолдарын электрмен жабдықтау, әуе көлігі кәсіпорындарын электрмен жабдықтау және электрмен жарықтандыру желілері және сыртқы электрмен жарықтандыру құрылғылары, ішкі электрмен жарықтандыру және электрмен жылыту жүйелері:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жиынтықты қосалқы станциялардың негізгі және тіреу конструкцияларының құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       және байланыс желілерінің және өнеркәсіптік электр көлігінің болат тіреулерін орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электр беру желілерінің және байланыс желілерінің сымдарын асу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       найзағайдан қорғау арқандарын асу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       суасты траншеяларда кабельдер төсеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ӘЖ тіреулерінде және тарату құрылғылары конструкцияларында айырғыштарды, разрядтаушыларды, ажыратқыштарды орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бақылау-өлшеу бағаналарын және катодтық станцияларды орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       найзағайдан қорғаудың контурлық және сәулелік жерлендіру бөлшектерін орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шегендермен және темірбетон тақталармен бекіте отырып үйінділерде дабыл нүктелер орнатуға арналған алаңдардың құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ағаш тіреулерді және типтік жерлендіру контурларын жерлендіру құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электрмен жабдықтау құбырларын төсеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тұрғын үйлердің пәтерлерінде электр сымдарын жүргізу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жертөлелерде, шатыр астында, баспалдақ алаңдарында тарту желілерін жүргізу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       арқанға немесе қапсырмаға бекітілетін кабельдерді жүргізу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сымдарды ұзарту және жүргізу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кірме-тарату құрылғыларын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қабаттарда қалқандары орната отырып дайын арналарда тіректер орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жарықтандыру қалқандарын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электр плиталарын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       аралық, бұрыштық және анкерлік негіздердегі фидерлер бекітпесін ілу; </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ғимараттар тіреулерінде және шатырында жайтартқыш, кабель алаңын, сатылар, бақылау-үзілу пункттерін орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қысқаша тұйықталғыштар, айырғыштар, ажыратқыштар, разрядтауыштарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шаппа қосықыштарды, ажыратқыштарды, әуе автоматтарын, штепсель аппараттарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тарту және жарық беру қалқандарын, клеммді қораптарды және тармақтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бір қатарлы және екі қатарлы қалқандарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шкафтарды, пульттарды, сөрелерді және кірме-тарату қондырғыларын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       іске қосқыш-реттегіш және бағыттағыш аппаратураларды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аккумуляторлар, заряды бар сілтілі батареялар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электрмен қыздыру аспаптарын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электр аспаптарын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оқшаулағыштарды орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жерлендіруді орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ішкі электр сымдарын жүргізу;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жоғары және орташа қысымды газбен жабдықтау, төмен қысымды тұрмыстық және өндірістік газбен жабдықтау желілері, ішкі газбен жабдықтау жүйесі:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       газбен жабдықтау құбырларын жүргізу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жапқыш арматуралар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       автоматтандыру жүйесінің бекіту және іріктеу қондырғыларын, өрт сөндіру қондырғысын, құрғақ жақпа жүйесі жабдықтарын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сыйымдылықтарды көбіктендіргіштермен толтыру;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қолданыстағы магистарльдарға құбырларды жалғау және кесу;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) суық және ыстық сумен, жылумен жабдықтау, орталықтанған тұрмыстық, өндірістік және нөсерлік ағындардың кәріз желілері, ішкі су құбыры, жылыту және кәріз жүйелерінің құрылымы:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       су құбыры кәріз және су ағызатын құдықтар құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       су құбыры құдықтары, бастары, су жинағыш бәсеңдеткіштер құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ысырмалар мен крандар кран тораптарының астындағы іргетастар және малтатас-қиыршықтас алаңдар құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сору үйінділеріндегі дренажды құйғылар және лотоктар құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қи тазалау арналарын, кабельді науалар мен лотоктар құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жиналмалы темірбетоннан жасалған су жинағыш лотоктар төсеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       су бұру құбырларын жүргізу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       гидравликалық және пневматикалық құбырларды сынау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сақтандырғыш, қабылдағыш, редукциялық клапандар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сыртқы су құбыры, жылумен жабдықтау, газбен жабдықтау желілерінде ысырма және кері клапандар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       су өлшеу тораптарын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өрт гидранттарын, су тарату колонкаларын, жол крандарын, вантуздар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       конденсат бактарын және жинағыштар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жылдамдықты және сыйымдылықты су жылытқыштарды орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       болат құбырдан жасалған бу және су бөліп тарату қырларын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сумен жабдықтау құбырларын жүргізу;</w:t>
       </w:r>
-      <w:r>
-[...15 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      арқандарға немесе қапсырмаларға бекітілген кабельдер жүргізу;          сымдарды ұзарту және жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кірме-тарату қондырғыларын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бәсеңдеткіш трансформатор орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аралық, бұрыштық және анкерлік негіздерде фидерлер бекітпесін ілу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       діңгекті және бағандық байланыс және радио тарату желілеріне сымдар ілу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       болат құбырлардан жасалған құбыржолдарды жіктерді дәнекерлеп және тармақтар орнатып жүргізу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дайын бөлшектер мен түйіндерден тұратын фланец және дәнекерленген түйісулері бар болаттан жасалған құбырлар жүргізу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       су-газ өткізгіш құбырлардан құбыржолдар, аммиакты және тұзды батареялар, құрғақ жағу жүйелерін, автоматтандыру жүйесін жүргізу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шахта оқпанында, су ағызатын қондырғыларда, гирокөтеру камераларында, пульпаайдау станцияларында болат құбырлардан жасалған құбыржолдар жүргізу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құбырларды төсеген кезде сүзгілер, су және май бөлгіштер, компенсаторлар, қайта түсіру құрылғыларын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       люктер мен кронштейндер орнатылған қондырма құрылғысы бар телефон құдықтары мен қораптары құрылымы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бәсеңдеткіштер табандарындағы алаңдарды жиналмалы темірбетон тақталарымен бекіту;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       радиомачталардың астына негіздер мен ағаш зәкірлер салу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       радиомачталардың астына негіздер және бетон мен темірбетон зәкірлер салу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мачталарға арналған негіздер мен зәкірлер кешендерін салу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       байланыс желілерінің болат тіреулерінің астына блокты немесе қадалық іргетастар салу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       фидерлік желілердің және ағаш, темірбетон автобұғаттау желілерінің тіреулерін орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       болат радиомачталар және радиомұнаралары тіреулерін орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       байланыс желілерінің және өнеркәсіптік электр көлігінің темірбетоннан, ағаштан байланыс және радио тарату желілерінің тіреулерін орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       асбестцемент құбырынан жасалған фидер желілерінің тіреулерін орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тіреулерге тартпалары, қосылыстары бар темірбетонды тақталар, ригельдер және анкерлер сүйемелдеуі, тірегі, тірекке орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       байланыс желілері мен радио тарту желілерінің тіреулеріне ағаш немесе болат траверстер орнату және бекіту;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тіреулерге металл тартпалар және тіреуіштер орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тіреулерге ағаш тіреуіштер мен қосылыстар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қатты көлденең ендік, көпірлер және көлденеңі бар қарау бесіктерін орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ағаш, темірбетон және асбестцемент құбырлардан радиомачталар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       гидравликалық жапқыштар, байпастар, шамдар орнатылған болаттан жасалған құбырлар жүргізу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       арнасыз құбырлар жүргізу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       коррозияға қарсы, армокөбікбетон және битумды-перлитті оқшауланған арнасыз болат құбырларын жүргізу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қолданыстағы желілерде штруцерлер және үш көзді тетіктер ойып орнату, газ құбырларын ажырату және тығындау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тығын-сақиналарды жуу және орнату арқылы құбырлардың төзімділігін және герметикалығын сынау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жерасты коммуникациялары магистральдармен қиылысқан кезде оларды іліп қою;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кірліктер және сүзгілер орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       компенсаторлар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       болаттан құбырлардан жасалған ауа жинағыштар және ауа шығарғыштар және гидравликалық жапқыштар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       элеватор түйіндерін орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       көрсеткіш аспаптар (манометрлер, термометрлер, дәреже көрсеткіштер, әуелік крандар) орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       газ жандыратын құрылғылар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       фонарларды шығырларға орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сүзгілер, скрубберлер, циклондар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ортадан сырттан тепкіш сорғылар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       су ағызу және су ағыту құйғыларын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сыртқы инженерлік желілер мен коммуникацияларды монтаждау бойынша өзге де жұмыстар;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ішкі инженерлік желілер мен жабдықтар орнату жөніндегі жұмыстар:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       суды, газды және электрді есептеу құралдарын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       клапандар, жапқыштар, герметикалық есіктер мен люктерді орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тарату қораптарын, жабдықтардан сорғыларды, кранштейндер, тұғырлар және виброоқшаулағыш негіздердер орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       найзағайдан қорғаудың контурлық және сәулелік жерлендіру бөлшектерін орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қолданыстағы желілерде штруцерлер және үш көзді тетіктер ойып орнату, газ құбырларын ажырату және тығындау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тығын-сақиналарды жуу және орнату арқылы құбырлардың төзімділігін және герметикалығын сынау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құбырларды гидравликалық және пневматикалық сынау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ішкі желілерде бұрандалар, ысырмалар, кері клапандар, крандар және араластырғыштар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сақтандырғыш, қабылдағыш, редукциялық клапандар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       желілік ысырмалар мен крандардың тораптарын жинау және орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       су өлшеуіш түйіндер орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       су жылытқыштар және су қайнатқыштар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жылдамдықты және сыйымдылықты су жылытқыштар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       болат құбырдан жасалған бу және су бөліп тарату қырларын орнату; </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ішкі инженерлік жүйелер мен жабдықтар салу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       компенсаторлар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       болаттан құбырлардан жасалған ауа жинағыштар және ауа шығарғыштар және гидравликалық жапқыштар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       элеватор түйіндерін орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       көрсеткіш аспаптар (манометрлер, термометрлер, дәреже көрсеткіштер, әуелік крандар) орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қатты және сұйық отындарда электр, газ, су жабдықтарын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       газ тақталарын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       газ жандыратын құрылғылар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қысымды реттеуіштер орнату және редуциялау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сүзгілер, скрубберлер, циклондар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       калоферлер және ауа қыздырғыштарын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       желдеткіштер және желдету агрегаттарын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ағынды суару камераларын монтаждау, қызмет көрсету, тегістеу, рециркуляциялау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сумен жылытылатын жылыту және бумен су жылыту қазандықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шойыннан жасалған секциялық жылыту бу қазандықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ортадан тепкіш сорғылар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       болат құбырлардан жасалған құбыржолдарды жіктерді дәнекерлеп және тармақтар орнатып жүргізу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құбырларды төсеген кезде сүзгілер, су және май бөлгіштер, компенсаторлар, қайта түсіру құрылғыларын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жапқыш арматуралар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       автоматтандыру жүйесінің бекіту және іріктеу қондырғыларын, өрт сөндіру қондырғысын, құрғақ жақпа жүйесі жабдықтарын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сыйымдылықтарды көбіктендіргіштермен толтыру;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қолданыстағы магистарльдарға құбырларды жалғау және кесу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сыртқы инженерлік желілер мен жабдықтарды салу бойынша өзге де жұмыстар.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Күрделі жөндеуді және реконструкциялауды қоса алғанда, автомобиль және теміржол құрылысы</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) теміржол жолдарының негіздері және жоғарғы құрылымы:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       отырғаннан кейін жөндей отырып теміржол жолдарының қалыпты жолтабанын бөлек элементтермен жол төсеушілердің төсеуі және басқа ілеспе жұмыстар;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тізбектерді базада дайындай отырып теміржол жолдарының қалыпты жолтабанын бөлек элементтермен жол төсеушілердің төсеуі және ілеспе жұмыстар;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дайын негіздерге бір тізбек рельс төсеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қалыпты жолтабанды жолдарында бағыттамалы бұрмаларды және тоғысқан түсу жолдарын төсеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қалыпты жолтабанды жолдарында тұйық тоғысқан жолдар төсеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       температуралық компенсаторлар төсеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       суасты балластық негіздерге жолдары бар монтаждау рамаларын төсеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       суасты балластық негіздерге жолдары бар темірбетон арқа өрімдерін төсеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трансформаторларды тасымалдау үшін бойлық және көлденең рельс жолдарын төсеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       отырғаннан кейін жөндей отырып теміржол жолдарының жіңішке жолтабанын төсеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жіңішке жолтабанды жолдарда бағыттамалы бұрмаларды және тоғысқан түсу жолдарын төсеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жіңішке жолтабанды жолдарда тұйық тоғысқан жолдар төсеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жіңішке жолтабанды жолдарда айналмалы бұрылыстар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қиыршықтас балласта түйісулер орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қиыршықтас балласта бағыттамалы бұрмалар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жолдың сигнал белгілерін, реперлер, шеткі бұруларды орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жіңішке жолтабанды жолдар арқылы өтпе жолдар салу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жағалаулық және гидротүйіндегі кранасты жолдар салу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қалыпты жолтабанды теміржол арқылы өтпе жолдар салу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рельсті немесе ағаш тіреуіштер салу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2 метрге дейінгі қашықтыққа теміржолдар бағыттарын жылжыту;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бағыттамалы бұрмаларды жылжыту;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       теміржол бағыттарын балласттау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       теміржол бағыттарын салу бойынша өзге де жұмыстар;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) автомобиль жолдарын, аэродром және тікұшақ алаңының ұшу-қону жолақтарын салу және жөндеу бойынша жұмыстар:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       топырақ жолдар салу және жөндеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       автомобиль жолдарының негіздерін салу және жөндеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жұмыр тас және тас төсемнен жасалған қалыптарды салу және жөндеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       автомобиль жолдары төсемдерін салу және жөндеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бетон жиек тастар салу және жөндеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       көпірлердің және өтпе жолдардың жол жабындарын салу және жөндеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рамалық металл және темірбетон жол конструкцияларын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жол жағдайлары элементтерін (жол белгілерін қоса алғанда, сигнал бағандары, жол қоршаулары және т.б.) орнату және жөндеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әртүрлі материалдан жасалған қоршаулар және сүйеніштер элементтерін дайындау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жолдың жүргінші бөлігінің белгілерін салу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аумақты абаттандыру;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       автомобиль жолдарын жөндеу және салу бойынша өзге де жұмыстар;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құрылыс кезінде транзитті көліктерді өткізуге арналған автомобиль жолдарына күн сайын қызмет көрсету және күтіп-ұстауға байланысты жұмыстар;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       автомобиль жолдары негіздерін төсейтін және тегістейтін қабаттар салу және жөндеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       автомобиль жолдарын салу және жөндеу кезіндегі дайындық жұмыстары (жол төсемін, жасанды құрылыстарды уақытша айналма жолдар салу және т.б.);</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       уақытша бос емес жерлерді қалпына келтіру.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Технологиялық жабдықтар, іске қосу-баптау жұмыстарын монтаждау (бөлшекте)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жылу электр станциялары жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жылу күші жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бу, су қыздыру қазандарының элементтерін монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       су тазалау және су дайындауға арналған қондырғыларды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бутурбиналар және газтурбиналар агрегаттарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       стационарлық дизельдер және дизель-генераторлар монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       атом электр станциялары жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       гидроэлектрикалық станциялар және гидротехникалық құрылыстар жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       гидравликалық турбина монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       гидроэлектрстанциялар үшін генераторлар монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       май толтырылған қондырғыларды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       гидротехникалық құрылыстар жабдығын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       гидротурбиналардың металл спиральды камераларының және қаптамаларының конструкцияларын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       көтеру, тартып тазалау механизмдерін және жапқыштар және шлюз қақпаларын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мелиоративтік құрылыстар жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       көмір және шымтезек өндірісі кәсіпордарының жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дайындық пен тазалау және тау-кен ұңғылау жұмыстарын механизациялауға арналған жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жерасты көлігі жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ашық тау қазбаларын өңдеуге арналған жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шымтезек жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ұсату-ұнтақтау байыту және агломерациялық жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ұсату-ұнтақтау жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сұрыптау және байыту жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       агломерациялық жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       химия және мұнай өңдеу өнеркәсібі кәсіпорындарының жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ортақ мақсаттағы жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       азот, аммиак, қышқылдар, тұздар, минералды тыңайтқыштар өндіру жөніндегі кәсіпорындардың жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       синтетикалық каучук және синтетикалық спирт өнеркәсібі кәсіпорындарының жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пластикалық масса, химиялық талшықтар өнеркәсібі кәсіпорындарының жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сыр-бояу кәсіпорындарының жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тау-кен-химия өнеркәсібі, автоматты өрт сөндіру кәсіпорындарының жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оттегі өнеркәсібі кәсіпорындарының жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       орман-химия өнеркәсібінің жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қара металлургия кәсіпорындарының жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі кокс өндірісі жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       болат қорытпа өндірісі жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       үздіксіз құю, сынау, арқандық, торлы машиналарын, тарқату-жинау аппараттарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі метиз өндірісі жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құбыр құю өндірісі жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ферроқорытпа өндірісі жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кокс, домен, метиз өндірісінің қосымша жабдықтарын (жапқыштар, клапандар, муфталар) монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әмбебап үзу машиналарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       түсті металлургия кәсіпорындарының жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ортақ мақсаттағы жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       түсті металлды айырып алу жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       магний цехтары жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       түсті металдарды өңдеуге ар,алған жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       илек өндірісі жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       илек станоктарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құбыр илек және құбыр дәнекерлеу жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құрғақ және сұйық жақпалар станциялары мен жүйелерін, май тазалау машиналарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сұйық үйкеліс мойынтірегін монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       металл өңдейтін жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       металл кесетін станоктарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       металл өңдеу жөніндегі автоматты желілерді монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тығыздағыштарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құю жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ағаш өңдейтін жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ағаш кесу өндірісінің жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ағаш өңдеу және фанер өндірісі жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       желімді-жинау жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сіріңке өндірісі жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       күбі-ыдыстар өндірісі жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       терезе мен есік блоктарын дайындау және жиһазды әрлеу жөніндегі желілер жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       көтеру-көлік жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жүк көтеру крандарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       таспалы, арбалы конвейрлерді, рольгангтерді, тасымалдауыштарды, норийлерді, элеваторды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       көтеру-көлік жабдықтарының түйіндерін монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сөрелерді монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шынжырларды, өтпе секцияларды, арқандарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сынақтан өткізе отырып аспалы арқанды жолдардың жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       торлы сақтандырғыш қоршауларды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лифттерді, көтерілмелі алаңдарды, жалпақ астаулы көтергіштерді, шахталық клеттерді және копрларды, жүк тиеу және түсіру қондырғыларын, арқанды жолдарды және көтерілмелі құрылыстардың басқа конструкцияларын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шығырларды, көтергіш және сүйрегіш машиналарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жіңішке жолтабанды темір жол көлігінің жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       технологиялық металл конструкцияларды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       стандар, рамалар, жолдар, жетектер монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       арқанды аспалы жолдардың арқанын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тіреу металл конструкцияларды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жапқыштарды, шлюз қақпаларын, гидротехникалық құрылыстарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тіректерді, тіреулерді, қамыттарды, рамаларды, жабдықтардың астына төселетін элементтерді монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       науаларды, қораптарды, кабель блоктарын, илек профильдерден жасалған бекітетін конструкцияларды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       домен, болат балқыту өндірісі технологиялық металл конструкцияларын және шахталық кенжарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       табақты болаттан жасалған пневмокөлік құбырларын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       технологиялық құбырларды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       технологиялық жабдықтар және желілерді монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       болат құбырлардан жасалған құбыржолдарды жіктерді дәнекерлеп және тармақтар орнатып төсеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дайын бөлшектер мен түйіндерден тұратын фланец және дәнекерленген түйісулері бар болаттан жасалған құбырлар төсеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       су-газ өткізгіш құбырлардан құбыржолдар, аммиакты және тұзды батареялар, құрғақ жағу жүйелерін, автоматтандыру жүйесін төсеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шахта оқпанында, су ағызатын қондырғыларда, гирокөтеру камераларында, пульпаайдау станцияларында болат құбырлардан жасалған құбыржолдар төсеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құбырларды төсеу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құбырларды төсеген кезде сүзгілер, су және май бөлгіштер, компенсаторлар, қайта түсіру құрылғыларын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жапқыш арматуралар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       автоматтандыру жүйесінің бекіту және іріктеу қондырғыларын, өрт сөндіру қондырғысын, құрғақ жақпа жүйесі жабдықтарын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сыйымдылықтарды көбіктендіргіштермен толтыру;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қолданыстағы магистарльдарға құбырларды жалғау және кесу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құрылыс материалдары, бұйымдары мен конструкциялары өнеркәсібі кәсіпорындарының жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       араластырғыш және таратқыш жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       көтеру-көлік жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       цемент, жеңіл толтырғыштар өндірісіне арналған жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шыны, сұрыпты ыдыстар және шыныталшық өндірісіне арналған жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       асбестцемент бұйымдары өндірісіне арналған жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кірпіш, жабынқыш, қыш бұйымдар, қож блоктар және қождарды түйіршіктеу өндірісіне арналған жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       гипс және гипсті бұйымдар өндірісіне арналған жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаптама тастарын өндіруге және өңдеуге арналған жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жылыту санитарлық-техникалық қондырғыларын өндірісіне арналған жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       темірбетон бұйымдары және кеуекті бетоннан жасалған бұйымдар өндірісіне арналған жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       арматуралық болаттан каркастар дайындауға арналған жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әк өндірісіне арналған жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қамысты бұйымдар, ағаш-жоңқалық тақталар өндірісіне арналған жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       слюдаларды өңдеуге және асбест өндірісіне арналған жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       целлюлоза-қағаз өндірісі өнеркәсібі кәсіпорындарының жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өңдеуге ағаш шикізатын дайындауға, целлюлоза және жартылай целлюлоза өндірісіне арналған жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қағаз, қатты қағаз, тауарлық целлюлоза және тауарлық ағаш массасы өндірісіне арналған жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бұйымдарда қағазды және қатты қағазды өңдеуге, қағазды, қатты қағазды және целлюлозаны кесуге, сорттауға, орауға және тасымалдауға арналған жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       полиграфия өнеркәсібі кәсіпорындарының жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мәтіндік және стереотипті қалыпты дайындауға арналған жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       басып шығару, көшіру-көбейту жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       брошюра жасау-түптеу, картонаждық және таза жазылған бұйымдарды дайындауға және әрлеуге, картонаж өндірісіне арналған жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауыл шаруашылығы өндірісі жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сүт жинау және сақтау жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       су көтеру, су жылыту және суару жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жем дайындау жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ірі қара малға тіреуіш және ұрғашы шошқаларға станоктық жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       көтеру-көлік жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құстарды өсіру және сақтау жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жүн қырқу пункттерін және қоян фермасы жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       науаларды, жемдерді тасымалдау-тарату жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қи тазалау жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       астық қоймалары және астықты өңдеу кәсіпорындарының жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       астықты кептіру және тазалауға арналған жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ұн және жүгері дайындауға арналған жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құрама жем дайындауға арналған жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мөлшерлеу, араластыру, тігу жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       көлік және тарату жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       түсіру-тиеу жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өзге де жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       микробиология өнеркәсібі кәсіпорындарының жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жеңіл өнеркәсіп кәсіпорындарының жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       былғары өндірісі кәсіпорындарының жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тері илеу-сығынды өнеркәсібі жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аяқ киім өндірісі жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қосалқы бөлшектер өндірісі жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тоқу, тоқыма-галантерея өнеркәсібінің жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тоқыма матаны бояу және әрлеу өнеркәсібі жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       үлбір өнеркәсібі жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тігу, жылы-ылғалды өңдеу жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қайыс-ер өндірісі, тері-галантерея өнеркәсібі жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қылды-щеткалық өнеркәсіп жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       байпақ-киіз өнеркәсібі жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қайталама шикізатты өңдеу жөніндегі жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кептіруге және дезинфекция арналған жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тегістегіш, төсемелік үстелдер орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тоқыма мата өнеркәсібі жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тоқыма өндірісі кәсіпорындарының жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мата өндірісі жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       созу, иіру, айналдыру, зығыр-кендір өндірісі машиналарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тоқыманы әрлеуші өндіріс жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мақта тазалау зауыттары және піллә шикізатын өңдеу жөніндегі жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тамақ өнеркәсібі кәсіпорындарының жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       нан пісіру өнеркәсібі жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қант өнеркәсібі жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ет және құс етін өңдеу өнеркәсібі жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       балық өнеркәсібі кәсіпорындарының жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сүт өндірісі кәсіпорны жабдықтарын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       май-тоң май өнеркәсібі кәсіпорындарының жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       консерві, құсконцентраты және көкөніс кептіру өнеркәсібі кәсіпорындарының жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       макарон, кондитерлік өнеркәсіп кәсіпорындарының жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ашытқы, крахмал-сірне, шарап жасау, алькогольсіз өнеркәсіп кәсіпорындарының жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       темекі бұйымдары және шай кәсіпорындарының жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сауда және қоғамдық тамақтану кәсіпорындарының жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаңылтыр ыдыстар өндірісі жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салмақтық жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электртехникалық өнеркәсіп кәсіпорындарының жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кабель жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электр машиналарын жасауға арналған жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       химиялық тоқ көздері өндірісіне арналған жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сынауға арналған жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бұйымдарды бояуға арналған жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электрқыш өндірісі және электроқшаулағыш материалдар өндірісіне арналған жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жарық көздері өндірісіне арналған жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электртехникалық қондырғыларды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       күш трансформаторларын және қосалқы станцияларды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       май суытқыштарды және жылу алмасқыштарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       реакторларды және конденсаторларды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қысқаша тұйықталғыштарды, айырғыштарды, ажыратқыштарды, разрядтауыштарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ток және кернеу, бәсеңдеткіш трансформаторларды, автотрансформаторларды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ток қабылдау қондырғылары бар электрлік машиналарын және агрегаттарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шаппа қосықыштарды, ажыратқыштарды, әуе автоматтарын, штепсель аппараттарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тарту және жарық беру қалқандарын, клеммді қораптарды және тармақтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бір қатарлы және екі қатарлы қалқандарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шкафтарды, пульттарды, сөрелерді және кірме-тарату қондырғыларын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       іске қосқыш-реттегіш және бағыттағыш аппаратураларды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аккумуляторлар, заряды бар сілтілі батареялар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электрмен қыздыру аспаптарын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электр аспаптарын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оқшаулағыштарды орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       иілгіш шиналанған шиналық көпірлер және секцияларға бөлінген пункттер орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қалалық электрлендіңрілген көлік желілерінің жабдықтарын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       асбестцемент тақталарын, өту және бөлу тақтайларын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жерлендіру орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шырақтар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шина өткізгіштер, троллейлер, ток сымдарын, рельс контурларын жерлендіріп жүргізу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       корпус аралық шина өткізгіштерді және магистральдық шиналауды жүргізу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өнеркәсіптік, теміржол және қалалық көліктерде байланыс желілерін жүргізу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сыртқы жарықтандыру желілерін жүргізу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       муфталар орнатып және ұштарды бөліп кабель желілерін жүргізу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ішкі электр сымдарын жүргізу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электр құралдарын кептіріп оларға трансформатор майын құю;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       төсеніштер орнатып кабельді кірпішпен немесе тақталармен жабы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шахтадағы арқанды дабылы құрылғысы;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       теміржолдарды электрлендіру кезінде жабдықтарды тасымалдау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауасығымдағыш машиналарды, сорғыларды және желдеткіштерді монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауасығымдағыш агрегаттарды және поршеньді, орталықтан тепкіш детандерлер монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       желдету жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ортақ пайдаланудағы сорғылық агрегаттарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электр пештерін монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       көмекші қондырғыларды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тұрмыстық машиналар мен аспаптарды жөндеу жөніндегі кәсіпорындардың жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       матаны жууға, үтіктеуге, бүктеуге арналған машиналарды мен қондырғыларды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       киімдер мен кілемдерді химиялық тазалау және бояуға арналған машиналарды мен қондырғыларды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тұрмыстық машиналарды және аспаптарды жөндеу жөніндегі кәсіпорындарға арналған машиналарды мен қондырғыларды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       газдарды тазалауға арналған жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       газдарды электрлік және механикалық тазалауға арналған жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электр сүзгілерді монтаждау кезіндегі ілеспе жұмыстарды орындау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электронды өнеркәсіп және байланыс құралдары кәсіпорындарының жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вакуумды жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       термиялық жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дәнекерлеу жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       механикалық өңдеу жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шыны және қыш өндірісі жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       химиялық процестер жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дәнекерлеу, орақ пайдаланудағы және сынақ жүргізу жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оптикалық және дәлдік механика жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       байланыс құралдары өнеркәсібі кәсіпорындарының жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       теміржол көлігіндегі дабыл беру, орталықтандыру және бұғаттау жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электр таяқшалар жүйесі және бағдарлық-бақылау қондырғылары, механикалық орталықтандыру және жартылай автоматты бұғаттау жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       диспетчерлік, электрлік орталықтандыру және бұғаттау жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сұрыптау дөңестерінің және пневматикалық пошталарды механикаландыруға, автоматтандыруға арналған жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электр қоректендіретін және кабелдік құрылғылар жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       байланыс жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қоршау құрылғылары, жарығы және дабылы бар тағандар каркастарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жоғары жиіліктегі байланыстар аппаратураларын қоса алғанда, телефон станциясы жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       радиостанцияларды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       радиобюро, радиостанция, радио тарату тораптарының жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тиісті жұмыстармен және іске қосумен байланысты антенна құрылғыларынмонтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       радио- және телеорталықтары жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       метрополитен мен тоннельдер жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лифттерді монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       эскалаторды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       желдету клапандарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шахталар және теміржол көлігі байланысының аппаратурасын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       беттерді бұғаттай отырып электрлік дабыл, өрт, шақыру және қашықтықтан дабыл беру аппаратураларын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       су салқындату қондырғыларының таратқыштарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электрлік және механикалық бұғаттау байланыстарымен есіктерді монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пошта байланысын механикаландыру жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қоршауларды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       байланыс желілерінің және станциялық кабелдер жүргізу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       станциялық, толқындық, сымдарды жүргізу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       фидерлік және толқындық желілерді жүргізу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       артық қысымды трансформаторларды және фидерлік шлейфтерді, толқыны бар жүйелерді орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қолданыстағы кабельдерге абоненттердің әрекеттерін үзіп алмай жалғау жүргізу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кәрізден кабель тарту;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       автоматтандыру және есептеу техникалары аспаптарын, құралдарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аспаптар орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әртүрлі параметрлерде индикаторлар, датчиктер, дабыл бергіштер орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ақпаратты жедел басқару және бақылау, жинау және беру аппаратураларын орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       атқарушы механизмдер және реттегіштер орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       панельдер, қалқандар, тағандар, пульттер орнату;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тиісті жұмыстармен бірге түтікті сымдар және пневматикалық құбырлар салу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тиісті жұмыстармен бірге металл панельдер бойынша және қалқандарда электр сымдарын салу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қоректендіру көздерін монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аспаптарды тексеруге арналған зертханалар жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мамандандырылған басқару жүйесінің аппаратурасын және есептеу техникасын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       денсаулық сақтау мекемелерінің және медицина өнеркәсібі кәсіпорындарының жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       зарарсыздандыру және дәріханалық жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       отолорингологиялық және тіс емдеу жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       физиотерапиялық кабинеттердің жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рентген кабинеттерінің жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       анестезия, жасанды тыныс алу және оттекпен терапияға арналған жалпыхирургиялық жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       офтальмологиялық жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акушерлік-гинекологиялық және урология жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       диагностикалық зерттеулерге және зертханаға арналған жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауруханалық, дезинфекция және дезинсекция жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       медицина өнеркәсібі кәсіпорындарының жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       театр-ойын-сауық кәсіпорындарының жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       білім беру объектілерінің жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       спорттық мақсаттағы объектілердің жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сахналық жабдықтарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарсы салмақты тақталарды монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       арқандарды ілу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       театр-ойын-сауық кәсіпорнының дыбыс-техникалық қондырғыларын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кинематография кәсіпорындарының жабдықтарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       байланыс құрылғыларын, аварияға қарсы қорғау, бақылау және дабыл беру жүйелерін, көлікті бұғаттау, электр энергетикасы және сумен жабдықтау объектілерін, басқа тіршілікті қамтамасыз ететін объектілерді, сондай-ақ өндірістік мақсаттағы есептеу және бақылау аспаптарын монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өздігін тіреу оқшауланған сымдарды жүргізу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       технологиялық жабдықтардың өзге де түрлерін монтаждау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       технологиялық жабдықтарды монтаждау жөніндегі өзге де жұмыстар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>