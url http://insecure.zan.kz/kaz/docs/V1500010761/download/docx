--- v0 (2025-11-26)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e909811" w14:textId="e909811">
+    <w:p w14:paraId="985f7db" w14:textId="985f7db">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -8000,82 +8000,682 @@
         <w:t>
       66. Қажет болған жағдайда (тиісті лауазымдардың болмауы, қылмыстық құқықбұзушылық жасалған ауданның шалғайлығы) анықтау функцияларын жүзеге асыратын қызметтердің қызметкерлері басқа санаттағы қылмыстық құқық бұзушылықтар бойынша анықтау, хаттамалық формада және бұйрықтық өндіріс тәртібінде сотқа дейінгі тергеп-тексеру жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="328"/>
     <w:bookmarkStart w:name="z347" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
             67. Анықтау бөлімшелері құрылымдық бөлімшелер болып табылады және Тергеу департаментінің, Департаменттердің, қалалық, аудандық, желілік органдардың басшылары мен тергеу және анықтау бөлімшелеріне жетекшілік ететін орынбасарларына бағынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z355" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...21 lines deleted...]
-    </w:p>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7-тарау. Тергеушінің көмекшілері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z356" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 7-тармаумен толықтырылды – ҚР Ішкі істер министрінің 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1078</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z357" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68. Тергеушінің көмекшілері қылмыстық істерді дайындау, жүргізу және сүйемелдеу барысында жәрдем көрсету, процестік талаптардың сақталуын қамтамасыз ету және тергеу бөлімшелерінің жұмыс тиімділігін арттыру мақсатында тағайындалады. Бұл ретте тергеушінің көмекшісі дербес процестік өкілеттіктерге ие болмайды және тек тергеушінің тапсырмалары шеңберінде әрекет етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z358" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69. Көмекшіні тергеушіге бекіту осы тарауда көзделген міндеттер мен функциялардың көлемін айқындай отырып, бөлімше басшысының бұйрығымен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z359" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70. Тергеушінің көмекшісінің міндеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z360" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қылмыстық іс материалдарын дайындау және жүйелеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z361" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тергеушінің тапсырмасы бойынша тергеу әрекеттерін сүйемелдеу, сондай-ақ тергеу әрекеттерін жүргізу барысында алынған материалдардың техникалық рәсімделуін және реттелуін қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z362" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қызметтік құжаттаманы жүргізу, процестік құжаттарды дайындау және оларды белгіленген нысанда рәсімдеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z363" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тергеушінің, анықтаушының тапсырмасы бойынша сарапшылармен, анықтау органдарымен және өзге де бөлімшелермен өзара іс-қимылды қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z364" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) міндеттерін тиісінше орындамағаны үшін тәртіптік жауаптылыққа тартылу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z365" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) сотқа дейінгі тергеп-тексеру деректерін жария етуге жол бермеу туралы ҚПК </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>201-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> талаптарын сақтау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z366" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71. Тергеушінің көмекшісінің құқықтары:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z367" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бөлімше басшысының бұйрығымен бекітілген өкілеттіктер шеңберінде жұмыс үшін қажетті материалдарды алу, ақпараттық жүйелер мен дерекқорларға қол жеткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z368" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қызметтік кеңестер мен нұсқамаларға қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z369" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қылмыстық істерді сапалы және уақтылы жүргізуге қосқан үлесін бағалау негізінде ақшалай сыйақыларды және өзге де материалдық немесе материалдық емес ынталандыру шараларын алу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z370" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8-тарау. Тергеу және анықтау бөлімшелерінің қызметкерлерін көтермелеу жүйесін және тәртіптік практиканы жетілдіру</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z371" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 8-тармаумен толықтырылды – ҚР Ішкі істер министрінің 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1078</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z372" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-параграф. Тергеу және анықтау бөлімшелері қызметкерлерін көтермелеу және қолдау тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z373" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72. Тергеу және анықтау бөлімшелері қызметкерлерінің ынтасын арттыру, сондай-ақ қызметтік жұмыстың белгіленген көрсеткіштеріне қол жеткізген қылмыстық істерді сапалы және уақтылы тергеуді ынталандыру мақсатында ақшалай сыйақылармен тоқсан сайын көтермелеу практикасы енгізілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z374" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73. Аталған сыйақылар еңбекақы төлеуге көзделген бюджет қаражатының үнемделуі есебінен төленуі мүмкін және "Қазақстан Республикасы ішкі істер органдарының тергеушілері мен анықтаушыларының жеке рейтингін айқындау әдістемесін бекіту туралы" Қазақстан Республикасы Ішкі істер министрінің 2015 жылғы 22 шілдедегі № 617 бұйрығымен бекітілген қызметкерлер рейтингіне сәйкес қызметтік жұмысын бағалаудың объективті өлшемшарттары негізінде қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z375" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-параграф. Тергеу және анықтау бөлімшелері қызметкерлерін тәртіптік жауаптылыққа тарту тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z376" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74. Тәртіптік жазаларды қолдану жол берілген процестік бұзушылықтың сипаты мен салдарын, оның тергеудің толықтығына, объективтілігіне және заңдылығына әсер ету дәрежесін ескере отырып жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z377" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75. Процестік қызметті тексеру нәтижелері бойынша тәртіптік ықпал ету шаралары бұзушылық қылмыстық процесс қатысушыларының құқықтарын елеулі түрде шектеуге әкеп соққан немесе соған әкеп соғуы мүмкін болған, не анықталған нақты мән-жайлардың бұрмалануына алып келген жағдайларда ғана қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z378" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76. Тергеу барысына, қылмыстық құқық бұзушылықты саралауға немесе қылмыстық процесс қатысушыларының конституциялық құқықтарына әсер етпейтін елеусіз процестік бұзушылықтар қатаң тәртіптік жауаптылыққа тартуға негіз болып табылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z379" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мұндай бұзушылықтарға техникалық, грамматикалық, орфографиялық қателер, сондай-ақ процестік шешімнің мазмұнына әсер етпейтін процестік құжаттарды дайындау кезіндегі өзге де дәлсіздіктер жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z380" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77. Тәртіптік жаза қолдану туралы шешім бөлімше басшысы жол берілген бұзушылықтың мән-жайларын жан-жақты зерделеу, оның салдарын бағалау, сондай-ақ қызметкерге түсетін нақты жүктемені міндетті түрде ескере отырып қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z381" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      78. Сотқа дейінгі тергеп-тексеруді жүзеге асыру барысында жол берілген тәртіптік теріс қылықтар үшін, сондай-ақ "Құқық қорғау қызметі туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген жалпы негіздер бойынша тергеушілер мен анықтаушыларды тәртіптік жауаптылыққа тарту астана, республикалық маңызы бар қалалар және облыстары полиция департаменттері бастықтарының келісімімен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z382" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79. Сотқа дейінгі тергеп-тексеру жүргізу кезінде жол берілген процестік бұзушылықтар үшін "атқаратын лауазымынан босату" және "ішкі істер органдарынан шығару" түріндегі тәртіптік жазаларды салу Қазақстан Республикасы ІІМ Тергеу департаментімен міндетті түрде келісуге жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="357"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8167,80 +8767,80 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 220 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z22" w:id="330"/>
+    <w:bookmarkStart w:name="z22" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ішкі істер министрлігі әскери-тергеу бөліністерінің қызметін ұйымдастыру жөніндегі</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>НҰСҚАУЛЫҚ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkEnd w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Нұсқаулық алып тасталды - ҚР Ішкі істер министрінің 06.04.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8284,55 +8884,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>