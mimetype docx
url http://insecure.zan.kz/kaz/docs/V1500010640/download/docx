--- v0 (2025-11-14)
+++ v1 (2025-12-31)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7421298" w14:textId="7421298">
+    <w:p w14:paraId="62b305b" w14:textId="62b305b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1232,1014 +1232,758 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қойылатын талаптарға сәйкес келуі қажет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z34" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. "Объектілер құрылысы жобаларына ведомстводан тыс кешенді сараптама жүргізуге үміткер заңды тұлғаларды аккредиттеу" мемлекеттік көрсетілетін қызметін көрсету тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Мемлекеттік көрсетілетін қызмет Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитеті (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...12 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13. Заңды тұлға (бұдан әрі - көрсетілетін қызметті алушы) мемлекеттік көрсетілетін қызметті алу үшін құжаттармен бірге өтінішті электрондық құжат нысанында, электрондық - цифрлық қолтаңбасымен (бұдан әрі-ЭЦҚ) куәландырылған түрде "электрондық үкіметтің" веб-порталы www.egov.kz немесе сәулет, қала құрылысы және құрылыс саласындағы ақпараттандыру нысаны "e-Qurylys.kz" ақпараттық (www.equrylys.kz) (бұдан әрі – ақпараттық жүйе).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z82" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) мемлекеттік монополияға жатқызылған жобаларды қоспағанда, құрылысқа арналған жобаларға (техникалық-экономикалық негіздемелерге және жобалау-сметалық құжаттамаға) міндетті ведомстводан тыс кешенді сараптама жүргізу үшін аккредиттеу туралы куәлікті алған кезде осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтінішті жолдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z83" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) ерекше индустриялық аймақтың аумағында объектілер салуға арналған жобаларға (техникалық-экономикалық негіздемелерге және жобалау-сметалық құжаттамаға) міндетті ведомстводан тыс кешенді сараптама жүргізу үшін аккредиттеу туралы куәлікті алған кезде осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтінішті жолдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z84" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) куәлікті қайта ресімдеу кезінде осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z85" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мемлекеттік қызмет көрсету бойынша негізгі талаптар тізбесін қамтитын қосымша, оның ішінде "Объектілер құрылысының жобаларына ведомстводан тыс кешенді сараптама жүргізуге үміткер заңды тұлғаларды аккредиттеу" осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес (бұдан әрі - Мемлекеттік қызмет көрсету бойынша негізгі талаптар тізбесі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">      Ескерту. 13-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...115 lines deleted...]
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...101 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Мемлекеттік қызмет көрсету үшін қажетті құжаттар тізбесі мемлекеттік көрсетілетін қызмет негізгі талаптардың тізбесі 8-тармағымен анықталған.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы құжаттардың мәліметтері көрсетілетін қызметті берушіге "электрондық үкімет" шлюзі арқылы ақпараттық жүйелерден ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушы ақпараттық жүйелердегі заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісім береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушының "жеке кабинетіне" мемлекеттік көрсетілетін қызмет нәтижесін алу күні мен уақыты көрсетіле отырып, мемлекеттік қызметті көрсету үшін өтініштің қабылданғаны туралы мәртебе жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...201 lines deleted...]
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 14-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...186 lines deleted...]
-    <w:bookmarkStart w:name="z41" w:id="30"/>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Мемлекеттік қызмет көрсету процесінің құрамына кіретін іс-әрекеттер, орындалу ұзақтығы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z42" w:id="31"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z42" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген құжаттармен өтінішті автоматты тіркеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z43" w:id="32"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z43" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) куәлікті электрондық нысанда беру, қайта ресімдеу көрсетілетін қызметті берушінің қатысуынсыз ақпараттық жүйемен (компьютермен) 20-40 (жиырма - қырық) минутта өтініш қабылданғаннан кейін жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z44" w:id="33"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z44" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Көрсетілетін қызметті беруші "Мемлекеттік көрсетілетін қызметтер туралы" заңның 5-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11) тармақшасына сәйкес ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне Мемлекеттік қызмет көрсету сатысы туралы деректерді енгізуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z45" w:id="34"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z45" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Сараптама ұйымдарының аккредиттеу туралы куәліктері заңды тұлғаның атауы және (немесе) орналасқан жері өзгерген жағдайларда қайта ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z46" w:id="35"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z46" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Сараптама ұйымдарының аккредиттеу туралы куәліктерінің қолданылуын тоқтата тұру, қайта бастау, одан айыру (қайтарып алу) "Рұқсаттар және хабарламалар туралы" 2014 жылғы 16 мамырдағы Қазақстан Республикасы Заңының (бұдан әрі – "Рұқсаттар және хабарламалар туралы" Заң) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>45-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген тәртіппен және (немесе) негіздер бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z47" w:id="36"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z47" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Объектілер құрылысы жобаларына ведомстводан тыс кешенді сараптаманы және ерекше индустриялық аймақ аумағында объектілер салуға арналған объектілер құрылысы жобаларына ведомстводан тыс кешенді сараптаманы жүзеге асыру қолданыстағы куәлігі болған жағдайда жүзеге асыруға жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z48" w:id="37"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z48" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5 тарау. Көрсетілетін қызметті берушілердің және (немесе) олардың лауазымды адамдарының мемлекеттік қызметтер көрсету мәселелері бойынша шешімдеріне, әрекеттеріне(әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z49" w:id="38"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z49" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының мемлекеттік қызметтер көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану үшін шағым көрсетілетін қызметті алушыға әкімшілік актіні қабылдағаны немесе әрекеттерді (әрекетсіздіктерді) жасағаны туралы белгілі болған күннен бастап 3 (үш) айдан кешіктірілмей беріледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шағымды қарайтын органға (жоғары тұрған әкімшілік органға және (немесе) лауазымды адамға);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2324,130 +2068,130 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік қызметті тікелей көрсететін көрсетілетін қызметті беруші оны тіркеген күннен бастап 5 (бес) жұмыс күні ішінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган оны тіркеген күннен бастап 15 (он бес) жұмыс күні ішінде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="39"/>
+    <w:bookmarkStart w:name="z50" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Заңның 25-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес көрсетілетін қызметті берушінің, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның шағымды қарау мерзімі қажет болған жағдайларда 10 (он) жұмыс күнінен аспайтын мерзімге ұзартылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z51" w:id="40"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z51" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) шағым бойынша қосымша зерделеу немесе тексеру не жергілікті жерге барып тексеру жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z52" w:id="41"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z52" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қосымша ақпарат алу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағымды қарау мерзімі ұзартылған жағдайда шағымдарды қарау бойынша өкілеттіктер берілген лауазымды адам шағымды қарау мерзімі ұзартылған кезден бастап 3 (үш) жұмыс күні ішінде шағым берген өтініш берушіге ұзарту себептерін көрсете отырып, шағымды қарау мерзімінің ұзартылғаны туралы жазбаша нысанда (шағым қағаз жеткізгіште берілген кезде) немесе электрондық нысанда (шағым электрондық түрде берілген кезде) хабарлайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2478,70 +2222,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес көрсетілетін қызметті беруші шағымды қарайтын органға ол келіп түскен күннен бастап 3 (үш) жұмыс күні ішінде жібереді. Көрсетілетін қызметті беруші қолайлы акт қабылданған, шағымда көрсетілген талаптарды толық қанағаттандыратын әкімшілік іс-әрекет жасалған жағдайда шағымды қарайтын органға шағымды жібермейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағымды қарайтын органның шағымды қарау мерзімі шағым түскен күннен бастап 20 (жиырма) жұмыс күнін құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="42"/>
+    <w:bookmarkStart w:name="z53" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Шағымды қарайтын органның шешімімен келіспеген жағдайда, көрсетілетін қызметті алушы шағымды қарайтын басқа органға немесе ҚР ӘРПК 100-бабының 6-тармағына сәйкес сотқа жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2625,68 +2369,68 @@
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="43"/>
+    <w:bookmarkStart w:name="z55" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> АККРЕДИТТЕУ ТУРАЛЫ КУӘЛІК  №________  Осы аккредиттеу туралы куәлік  _________________________________________________________________  (заңды тұлғаның атауы)  _________________________________________________________________,  (мекенжайы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік монополияға жатқызылған жобаларды қоспағанда, құрылысқа арналған жобаларға (техникалық-экономикалық негіздемелерге және жобалау-сметалық құжаттамаға) міндетті ведомстводан тыс кешенді сараптама жүргізу құқығына</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2876,68 +2620,68 @@
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="44"/>
+    <w:bookmarkStart w:name="z57" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> АККРЕДИТТЕУ ТУРАЛЫ КУӘЛІК  №________  Осы аккредиттеу туралы куәлік  _________________________________________________________________  (заңды тұлғаның атауы)  _________________________________________________________________,  (мекенжайы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ерекше индустриялық аймақтың аумағында объектілер салуға арналған жобаларға (техникалық-экономикалық негіздемелерге және жобалау-сметалық құжаттамаға) міндетті ведомстводан тыс кешенді сараптама жүргізу үшін құқығына</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3127,68 +2871,68 @@
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="45"/>
+    <w:bookmarkStart w:name="z59" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Құрылысқа арналған жобаларды сараптау жөніндегі аккредиттелген сараптама ұйымдарының тізілімі </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -3810,68 +3554,68 @@
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="46"/>
+    <w:bookmarkStart w:name="z61" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш ______________________________________________________________  (уәкілетті органның толық атауы)  _____________________________________________________________  (заңды тұлғаның толық атауы, бизнес-сәйкестендіру нөмірінің деректемелері)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік монополияға жатқызылған жобаларды қоспағанда, құрылысқа арналған жобаларға (техникалық-экономикалық негіздемелерге және жобалау-сметалық құжаттамаға) міндетті ведомстводан тыс кешенді сараптама жүргізу үшін сараптама ұйымы ретінде аккредиттеуді сұраймын</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4225,68 +3969,68 @@
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="47"/>
+    <w:bookmarkStart w:name="z63" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш ______________________________________________________________  (уәкілетті органның толық атауы)  _____________________________________________________________  (заңды тұлғаның толық атауы, бизнес-сәйкестендіру нөмірінің деректемелері)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ерекше индустриялық аймақтың аумағында объектілер салуға арналған жобаларға (техникалық-экономикалық негіздемелерге және жобалау-сметалық құжаттамаға) міндетті ведомстводан тыс кешенді сараптама жүргізу үшін ерекше индустриялық аймақтың сараптама ұйымы ретінде аккредиттеуді сұраймын</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4640,68 +4384,68 @@
               </w:rPr>
               <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="48"/>
+    <w:bookmarkStart w:name="z65" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш аккредиттеу туралы куәлікті қайта ресімдеу үшін заңды тұлғаның</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5178,186 +4922,50 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                   (қолы)             (тегі, аты, әкесінің аты (бар болса))</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Толтыру күні: "__" __________ 20__ жыл</w:t>
-      </w:r>
-[...134 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5420,50 +5028,174 @@
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>аккредиттеу қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 7-қосымша жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
@@ -5482,51 +5214,145 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Объектілер құрылысының жобаларына ведомстводан тыс кешенді сараптама жүргізуге үміткер заңды тұлғаларды аккредиттеу" мемлекеттік көрсетілетін қызмет стандарты</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Объектілер құрылысының жобаларына ведомстводан тыс кешенді сараптама жүргізуге үміткер заңды тұлғаларды аккредиттеу" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Құрылысқа арналған жобаларға (техникалық-экономикалық негіздемелер мен ЖСҚ) міндетті кешенді ведомстводан тыс сараптама жүргізу үшін сараптама ұйымдарын аккредиттеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Арнайы индустриялық аймақтың аумағында объектілерді салуға арналған жобаларға (техникалық-экономикалық негіздемелер мен ЖСҚ) міндетті кешенді ведомстводан тыс сараптама жүргізу үшін арнайы индустриялық аймақтардың сараптама ұйымдарын аккредиттеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заңды тұлғаның атауы және (немесе) орналасқан жері өзгерген кезде куәлікті қайта ресімдеу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5595,51 +5421,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрлігінің Құрылыс және тұрғын үй-коммуналдық шаруашылық іcтepі комитеті</w:t>
+Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің Құрылыс және тұрғын үй-коммуналдық шаруашылық іcтepі комитеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5672,87 +5498,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету тәсілдері (кіру арналары)</w:t>
+Мемлекеттік қызмет көрсету тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Электрондық үкіметтің" веб-порталы: www.egov.kz.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сәулет, қала құрылысы және құрылыс саласындағы ақпараттандыру нысаны "e-Qurylys.kz" ақпараттық (www.equrylys.kz)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5933,52 +5777,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Электрондық (толық автоматтандырылған) </w:t>
+              <w:t>
+Электрондық (толық автоматтандырылған)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6255,125 +6099,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс графигі</w:t>
+Көрсетілетін қызметті берушінің, ақпарат объектілерінің жұмыс графигі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) көрсетілетін қызметті берушінің жұмыс кестесі - Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерінен басқа, дүйсенбіден бастап жұманы қоса алғанда сағат 09.00-ден 18.30-ға дейін, түскі үзіліс сағат 13.00-ден 14.30-ға дейін;</w:t>
-[...37 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндері өтініш жасаған кезде, өтініштерді қабылдауды және мемлекеттік көрсетілетін қызметтің нәтижесін беруді келесі жұмыс күнінде жүзеге асырады).</w:t>
+1) көрсетілетін қызметті берушілер – Қазақстан Республикасының Еңбек кодексіне (бұдан әрі-Кодекс) сәйкес демалыс және мереке күндерін қоспағанда, белгіленген жұмыс кестесіне сәйкес дүйсенбіден жұмаға дейін, түскі үзіліспен сағат 13.00-ден 14.30-ға дейін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) портал - жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, Қазақстан Республикасының еңбек Кодексіне сәйкес демалыс және мереке күндері өтініш жасаған кезде, өтініштерді қабылдауды және мемлекеттік көрсетілетін қызметтің нәтижесін беруді келесі жұмыс күнінде жүзеге асырады).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6441,52 +6265,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-1) мемлекеттік монополияға жатқызылған жобаларды қоспағанда, құрылысқа арналған жобаларға (техникалық-экономикалық негіздемелерге және жобалау-сметалық құжаттамаға) міндетті ведомстводан тыс кешенді сараптама жүргізу үшін аккредиттеу туралы куәлікті алған кезде порталға: </w:t>
+              <w:t>
+1) мемлекеттік монополияға жатқызылған жобаларды қоспағанда, құрылысқа арналған жобаларға (техникалық-экономикалық негіздемелерге және жобалау-сметалық құжаттамаға) міндетті ведомстводан тыс кешенді сараптама жүргізу үшін аккредиттеу туралы куәлікті алған кезде порталға:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 осы Қағидаларға </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
@@ -6535,52 +6359,52 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес мемлекеттік монополияға жатқызылған жобаларды қоспағанда, құрылысқа арналған жобаларға (техникалық-экономикалық негіздемелерге және жобалау-сметалық құжаттамаға) міндетті ведомстводан тыс кешенді сараптама жүргізу ұйымының аккредиттеуден өтуі үшін мәліметтер нысаны;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-2) ерекше индустриялық аймақтың аумағында объектілер салуға арналған жобаларға (техникалық-экономикалық негіздемелерге және жобалау-сметалық құжаттамаға) міндетті ведомстводан тыс кешенді сараптама жүргізу үшін аккредиттеу туралы куәлікті алған кезде порталға: </w:t>
+              <w:t>
+2) ерекше индустриялық аймақтың аумағында объектілер салуға арналған жобаларға (техникалық-экономикалық негіздемелерге және жобалау-сметалық құжаттамаға) міндетті ведомстводан тыс кешенді сараптама жүргізу үшін аккредиттеу туралы куәлікті алған кезде порталға:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 осы Қағидаларға </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
@@ -6858,51 +6682,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып, өзге де талаптар</w:t>
+Мемлекеттік қызмет көрсету, оның ішінде электрондық нысанда көрсету ерекшеліктері ескеріле отырып, өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6912,51 +6736,69 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсетілетін қызметті алушының қашықтықтан қол жеткізу режимінде порталдың "жеке кабинеті", сондай-ақ мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы арқылы мемлекеттік қызметті көрсетудің тәртібі мен мәртебесі туралы ақпаратты алу мүмкіндігі бар.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызметтер көрсету мәселелері жөніндегі анықтамалық қызметтердің байланыс телефондары Министрліктің: www.gov.kz, көрсетілетін қызметті берушінің интернет-ресурстарында орналастырылған. Мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы: (1414).</w:t>
+Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің анықтамалық қызметтерінің байланыс телефондары сәулет, қала құрылысы және құрылыс істері жөніндегі уәкілетті органның және көрсетілетін қызметті берушінің интернет-ресурстарында www.gov.kz орналастырылған.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы: (1414).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -7045,88 +6887,88 @@
               </w:rPr>
               <w:t>8-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z68" w:id="49"/>
+    <w:bookmarkStart w:name="z68" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік монополияға жатқызылған жобаларды қоспағанда, құрылысқа арналған жобаларға (техникалық-экономикалық негіздемелерге және жобалау-сметалық құжаттамаға) міндетті ведомстводан тыс кешенді сараптама жүргізу ұйымының аккредиттеуден өтуі үшін мәліметтер нысаны</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z69" w:id="50"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z69" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Сараптамалық ұйымның қала құрылысы, жобалау алдындағы және жобалау-сметалық құжаттаманы сараптау жөніндегі сарапшының тиісті аттестаты бар қызметкерлер туралы мәліметтер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -7973,70 +7815,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескертпе: Заңның 64-8-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес сарапшыға сәулет, қала құрылысы және құрылыс қызметіне байланысты кәсіпкерлік қызметтің өзге түрлерімен айналысуға және осы қызметтің өзге субъектілерімен еңбек, қаржы және (немесе) өзге де тәуелді қатынастарда болуға тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="51"/>
+    <w:bookmarkStart w:name="z70" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) меншік құқығында немесе өзге де заңды негізде әкімшілік-тұрмыстық үй-жайлардың болуы туралы мәліметтер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -8531,70 +8373,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z71" w:id="52"/>
+    <w:bookmarkStart w:name="z71" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жобаларға (техникалық-экономикалық негіздемелерге және жобалау-сметалық құжаттамаға) міндетті ведомстводан тыс кешенді сараптаманы жүзеге асыру үшін қажетті материалдық-техникалық жарақтандыру, оның ішінде бағдарламалық қамтамасыз ету туралы мәліметтер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -9291,70 +9133,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z72" w:id="53"/>
+    <w:bookmarkStart w:name="z72" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Жобаларға сараптама жүргізу сапасын бақылау жүйесі туралы мәліметтер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -9582,70 +9424,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z73" w:id="54"/>
+    <w:bookmarkStart w:name="z73" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Нормативтік-анықтамалық және әдіснамалық әдебиет туралы мәліметтер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10359,88 +10201,88 @@
               </w:rPr>
               <w:t>9-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z75" w:id="55"/>
+    <w:bookmarkStart w:name="z75" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ерекше индустриялық аймақтың аумағында объектілер салуға арналған жобаларға (техникалық-экономикалық негіздемелерге және жобалау-сметалық құжаттамаға) міндетті ведомстводан тыс кешенді сараптама жүргізу ұйымының аккредиттеуден өтуі үшін мәліметтер нысаны</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z76" w:id="56"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z76" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Сараптамалық ұйымның қала құрылысы, жобалау алдындағы және жобалау-сметалық құжаттаманы сараптау жөніндегі сарапшының тиісті аттестаты бар қызметкерлер туралы мәліметтер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -11287,70 +11129,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескертпе: Заңның 64-8-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес сарапшыға сәулет, қала құрылысы және құрылыс қызметіне байланысты кәсіпкерлік қызметтің өзге түрлерімен айналысуға және осы қызметтің өзге субъектілерімен еңбек, қаржы және (немесе) өзге де тәуелді қатынастарда болуға тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z77" w:id="57"/>
+    <w:bookmarkStart w:name="z77" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) меншік құқығында немесе өзге де заңды негізде әкімшілік-тұрмыстық үй-жайлардың болуы туралы мәліметтер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11845,70 +11687,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z78" w:id="58"/>
+    <w:bookmarkStart w:name="z78" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жобаларға (техникалық-экономикалық негіздемелерге және жобалау-сметалық құжаттамаға) міндетті ведомстводан тыс кешенді сараптаманы жүзеге асыру үшін қажетті материалдық-техникалық жарақтандыру, оның ішінде бағдарламалық қамтамасыз ету туралы мәліметтер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -12605,70 +12447,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z79" w:id="59"/>
+    <w:bookmarkStart w:name="z79" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Жобаларға сараптама жүргізу сапасын бақылау жүйесі туралы мәліметтер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -12896,70 +12738,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z80" w:id="60"/>
+    <w:bookmarkStart w:name="z80" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Нормативтік-анықтамалық және әдіснамалық әдебиет туралы мәліметтер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>