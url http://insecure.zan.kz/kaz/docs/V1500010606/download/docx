--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="cc13d2a" w14:textId="cc13d2a">
+    <w:p w14:paraId="a648664" w14:textId="a648664">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -779,229 +779,601 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2. Осы Қағидалардың қолданысы балық және басқа да су жануарларын жасанды өсіруге қолданылатын су айдындарынан басқа, балық ресурстарын және басқа да су жануарларын аулау, көбейту және өсіру үшін пайдаланылатын немесе пайдаланылуы мүмкін не олардың запастарының өсімін молайту үшін маңызы бар Қазақстан Республикасының барлық балық шаруашылығы су айдындарына және (немесе) учаскелеріне (өзендер және оларға теңестірілген каналдар, көлдер, сулы-батпақты алқаптар, су қоймалары, тоғандар және басқа да ішкі су айдындары, аумақтық сулар), сондай-ақ теңіз суларына таралады.</w:t>
+        <w:t xml:space="preserve">
+      2. Осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12) тармақшаларының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2), 3), 4), 6), 12), 18) және 19) тармақшаларының, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тарауының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күші "Аквашаруашылық туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес көл-тауар шаруашылық қызметін жүргізуге арналған балық шаруашылығы су айдындарына және (немесе) учаскелеріне қолданылмайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда – ҚР Экология, геология және табиғи ресурстар министрінің 26.11.2019 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 86</w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z9" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Заңды тұлға мәртебесі бар ерекше қорғалатын табиғи аумақтардың құрамына кіретін су айдындарында балық аулау "Ерекше қорғалатын табиғи аумақтар туралы" Қазақстан Республикасының 2006 жылғы 7 шілдедегі </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> реттеледі.</w:t>
+      3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұлға мәртебесі бар ерекше қорғалатын табиғи аумақтардың құрамына кіретін су айдындарында балық аулау "Ерекше қорғалатын табиғи аумақтар туралы" Қазақстан Республикасының Заңымен реттеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z10" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы Балық аулау қағидаларында мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аншлаг –өсімді молайту учаскелері мен тыныштық аймақтарының, балық шаруашылығы су айдындарының және (немесе) учаскелерінің атауы мен шекараларын, сондай-ақ аңшылыққа және балық аулауға тыйым салынған мерзімдер мен орындарды көрсететін маңдайша жазу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...28 lines deleted...]
-      3) балықшы – бекітіліп берілген балық шаруашылығы су айдындарында және (немесе) учаскелерінде өзінің еңбек міндеттемелеріне қарай балық ресурстарын және басқа да су жануарларын аулауды жүзеге асыратын балық шаруашылығы субъектісінің қызметкері;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) алып тасталды - ҚР Ауыл шаруашылығы министрінің м.а. 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) алып тасталды - ҚР Ауыл шаруашылығы министрінің м.а. 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) балық аулау – балық ресурстарын және басқа да су жануарларын аулау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1011,50 +1383,68 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) балық аулаушы – Қазақстан Республикасының заңнамасында белгiленген тәртiппен әуесқойлық (спорттық) балық аулау құқығын алған жеке тұлға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      5-1) балық ресурстарын және басқа да су жануарларын пайдалануға рұқсат (бұдан әрі – рұқсат) – жеке және заңды тұлғаларға балық ресурстарын және басқа да су жануарларын пайдалануға, сондай-ақ ауланған балықтар мен басқа да су жануарларын, олардың бөліктері мен дериваттарын, оның ішінде балық аулау олжаларын әкетуге және өткізуге құқық беретін, белгіленген нысандағы құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       6) балықтардың көбею кезеңі – белгілі бір балық түрінің уылдырық шашатын уақыт кезеңі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) балықтың кәсіпшілік мөлшері – тұмсығының ұшынан құйрық қанатының орталық жарықшағы негізіне дейін өлшенетін (аузы жабық кезде) аулауға жол берілетін балық өлшемі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1072,228 +1462,302 @@
       8) балықтардың қырылуы – балық ресурстарының және басқа да су жануарларының су айдынының және (немесе) учаскесінің гидрохимиялық және өзге де режимінің бұзылуынан туындаған жаппай қырылуы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) балықтың қырылу қаупі бар су айдыны және (немесе) учаскесі – балық шаруашылығының балық әлсін-әлсін қырылуға ұшырайтын су айдыны және (немесе) учаскесі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      10) балықтардың өріс аударуы – балықтардың бір мекендеу ортасынан екінші ортаға жаппай ауысуы;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10) алып тасталды - ҚР Ауыл шаруашылығы министрінің м.а. 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) балық ресурстары және басқа да су жануарлары – сулы ортада мекендейтін барлық жануардың жалпы жиынтығы, оның ішінде өсімдіктерді қоспағанда, су биологиялық ресурстары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес балық ресурстарын және басқа да су жануарларын қорғаумен, өсімін молайтумен, акваөсірумен, балық өсірумен, балық аулаумен, сондай-ақ қайта өңдеумен және өткізумен байланысты шаруашылық қызмет түрі;</w:t>
+        <w:t>
+      12) балық шаруашылығы – балық ресурстарын және басқа да су жануарларын қорғаумен, өсімін молайтумен, балық аулаумен, сондай-ақ қайта өңдеумен және өткізумен байланысты шаруашылық қызмет түрі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12-1) балық шаруашылығы саласындағы уәкілетті орган (бұдан әрі – уәкілетті орган) – балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласында басшылықты, сондай-ақ өз өкілеттіктері шегінде салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13) балық шаруашылығы субъектісі – қызметінің негізгі бағыты балық шаруашылығын жүргізу болып табылатын жеке немесе заңды тұлға;</w:t>
+      13) балық шаруашылығы субъектісі – қызметінің негізгі бағыты балық шаруашылығын жүргізу болып табылатын жеке және заңды тұлға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) балық шаруашылығы су айдындарының және (немесе) учаскелерінің резервтік қоры – жануарлар дүниесін пайдаланушыларға бекітіліп берілмеген балық шаруашылығы су айдындары және (немесе) учаскелері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...48 lines deleted...]
-        <w:t xml:space="preserve"> белгіленген (нормативтік құқықтық актілерін мемлекеттік тіркеу тізімінде № 10168 тіркелген) нысан бойынша құжат;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15) алып тасталды - ҚР Ауыл шаруашылығы министрінің м.а. 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      16) алып тасталды - ҚР Ауыл шаруашылығы министрінің м.а. 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) жануарлар дүниесін пайдаланушылар – Заңға сәйкес жануарлар дүниесін пайдалану құқығы берілген жеке және заңды тұлғалар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1310,82 +1774,106 @@
       18) ихтиологиялық байқаулар – балық шаруашылығы су айдыны ихтиофаунасының жай-күйі туралы деректерді жинау және зерделеу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) кездейсоқ ауланым – рұқсаттарда көрсетілмеген балықтар мен басқа да су жануарлары түрлерінің дара нұсқалары және (немесе) белгіленген кәсіпшілік мөлшерден кішірек балық түсетін ауланымның бір бөлігі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...30 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес балық шаруашылығы субъектілерінің бекітіліп берілген балық шаруашылығы су айдындарында және (немесе) учаскелерінде жануарлар дүниесін қорғау функцияларын жүзеге асыратын құрылымдық бөлімшесі;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      20) алып тасталды - ҚР Ауыл шаруашылығы министрінің м.а. 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) қыстау шұңқыры – қысқы кезеңде балықтардың су айдыны түбінің шұңқырларында жаппай жинақталатын орны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1484,240 +1972,426 @@
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) уылдырық шашу – балықтардың жетілген уылдырықты шашу процесі және оның кейіннен ұрықтануы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...34 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      25) алып тасталды - ҚР Ауыл шаруашылығы министрінің м.а. 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      26) алып тасталды - ҚР Ауыл шаруашылығы министрінің м.а. 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің 07.02.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткеннен кейін қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Ауыл шаруашылығы министрінің м.а. 18.08.2025 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткеннен кейін қолданысқа енгізіледі); өзгерістер енгізілді - ҚР Ауыл шаруашылығы министрінің м.а. 18.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 249</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z11" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Балық аулауды жүзеге асыру тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
-[...10 lines deleted...]
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тараудың тақырыбы жаңа редакцияда – ҚР Экология, геология және табиғи ресурстар министрінің 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-тармақ жаңа редакцияда көзделген – ҚР Ауыл шаруашылығы министрінің м.а. 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Балық ресурстарын және басқа да су жануарларын пайдалану жалпы және арнайы пайдалану тәртібінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жануарлар дүниесін жалпы пайдалануға мекендеу ортасынан алмай жануарлар дүниесі объектілерін, сондай-ақ олардың пайдалы қасиеттерін пайдалану жатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1810,70 +2484,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="12"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Балық аулау мынадай түрлерге бөлінеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) кәсіпшілік балық аулау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2044,164 +2718,202 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="13"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Балық аулау қолдануға рұқсат етілген кәсіпшілік және кәсіпшілік емес балық аулау құралдарының түрлері мен тәсілдерінің тізбесіне (бұдан әрі - тізбе) кіргізілген балық аулау құралдарымен, тәсілдермен және әдістермен (нормативтік құқықтық актілерін мемлекеттік тіркеу тізімінде № 10266 тіркелген) "Қолдануға рұқсат етілген кәсіпшілік және кәсіпшілік емес балық аулау құралдарының түрлері мен тәсілдерінің тізбесін бекіту туралы" Қазақстан Республикасы Ауыл шаруашылығ министрінің 2015 жылғы 16 қаңтардағы № 18-04/17 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Балық ресурстары және басқа да су жануарларының кәсіпшілік мөлшері осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес белгіленеді. Кәсіпшілік мөлшер деп көзінің ортасынан құйрық тілімшесінің соңына дейін өлшенетін аулауға жол берілетін шаяндардың өлшемі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z15" w:id="14"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рұқсаттарда көрсетілмеген балық түрлері мен басқа да су жануарларының және (немесе) белгіленген кәсіпшілік мөлшерден кем балықтардың кездейсоқ ауланымы ұяшықталатын аулау құралдарында ауланған балықтың сегіз пайызынан және сүзгіш аулау құралдарында ауланғанның бес пайызынан аспайтын көлемде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Кездейсоқ ауланым рұқсат етілген көлемнен асып кеткен жағдайда, барлық ауланым кідіріссіз табиғи мекендеу ортасына аз зақыммен жіберіліп, "Аңшылық шаруашылықтар, өсімін молайту учаскелері мен тыныштық аймақтары, балық шаруашылығы су айдындарының және (немесе) учаскелерінің шекаралары аншлагтарының үлгілерін, сондай-ақ аң аулау мен балық аулау үшін тыйым салынған мерзімдер мен орындарды, балық ресурстарын және басқа да су жануарларын аулауды есепке алу журналының (кәсіпшілік журналдың) нысанын бекіту туралы" Қазақстан Республикасы Ауыл шаруашылығы министрінің 2012 жылғы 13 наурыздағы № 25-03-02/96 </w:t>
-[...37 lines deleted...]
-      Бекіре тұқымдас балық түрлерін қолдан өсіру мақсаттары үшін өсімін молайту кешенінің мемлекеттік тапсырысты орындайтын мемлекеттік кәсіпорындары кездейсоқ ауланым ретінде алынған балықтарды балықтардың уылдырық шашуын гормондық демеу препараттарын өндіру, сондай-ақ оларды күтіп-бағуға арналған азық өндіру үшін пайдалануы мүмкін.</w:t>
+      Кездейсоқ ауланым рұқсат етілген көлемнен асып кеткен жағдайда, барлық ауланым зақымдануды барынша азайта отырып, "Қазақстан Республикасы Ауыл шаруашылығы министрлігінің кейбір мәселелері" Қазақстан Республикасы Үкіметінің 2005 жылғы 6 сәуірдегі № 310 қаулысымен бекітілген Қазақстан Республикасы Ауыл шаруашылығы министрлігі туралы ереженің 15-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>508-89) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша балық ресурстарын және басқа да су жануарларын аулауды есепке алу журналына (кәсіпшілік журналына) (бұдан әрі – кәсіпшілік журнал) тиісті жазба енгізіле отырып, табиғи мекендеу ортасына жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бекіре тұқымдас балық түрлерін қолдан өсіру мақсаттары үшін өсімін молайту кешенінің мемлекеттік тапсырысты орындайтын мемлекеттік кәсіпорындары кездейсоқ ауланым ретінде алынған балықтарды балықтардың уылдырық шашуын гормондық демеу препараттарын өндіру, сондай-ақ оларды күтіп-бағуға азық үшін пайдалана алады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бекіре тұқымдас балық түрлері кездейсоқ ауланған жағдайларда, сондай-ақ бекіре тұқымдас балық түрлері бар иесіз балық аулау құралдары табылған кезде тіршілік етуге қабілетті дарақтар табиғи мекендеу ортасына жіберілуі немесе мемлекеттік тапсырыс шеңберінде бекіре тұқымдас балық түрлерінің құртшабақтарын өсіруді жүзеге асыратын мемлекеттік кәсіпорындарға берілуі тиіс, ал тіршілік етуге қабілетсіз (шалажансар) дарақтар табиғи мекендеу ортасына жіберілуі тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2229,610 +2941,610 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бағалы, сирек кездесетін және құрып кету қаупі төнген балық түрлері мен басқа да су жануарларының тіршілік етуге қабілетсіз (шалажансар) дарақтарының кездейсоқ аулану фактілері кәсіпшілік журналында немесе рұқсатта немесе жолдамада тіркеледі және мемлекеттік инспектордың жою туралы тиісті акті (еркін нысанда) жасауы арқылы жойылуға жатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Шаяндарды аулау кәсіпшілік емес мөлшерлердегі шаяндарды алмастан жүзеге асырылады. Кәсіпшілік емес мөлшердегі шаяндар балық аулау құралдарына түскен жағдайда кідіріссіз аз зақыммен табиғи мекендеу ортасына жіберілуі тиіс.</w:t>
+      Шаяндарды аулау кәсіпшілік емес мөлшерлердегі шаяндарды алмай жүзеге асырылады. Кәсіпшілік емес мөлшердегі шаяндар балық аулау құралдарына түскен жағдайда табиғи мекендеу ортасына жіберілуі тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда – ҚР Экология, геология және табиғи ресурстар министрінің 26.11.2019 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 86</w:t>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="15"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">9. Заңның 39-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мына жағдайларда:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z82" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) су шаруашылығы және гидротехникалық құрылысжайлардың, шлюздер мен көпірлердің жанында, көлдерді өзара және негізгі өзенмен жалғастыратын тармақтарда, мелиорациялық жүйелердің жеткізу арналары мен бұрмаларда, өзендер мен арналардың сағаларысу айдынының құятын тұсынан екі жағындағы 500 метр қашықтықта және су айдынының 500 метрден ішкі қашықтықта, сондай-ақ өзен немесе арнаның ағысымен жоғары қарай 1500 метр қашықтықтағы аралығында;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z82" w:id="16"/>
-[...15 lines deleted...]
-      1) су шаруашылығы және гидротехникалық құрылысжайлардың, шлюздер мен көпірлердің жанында, көлдерді өзара және негізгі өзенмен жалғастыратын тармақтарда, мелиорациялық жүйелердің жеткізу арналары мен бұрмаларда, өзендер мен арналардың сағаларысу айдынының құятын тұсынан екі жағындағы 500 метр қашықтықта және су айдынының 500 метрден ішкі қашықтықта, сондай-ақ өзен немесе арнаның ағысымен жоғары қарай 1500 метр қашықтықтағы аралығында;</w:t>
+    <w:bookmarkStart w:name="z83" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы Балық аулау қағидаларында қолданылуы көзделмеген аулау құралдарымен;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z83" w:id="17"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z84" w:id="18"/>
+    <w:bookmarkStart w:name="z84" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) қыс мезгілінде балықтар қыстайтын шұңқырларда, уылдырық шашу кезінде уылдырық шашатын жерлерде және өзге де учаскелерде тиісті ғылыми ұйымдар берген биологиялық негіздеме негізінде уәкілетті орган белгілейтін мерзімдерде және орындарда; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z85" w:id="19"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z85" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) "Ішкі су көлігі туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен тіркелмеген және тіркеу нөмірлерімен белгіленбеген қалқымалы құралдармен;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z86" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) балық ресурстарын және басқа да су жануарларын пайдалануға арналған рұқсатқа сәйкес балық аулау құралдарының ұйымдық атауы мен параметрлерін көрсете отырып, биркасы жоқ кәсіпшілік балық аулау құралдарымен;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z86" w:id="20"/>
-[...15 lines deleted...]
-      5) балық ресурстарын және басқа да су жануарларын пайдалануға арналған рұқсатқа сәйкес балық аулау құралдарының ұйымдық атауы мен параметрлерін көрсете отырып, биркасы жоқ кәсіпшілік балық аулау құралдарымен;</w:t>
+    <w:bookmarkStart w:name="z87" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) бекіре тұқымдас балықтарды теңізде және өзендерде аулауға арналған жиналмалы аулау құралдарымен;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z87" w:id="21"/>
-[...15 lines deleted...]
-      6) бекіре тұқымдас балықтарды теңізде және өзендерде аулауға арналған жиналмалы аулау құралдарымен;</w:t>
+    <w:bookmarkStart w:name="z88" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) алкогольден немесе есірткіден масаң күйде немесе өзге де типтегі уланған күйде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z88" w:id="22"/>
-[...15 lines deleted...]
-      7) алкогольден немесе есірткіден масаң күйде немесе өзге де типтегі уланған күйде;</w:t>
+    <w:bookmarkStart w:name="z89" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) осы Балық аулау қағидаларымен, шектеулермен және тыйымдармен жол берілмейтін тәсілдермен;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z89" w:id="23"/>
-[...15 lines deleted...]
-      8) осы Балық аулау қағидаларымен, шектеулермен және тыйымдармен жол берілмейтін тәсілдермен;</w:t>
+    <w:bookmarkStart w:name="z90" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) аулау құралдарымен өзеннің немесе өзен тармағы енінің үштен екісінен астамын қамтып;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z90" w:id="24"/>
-[...15 lines deleted...]
-      9) аулау құралдарымен өзеннің немесе өзен тармағы енінің үштен екісінен астамын қамтып;</w:t>
+    <w:bookmarkStart w:name="z91" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) құрмалы аулау құралдарын шахматтық тәртіппен, вентерлер мен секреттерді өзендер мен бастаулардың, құятын каналдардың сағасынан бес жүз метр радиуста орнатып;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z91" w:id="25"/>
-[...15 lines deleted...]
-      10) құрмалы аулау құралдарын шахматтық тәртіппен, вентерлер мен секреттерді өзендер мен бастаулардың, құятын каналдардың сағасынан бес жүз метр радиуста орнатып;</w:t>
+    <w:bookmarkStart w:name="z92" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) кәсіпшілік балық аулауды жүзеге асыру кезінде су шаруашылығы және гидротехникалық құрылысжайлардың, шлюздер мен көпірлерден бес жүз метрден жақын қашықтықта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z92" w:id="26"/>
-[...15 lines deleted...]
-      11) кәсіпшілік балық аулауды жүзеге асыру кезінде су шаруашылығы және гидротехникалық құрылысжайлардың, шлюздер мен көпірлерден бес жүз метрден жақын қашықтықта;</w:t>
+    <w:bookmarkStart w:name="z93" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) тиісті ғылыми ұйымдар берген биологиялық негіздеме негізінде уәкілетті орган белгілейтін орындарда және мерзімдерде балық ресурстары және басқа да су жануарлары көбейетін кезеңде олардың шоғырланатын орындарда және көші-қон жолдарында;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z93" w:id="27"/>
-[...15 lines deleted...]
-      12) тиісті ғылыми ұйымдар берген биологиялық негіздеме негізінде уәкілетті орган белгілейтін орындарда және мерзімдерде балық ресурстары және басқа да су жануарлары көбейетін кезеңде олардың шоғырланатын орындарда және көші-қон жолдарында;</w:t>
+    <w:bookmarkStart w:name="z94" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) жарылғыш құрылғыларды, улы химикаттарды және басқа да химиялық препараттарды, сондай-ақ атыс қаруын қолданып;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z94" w:id="28"/>
-[...15 lines deleted...]
-      13) жарылғыш құрылғыларды, улы химикаттарды және басқа да химиялық препараттарды, сондай-ақ атыс қаруын қолданып;</w:t>
+    <w:bookmarkStart w:name="z95" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) уәкілетті органның рұқсатынсыз балық аулауға рұқсат етілген кәсіпшілік және кәсіпшілік емес құралдар түрлерінің және балық аулау тәсілдерінің тізбесіне енгізілмеген балық аулау құралдарының түрлері мен тәсілдерін қолдана отырып балық аулауға жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z95" w:id="29"/>
-[...15 lines deleted...]
-      14) уәкілетті органның рұқсатынсыз балық аулауға рұқсат етілген кәсіпшілік және кәсіпшілік емес құралдар түрлерінің және балық аулау тәсілдерінің тізбесіне енгізілмеген балық аулау құралдарының түрлері мен тәсілдерін қолдана отырып балық аулауға жол берілмейді.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 18.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 249</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z78" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-1. Аулау құралына жапсырманың нысаны осы Қағидаларға 2-қосымшада көрсетілген.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 18.08.2025 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тарау 9-1-тармақпен толықтырылды - ҚР Премьер-Министрінің орынбасары – ҚР Ауыл шаруашылығы министрінің 06.10.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 421</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="30"/>
-[...81 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="31"/>
+    <w:bookmarkStart w:name="z17" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Заңның 14-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2847,51 +3559,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мен 39-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес балық шаруашылығы су айдындарында және (немесе) учаскелерінде жануарлар дүниесі объектілерін сақтау мақсатында:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өсімдіктерді жоюға және балық ресурстары және басқа да су жануарлары мекендейтін ортаның жағдайларын нашарлататын өзге де іс-әрекеттерге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2953,87 +3665,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) балықтардың және басқа да су жануарларының сирек кездесетін және жойылып кету қаупі төнген түрлерін, олардың бөліктерін немесе дериваттарын Қазақстан Республикасы Үкіметінің шешімінсіз алып қоюға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) балық ресурстарын және басқа да су жануарларын белгіленген лимиттен артық және жануарлар дүниесін пайдалануға арналған рұқсаттарда немесе жолдамаларда көрсетілген мерзімдерден тыс, сондай-ақ тыныштық аймақтарында олжалауға;</w:t>
+      6) балық ресурстарын және басқа да су жануарларын белгіленген лимиттен артық және рұқсатта немесе жолдамаларда көрсетілген мерзімдерден тыс, сондай-ақ тыныштық аймақтарында және өсімін молайту учаскелерінде олжалауға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) балық ресурстарын және басқа да су жануарларын осы Қағидаларда көзделмеген оларды олжалау құралдарының, әдістерінің және тәсілдерінің түрлерін қолдана отырып олжалауға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) жарылғыш құрылғыларды, улы химикаттарды қолдана отырып балық ресурстарын және басқа да су жануарларын олжалауға;</w:t>
+      8) жарылғыш құрылғыларды, улы химикаттарды және басқа да химиялық препараттарды қолдана отырып (дала кемiргiштерiн жою кезiнде, сондай-ақ жануарлардың құтыру iндетi мен басқа да аурулары жағдайларында улы химикаттарды қолдануды қоспағанда) жануарлар дүниесi объектiлерiн аулауға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) уәкілетті органның рұқсатынсыз балық ресурстарын және басқа да су жануарларын интродукциялауды, реинтродукциялауды және будандастыруды жүргізуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3106,62 +3818,106 @@
       12) елді мекендердің, балық қабылдау пункттерінің жанына бакендер орнату үшін аялдауды және аса қажет жағдайды қоспағанда, балық аулауға тыйым салынған жерлерде су көлігінің тоқтауына;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) әр түрлі аулау құралдарының түрін бір балық шаруашылығы су айдындарынан және (немесе) учаскелерінен басқаларына арнайы өңдеусіз алып баруға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      14) жергілікті атқарушы органның рұқсатынсыз өзендерде жаңа балық шаруашылығы учаскелерін, ұйықтарды (ұйықтық учаскелерді), ағызу және жүзу жолдарын ашуға;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14) алып тасталды - ҚР Ауыл шаруашылығы министрінің м.а. 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) су айдындарында немесе оған тікелей жақын жерде қолдану осы Қағидаларда көзделмеген балық аулау құралдарымен болуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3189,479 +3945,523 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) осы Қағидаларда белгіленген кәсіпшілік өлшемнен кем мөлшерде балық аулауға, қабылдауға, сатып алуға-сатуға, тасымалдауға және сақтауға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18) жеке және заңды тұлғаларға түрін көрсетпестен немесе "басқа" және "майда" деген атаумен тапсыруды және қабылдауды жүзеге асыруға;</w:t>
+      18) жеке және заңды тұлғаларға балықтың түрін көрсетпей тапсыруды және қабылдауды жүзеге асыруға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) екі және одан да көп аумен (құлыптаудағы) сүзуді бір мезгілде жүргізуге, сондай-ақ алдыңғы ауды жағалауға толық лақтырғанға дейін ауды сүзуді бастауға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20) балық шаруашылығы су айдындарында және (немесе) учаскелерінде балық аулауға тыйым салынған кезеңде, сондай-ақ балық аулауға тыйым салынған жерлерде аумақтық бөлімшемен келісусіз қозғалтқыштары қосылған су көлігінің барлық түрлерінің жүруіне;</w:t>
-[...17 lines deleted...]
-      21) санитариялық күзет аймақтары мен акваториялар шегінде жануарлар дүниесін пайдалануға рұқсатсыз және осы Қағидаларда көзделген құжаттарды ресімдеусіз жеке және заңды тұлғалардың балық ресурстарын және басқа да су жануарларын сатып алуына және өткізуіне жол берілмейді.</w:t>
+      20) уәкілетті орган ведомствосы аумақтық бөлімшесінің (бұдан әрі –аумақтық бөлімше) келісімінсіз балық шаруашылығы су айдындарында және (немесе) учаскелерінде, сондай-ақ балық аулауға тыйым салынған орындарда балық аулау үшін тыйым салынған кезеңге қозғалтқыштары қосылған су көлігінің барлық түрлерінің қозғалысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) санитариялық қорғау аймақтары мен акваториялар шегінде жеке және заңды тұлғалардың балық ресурстарын және басқа да су жануарларын рұқсатсыз және осы Қағидаларда көзделген құжаттарды рәсімдеусіз сатып алу және өткізу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда – ҚР Экология, геология және табиғи ресурстар министрінің 26.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; өзгеріс енгізілді - ҚР Ауыл шаруашылығы министрінің м.а. 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="32"/>
+    <w:bookmarkStart w:name="z18" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Кәсіпшілік балық аулау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-тараудың тақырыбы жаңа редакцияда – ҚР Экология, геология және табиғи ресурстар министрінің 26.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="33"/>
+    <w:bookmarkStart w:name="z19" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Кәсіпшілік балық аулау - балық ресурстары мен басқа да су жануарларын бір мезгілде көп мөлшерде аулауға мүмкіндік беретін және (немесе) су айдынының (кәсіпшілік аулау құралдарымен) бір бөлігін қамтитын, бөліп тұратын аулау құралдарымен мекендеу ортасынан балық ресурстарын және басқа да су жануарларын алып қоюды қамтамасыз ететін кешенді процесс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z20" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z20" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Заңның 34-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес кәсіпшілік балық аулау жағалауда және теңізде аулау арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жағалауда аулау бекітіліп берілген балық шаруашылығы су айдындарында және (немесе) учаскелерінде, ұйықтарда (ұйықтық учаскелерінде) жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Теңізде аулау бекітіліп берілген учаскелер шегінен тыс су айдындарының (теңіздердің, көлдердің) ашық бөлігінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Жергілікті атқарушы орган белгілейтін рекреациялық балық аулау аймақтарында кәсіпшілік балық аулауға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:p>
-[...51 lines deleted...]
-      13. Жергілікті атқарушы орган белгілейтін рекреациялық балық аулау аймақтарында кәсіпшілік балық аулауға жол берілмейді.</w:t>
+    <w:bookmarkStart w:name="z22" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. Заңның 35-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жеке және заңды тұлғалар мыналар болған кезде балық аулауға құқылы болады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z22" w:id="36"/>
-[...15 lines deleted...]
-      14. Заңның 35-бабының 1-тармағына сәйкес кәсіпшілік балық аулау құқығы жеке және заңды тұлғаларға:</w:t>
+    <w:bookmarkStart w:name="z96" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) рұқсаттар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z97" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) аумақтық бөлімшемен жасалған балық шаруашылығын жүргізуге арналған шарттар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 14-тармақ жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің 03.05.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 140</w:t>
+        <w:t xml:space="preserve">      Ескерту. 14-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="37"/>
+    <w:bookmarkStart w:name="z23" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Кеме капитаны, бригадир, звеньевой немесе кәсіпшілік балық аулау кезіндегі жауапты тұлға, кеменің бортында, сонымен қоса балық кәсіпшілік учаскесінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рұқсатты;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3716,70 +4516,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="38"/>
+    <w:bookmarkStart w:name="z24" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Кәсіпшілік балық аулауды жүзеге асыратын адамдар әрбір аулауды аумақтық бөлімшелер белгілейтін балық қабылдау пунктінде кәсіпшілік журналына тіркейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кәсіпшілік журналы тігіледі және нөмірленеді, балық шаруашылығы субъектісінің немесе жануарлар дүниесі пайдаланушысының қолымен бекітіледі және аумақтық бөлімшенің мөрімен куәландырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3816,186 +4616,186 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткеннен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="39"/>
+    <w:bookmarkStart w:name="z25" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. (нормативтік құқықтық актілерін мемлекеттік тіркеу тізімінде № 6196 тіркелген) Қазақстан Республикасы Ауыл шаруашылығы министрінің 2010 жылғы 19 наурыздағы № 185 "Балық ресурстарын және басқа да су жануарларын аулап алу, су айдынындағы кәсіпшілік жағдай, берілген жолдамалар туралы мәліметтерді уәкілетті органға ұсыну ережесін бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен және мерзімде, аумақтық бөлімшеге балық ресурстарын және басқа да су жануарларын аулау, су айдынындағы кәсіпшілік жағдай, берілген жолқұжаттар туралы мәліметтер жануарлар дүниесін пайдаланушымен беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z26" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z26" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Әуесқойлық (спорттық) балық аулау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-тараудың тақырыбы жаңа редакцияда – ҚР Экология, геология және табиғи ресурстар министрінің 26.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="41"/>
+    <w:bookmarkStart w:name="z27" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Әуесқойлық (спорттық) балық аулау - бір-бірлеп аулауға ғана (кәсіпшілік емес аулау құралдары) мүмкіндік беретін аулау құралдарымен жүзеге асырылатын, спорттық және эстетикалық қажеттіліктерді қанағаттандыру, спорттық жарыстарды өткізу мақсатында, сондай-ақ аулап алынған өнімді жеке тұтыну үшін балық ресурстарын және басқа да су жануарларын аулау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z28" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z28" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Әуесқойлық (спорттық) балық аулау әртүрлі жабдықтармен (жылтырауық, мормышка, воблер, мушка және басқа да еліктіргіштер) қамтылған қармақсаптардың барлық түрлерімен, сондай-ақ, лақтырма қармақтармен және жерлицалармен жүргізіледі. Балық аулау кезінде сүзекі тек көмекші құрылғы ретінде пайдаланылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шаян аулағыштардың саны бір балық аулаушыға үш данадан аспауы тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4050,128 +4850,128 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="43"/>
+    <w:bookmarkStart w:name="z29" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Балық шаруашылығы су айдындарының және (немесе) учаскелерінің резервтік қорында әуесқойлық (спорттық) балық аулау бір балықшыға бір шыққанда бес килограммға дейін ақысыз қандай да бір рұқсатсыз жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Балық шаруашылығы су айдындарының және (немесе) учаскелерінің резервтік қорында әуесқойлық (спорттық) балық аулау бір балықшыға бір шыққанда бес килограммнан астам ақылы түрде жергілікті атқарушы органдарымен берілген рұқсат бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="44"/>
+    <w:bookmarkStart w:name="z30" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Бекітіліп берілген балық шаруашылығы су айдындарында және (немесе) учаскелерінде әуесқойлық (спорттық) балық аулау жеке адамдарға жануарлар дүниесін пайдаланушымен берілген жолдамасына сәйкес олардың ауызша және жазбаша өтініштері бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z31" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z31" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Балық аулаушы әуесқойлық (спорттық) балық аулауды жүзеге асыру кезінде өзімен бірге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жолдама (бекітіліп берілген балық шаруашылығы су айдындарында және (немесе) учаскелерінде);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4182,126 +4982,126 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) рұқсат (балық шаруашылығы су айдындарының және (немесе) учаскелерінің резервтік қорында бес килограммнан астам балық және басқа да су жануарларын аулау кезінде);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жеке басты куәландыратын құжат болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="46"/>
+    <w:bookmarkStart w:name="z32" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Ғылыми-зерттеу үшін аулау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-тараудың тақырыбы жаңа редакцияда – ҚР Экология, геология және табиғи ресурстар министрінің 26.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="47"/>
+    <w:bookmarkStart w:name="z33" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Ғылыми-зерттеу үшін аулау – жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласында ғылыми зерттеулер жүргізу мақсатында балық ресурстарын және басқа да су жануарларын аулау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы ғылыми зерттеулерді "Ғылыми және (немесе) ғылыми-техникалық қызмет субъектілерін аккредиттеу қағидаларын бекіту туралы" Қазақстан Республикасы Ғылым және жоғары білім министрінің 2023 жылғы 25 шілдедегі № 335 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4358,110 +5158,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="48"/>
+    <w:bookmarkStart w:name="z34" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Заңның 34-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бұрын жануарлар дүниесінің жай-күйін бағалау жүргізілмеген су айдындарында және (немесе) учаскелерінде жануарларды алып қою лимитінен тыс ғылыми-зерттеу үшін аулау аулауға жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z35" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z35" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Ғылыми-зерттеу үшін аулау кәсіпшілік журналында аулаудың уақыты мен орны, қолданылған аулау құралдары көрсетіле отырып белгіленеді. Кәсіпшілік журналда балық аулауды жүргізуге жауапты адамдар туралы деректер және осы квотаны одан әрі пайдалану жөніндегі ақпарат та көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4490,110 +5290,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткеннен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="50"/>
+    <w:bookmarkStart w:name="z37" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. Ғылыми-зерттеу үшін аулау жергілікті атқарушы органмен немесе ведомствомен берілген рұқсат негізінде </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>рұқсат</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> етілген балық аулау құралдарымен жылдың кез келген уақытында жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z38" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z38" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Балық аулауға тыйым салынған кезеңде, сондай-ақ жібінің диаметрі 0,5 миллиметрден кем және ұяшықтарының мөлшері 100 миллиметрден кем (торының конструктивтік адымы 50-миллиметрден кем) синтетикалық нейлондық немесе өзге де полиамидті моножіптен және өзге де синтетикалық моножіптен машиналық тәсілмен немесе қолдан жасалған балық аулайтын, түйінді аудан басқа, тыйым салынған аулау құралдарымен ғылыми-зерттеу үшін аулау аумақтық бөлімше өкілінің қатысуымен және жүргізілген аулау нәтижелері көрсетілген жеке акт (еркін нысанда) толтырылған кезде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4612,758 +5412,896 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="52"/>
+    <w:bookmarkStart w:name="z39" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Бекітіліп берілген балық шаруашылығы су айдындарында және (немесе) учаскелерінде ғылыми-зерттеу үшін аулау осы су айдыны және (немесе) учаскесі бекітілген берілген жануарлар дүниесін пайдаланушы ұсынатын сервитут шеңберінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z40" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z40" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Ғылыми-зерттеу үшін аулау шеңберінде балық ресурстарын және басқа да су жануарларын алып қою квотасын ғылыми ұйымнан өзге жеке немесе заңды тұлғаларға беруіне жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z77" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z77" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Ғылыми-зерттеу ұйымының ғылыми квотаны пайдалануы туралы ақпарат ғылыми-зерттеу үшін аулауды жүргізуге байланысты барлық жұмыстар аяқталғаннан кейін ғылыми-зерттеу үшін аулауға рұқсат алған жерге беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z41" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z98" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32-1. Балық шаруашылығы су айдындарында және (немесе) көл-тауар және (немесе) тор қоршама шаруашылық қызметі үшін пайдаланылатын учаскелерде бақылау үшін аулау аквашаруашылық саласындағы балық өсіру-биологиялық негіздемеде көрсетілген өсірілетін балықтардың көлемін және түрлік құрамын айқындау үшін жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Балық шаруашылығы су айдындарында және (немесе) көл-тауар және (немесе) тор қоршама шаруашылық қызметі үшін пайдаланылатын учаскелерде бақылау үшін аулау алынбайтын тәсілмен (кейіннен ауланған балықтарды қайтадан су айдынына жібере отырып) жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тарау 32-1-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің м.а. 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. Бақылау үшін аулау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 6-тараудың тақырыбы жаңа редакцияда – ҚР Экология, геология және табиғи ресурстар министрінің 26.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="56"/>
+    <w:bookmarkStart w:name="z42" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Бақылау үшін аулау - балық ресурстарын және басқа су жануарларын ихтиофаунаның жай-күйін бақылау, балық ресурстарын және басқа да су жануарларының өсімін молайту тиімділігін, шабақтардың өнімділігін, су айдындарындағы балық өнімділігін айқындау мақсатында аулау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-[...217 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z43" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Бақылау үшін аулауды аумақтық бөлімше мынадай мақсаттарда ихтиологиялық байқаулар жүргізу кезінде рұқсатсыз жүзеге асырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z99" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік тапсырысты жүзеге асыру шеңберінде су айдындарына балық жіберу жөнінде ұсыныстар дайындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z100" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) кәсіпшілік үшін ауланған балықтардың түрлік және мөлшерлік құрамы, салмағы, жасы және жыныстық арақатынасы туралы биологиялық материал жинау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z101" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) негізгі құнды балық түрлерінің уылдырық шашу үшін қоныс аударуын және уылдырық шашуын, қоныс аудару мерзімдерін, уылдырық шашатын балық үйірлерінің құрамын, уылдырық шашатын жерлерді тұқымдық балықтармен толтыру дәрежесін, уылдырық шашу мерзімдері мен сипатын, уылдырық шашу мерзімдерін және су айдындарына түсетін кәсіпшілік жүктемені сипаттайтын материалдарды жинау, балықтар құртшабақтарының кездейсоқ ауланымын, уылдырық шашатын орындарды және қыстайтын шұңқырларды анықтау, уылдырық шашатын балық үйірлерінің құрамын және санын жалпы бағалау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z102" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) шабақтарды азықтандыратын негізгі аудандарды есепке алу, кәсіпшілік аудандары бойынша кәсіпшілік аулау құралдарымен кездейсоқ ауланымдар туралы материалдар жинау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z103" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) балықтардың негізгі бағалы түрлерінің қыстау жағдайлары мен барысын,олардың қыстауға жату мерзімдерін, қыстайтын шұңқырларды толтыру дәрежесін, қыстайтын шұңқырлардағы температуралық және гидрохимиялық режимдерді, қатып қалу қаупі бар су айдындарын (учаскелерін) есепке алуды, қатудың алдын алу және жою жөніндегі іс-шараларды әзірлеуді бақылау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z104" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) балық ресурстарының және басқа да су жануарларының қырылу жағдайларын анықтау және олардың алдын алу жөніндегі іс-шараларды әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z105" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) балық ресурстарына және басқа да су жануарларына келтірілген зиянның мөлшерін айқындау және оны өтеу жөнінде талап қою;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z106" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) балық аулау режимін жетілдіру жөнінде ұсыныстар дайындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z107" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) балық шаруашылығы су айдындарында және(немесе) учаскелерінде белгіленген кәсіпорындар, құрылысжайлар, басқа да объектілер салу мен пайдалану және түрлі жұмыстарды жүргізудің балық ресурстарына және басқа да су жануарларына әсерін бағалау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z108" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) гидрометеорологиялық жағдайларға байланысты уылдырық шашу кезеңінде тыйым салу мерзімдерін ауыстыруды қоса алғанда, балық аулау режимін реттеу, балық құралдары бойынша, балық өсіру-мелиорациялық жұмыстарды ұйымдастыру және су объектілерінің балық шаруашылығы мелиорациясы бойынша ұсыныстар әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z109" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) қатып қалу қаупі бар су айдындарын есепке алу және қатудың алдын алу және жою жөніндегі іс-шараларды ұйымдастыру, су жинау, ағызу құрылысжайларын қарау және балық қорғау құрылғылары болмаған кезде балық ресурстарына және басқа да су жануарларына келтірілетін және келтірілген зиянды айқындау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 33-тармақ жаңа редакцияда – ҚР Экология, геология және табиғи ресурстар министрінің 26.11.2019 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 86</w:t>
+        <w:t xml:space="preserve">      Ескерту. 33-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="58"/>
+    <w:bookmarkStart w:name="z44" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Бақылау үшін аулау жұмыс жоспарына, аумақтық бөлімшесінің басшысы бақылау үшін аулауды жүргізу кестесіне сәйкес, ведомствомен келіскеннен кейін жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z45" w:id="59"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z45" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Бақылау үшін аулау тыйым салынған аумақтар мен тыйым салынған кезеңдерді қоса алғанда, кез келген балық шаруашылығы су айдынында және (немесе) учаскесінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z46" w:id="60"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z46" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Бекітіліп берілген балық шаруашылығы су айдындарында және (немесе) учаскелерінде бақылау үшін аулау балық шаруашылығы су айдыны және (немесе) учаскесі бекітіліп берілген шаруашылығы субъектісіне бақылау үшін аулау жүргізілетін жер мен уақыт хабарланғаннан кейін жануарлар дүниесін пайдаланушы ұсынатын сервитут шеңберінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-[...93 lines deleted...]
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z47" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Әрбір бақылау үшін аулау нәтижелері актімен (еркін нысанда) ресімделеді, онда бақылау үшін аулауды жүргізген адамдар, аулау уақыты және орны, қолданылған аулау құралдары, түрлері бойынша ауланған балықтың саны (данамен және килограммен), сондай-ақ, бақылау үшін аулаудың мақсатттары және нәтижелері туралы мәліметтер көрсетіледі. Актіде (еркін нысанда) зерттелген балықты есептен шығару туралы ақпарат көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Акті (еркін нысанда) тікелей бақылау үшін аулау жүргізілген жерде жасалады және бақылау үшін балық аулауды жүзеге асырған адамдар, сондай-ақ балық шаруашылығы су айдыны және (немесе) учаскесі бекітіліп берілген жануарлар дүниесін пайдаланушының өкілі (бекітіліп берілген балық шаруашылығы су айдындарын және (немесе) учаскелерінде бақылау үшін аулау жүргізу кезінде) қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Балық зарттелгеннен кейін көму арқылы жойылады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 38-тармақ жаңа редакцияда – ҚР Экология, геология және табиғи ресурстар министрінің 26.11.2019 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 86</w:t>
+        <w:t xml:space="preserve">      Ескерту. 37-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z49" w:id="63"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">38. Алып тасталды - ҚР Ауыл шаруашылығы министрінің м.а. 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-тарау. Мелиоративтік аулау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 7-тараудың тақырыбы жаңа редакцияда – ҚР Экология, геология және табиғи ресурстар министрінің 26.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="64"/>
+    <w:bookmarkStart w:name="z50" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Мелиорациялық аулау – жаппай аулауды, арзан бағаланатын балықтар түрлерін аулауды, қырылу қаупі бар су айдындарындағы және (немесе) учаскелеріндегі аулауды қоса алғанда, су айдындарының балық өнімділігін арттыруға, балық ресурстарын және басқа да су жануарларын сақтауға және олардың мекендеу әрі көбею жағдайларын жақсартуға бағытталған балық ресурстарын және басқа да су жануарларын аулау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5382,70 +6320,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="65"/>
+    <w:bookmarkStart w:name="z51" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Балықтың жаппай қырылуына әкеп соқтырмай қоймайтын балық шаруашылығы су айдындарында және (немесе) учаскелерінде балықтың қырылу қатері туындаған және мұндай қатерді су объектілерінде ағымдағы балық шаруашылығы мелиорациясын жүргізу жолымен жою мүмкін болмаған жағдайларда аумақтық бөлімше жергілікті атқарушы органдар, ғылыми және қоғамдық ұйымдар, қоршаған орта және су ресурстары саласындағы уәкілетті орган өкілдерінен аумақтық бөлімше құрған Комиссияның шешіммен (бұдан әрі – комиссия) ғылыми ұсынымдары негізінде және ихтиологиялық байқаулар нәтижелері бойынша мелиоративтік балық аулауды ұйымдастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5464,70 +6402,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="66"/>
+    <w:bookmarkStart w:name="z52" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Бекітілген су айдындарында және (немесе) учаскелерінде мелиоративтік аулауды аталған су айдындары бекітіліп берілген жануарлар дүниесін пайдаланушылар пайдалануға рұқсат етілген балық аулау құралдарымен жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Балық шаруашылығы су айдындарының және (немесе) учаскелерінің резервтік қордың қырылу қатерінің туындау фактісі анықталған кезде, комиссия мелиоративтік аулауды жүзеге асыратын балық шаруашылығы субъектісін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5600,428 +6538,524 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="67"/>
+    <w:bookmarkStart w:name="z53" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Мелиоративтік аулау туралы шешім аумақтық бөлімше басшысының немесе оның орнындағы адамның бұйрығымен рәсімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z54" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      43. Мелиорациялық аулауды Заңның 9-1-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>27) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес балық ресурстарын және басқа да су жануарларын пайдалануға рұқсат беру қағидаларына (бұдан әрі - Рұқсат беру қағидалары) сәйкес берілген рұқсат болған кезде жеке және заңды тұлғалар жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 43-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің м.а. 15.08.2017 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 338</w:t>
+        <w:t xml:space="preserve">      Ескерту. 43-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="69"/>
+    <w:bookmarkStart w:name="z55" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Мелиоративтік аулау аумақтық бөлімшесі өкілдерінің қатысуымен, мелиоративтік аулау туралы акт (еркін нысанда) толтыру және балықты аулап алу туралы мәліметтер нәтижелері кәсіпшілік журналға енгізу арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z57" w:id="71"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z56" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. Көл-тауар шаруашылық қызметті жүзеге асыру кезінде балықтың жаппай қырылуына қарсы іс-шара ретінде немесе ихтиофаунаны алмастыру үшін жүзеге асырылатын мелиорациялық аулау жолымен алып қойылған балықтың көлемі балық аулаудың жалпы лимитіне кірмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 45-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z57" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8-тарау. Өсімді молайту мақсатындағы аулау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 8-тараудың тақырыбы жаңа редакцияда – ҚР Экология, геология және табиғи ресурстар министрінің 26.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="72"/>
+    <w:bookmarkStart w:name="z58" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Өсімді молайту мақсатындағы аулау - балық ресурстарын және басқа су жануарларын олардың өсімін молайту мақсатында аулау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-[...59 lines deleted...]
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z59" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Мемлекеттік тапсырысты орындау үшін, сондай-ақ балық отырғызу материалын өндіру үшін өсімді молайту мақсатындағы аулауды өсімін молайту кешендерінің кәсіпорындары Рұқсат беру қағидаларына сәйкес берілген рұқсаттың негізінде, уылдырық шашу және балықтарды көбейту кезеңінде, қолдануға рұқсат етілген барлық кәсіпшілік балық аулау құралдарымен және балық аулау тәсілдерімен жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағидалар 47-1-тармақпен толықтырылды – ҚР Экология және табиғи ресурстар министрінің 07.12.2023 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. 47-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z60" w:id="75"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">47-1. Алып тасталды - ҚР Ауыл шаруашылығы министрінің м.а. 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. Жеке және заңды тұлғалардың талабымен жүзеге асырылатын өсімді молайту мақсатындағы аулауына рұқсат қажет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z61" w:id="76"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z61" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9. Эксперименттік аулау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 9-тарау алып тасталды – ҚР Ауыл шаруашылығы министрінің м.а. 15.08.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6150,68 +7184,68 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қосымшаның жоғарғы оң жақ бұрышы жаңа редакцияда - ҚР Премьер-Министрінің орынбасары – ҚР Ауыл шаруашылығы министрінің 06.10.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="77"/>
+    <w:bookmarkStart w:name="z67" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  Балық ресурстары мен басқа да су жануарларының кәсіпшілік мөлшері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымшаға өзгеріс енгізілді – ҚР Экология, геология және табиғи ресурстар министрінің 26.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>