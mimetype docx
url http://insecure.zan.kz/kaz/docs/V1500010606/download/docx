--- v1 (2025-11-28)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a648664" w14:textId="a648664">
+    <w:p w14:paraId="c8226da" w14:textId="c8226da">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2088,51 +2088,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің 07.02.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткеннен кейін қолданысқа енгізіледі); өзгерістер енгізілді - ҚР Ауыл шаруашылығы министрінің м.а. 18.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 249</w:t>
       </w:r>
       <w:r>
@@ -2187,661 +2187,513 @@
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Балық аулауды жүзеге асыру тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-тараудың тақырыбы жаңа редакцияда – ҚР Экология, геология және табиғи ресурстар министрінің 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 86</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Балық ресурстарын және басқа су жануарларын жалпы пайдалану тегін. Арнайы пайдалану Қазақстан Республикасы Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>629-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес ақылы негізде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тараудың тақырыбы жаңа редакцияда – ҚР Экология, геология және табиғи ресурстар министрінің 26.11.2019 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 86</w:t>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің м.а. 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Балық аулау мынадай түрлерге бөлінеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) кәсіпшілік балық аулау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) әуесқойлық (спорттық) балық аулау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ғылыми-зерттеу үшін аулау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) бақылау үшін аулау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) мелиорациялық аулау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өсімін молайту мақсатында аулау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) алып тасталды – ҚР Ауыл шаруашылығы министрінің м.а. 15.08.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 338</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...17 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармаққа өзгеріс енгізілді – ҚР Ауыл шаруашылығы министрінің м.а. 15.08.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 338</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...438 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="12"/>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Балық аулау қолдануға рұқсат етілген кәсіпшілік және кәсіпшілік емес балық аулау құралдарының түрлері мен тәсілдерінің тізбесіне (бұдан әрі - тізбе) кіргізілген балық аулау құралдарымен, тәсілдермен және әдістермен (нормативтік құқықтық актілерін мемлекеттік тіркеу тізімінде № 10266 тіркелген) "Қолдануға рұқсат етілген кәсіпшілік және кәсіпшілік емес балық аулау құралдарының түрлері мен тәсілдерінің тізбесін бекіту туралы" Қазақстан Республикасы Ауыл шаруашылығ министрінің 2015 жылғы 16 қаңтардағы № 18-04/17 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z15" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Балық ресурстары және басқа да су жануарларының кәсіпшілік мөлшері осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес белгіленеді. Кәсіпшілік мөлшер деп көзінің ортасынан құйрық тілімшесінің соңына дейін өлшенетін аулауға жол берілетін шаяндардың өлшемі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Рұқсаттарда көрсетілмеген балық түрлері мен басқа да су жануарларының және (немесе) белгіленген кәсіпшілік мөлшерден кем балықтардың кездейсоқ ауланымы ұяшықталатын аулау құралдарында ауланған балықтың сегіз пайызынан және сүзгіш аулау құралдарында ауланғанның бес пайызынан аспайтын көлемде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3006,400 +2858,400 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:bookmarkStart w:name="z16" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">9. Заңның 39-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мына жағдайларда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z82" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z82" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) су шаруашылығы және гидротехникалық құрылысжайлардың, шлюздер мен көпірлердің жанында, көлдерді өзара және негізгі өзенмен жалғастыратын тармақтарда, мелиорациялық жүйелердің жеткізу арналары мен бұрмаларда, өзендер мен арналардың сағаларысу айдынының құятын тұсынан екі жағындағы 500 метр қашықтықта және су айдынының 500 метрден ішкі қашықтықта, сондай-ақ өзен немесе арнаның ағысымен жоғары қарай 1500 метр қашықтықтағы аралығында;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z83" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z83" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы Балық аулау қағидаларында қолданылуы көзделмеген аулау құралдарымен;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z84" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z84" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) қыс мезгілінде балықтар қыстайтын шұңқырларда, уылдырық шашу кезінде уылдырық шашатын жерлерде және өзге де учаскелерде тиісті ғылыми ұйымдар берген биологиялық негіздеме негізінде уәкілетті орган белгілейтін мерзімдерде және орындарда; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z85" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z85" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) "Ішкі су көлігі туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен тіркелмеген және тіркеу нөмірлерімен белгіленбеген қалқымалы құралдармен;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z86" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z86" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) балық ресурстарын және басқа да су жануарларын пайдалануға арналған рұқсатқа сәйкес балық аулау құралдарының ұйымдық атауы мен параметрлерін көрсете отырып, биркасы жоқ кәсіпшілік балық аулау құралдарымен;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z87" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z87" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бекіре тұқымдас балықтарды теңізде және өзендерде аулауға арналған жиналмалы аулау құралдарымен;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z88" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z88" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) алкогольден немесе есірткіден масаң күйде немесе өзге де типтегі уланған күйде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z89" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z89" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) осы Балық аулау қағидаларымен, шектеулермен және тыйымдармен жол берілмейтін тәсілдермен;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z90" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z90" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) аулау құралдарымен өзеннің немесе өзен тармағы енінің үштен екісінен астамын қамтып;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z91" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z91" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) құрмалы аулау құралдарын шахматтық тәртіппен, вентерлер мен секреттерді өзендер мен бастаулардың, құятын каналдардың сағасынан бес жүз метр радиуста орнатып;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z92" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z92" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) кәсіпшілік балық аулауды жүзеге асыру кезінде су шаруашылығы және гидротехникалық құрылысжайлардың, шлюздер мен көпірлерден бес жүз метрден жақын қашықтықта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z93" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z93" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) тиісті ғылыми ұйымдар берген биологиялық негіздеме негізінде уәкілетті орган белгілейтін орындарда және мерзімдерде балық ресурстары және басқа да су жануарлары көбейетін кезеңде олардың шоғырланатын орындарда және көші-қон жолдарында;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z94" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z94" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) жарылғыш құрылғыларды, улы химикаттарды және басқа да химиялық препараттарды, сондай-ақ атыс қаруын қолданып;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z95" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z95" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) уәкілетті органның рұқсатынсыз балық аулауға рұқсат етілген кәсіпшілік және кәсіпшілік емес құралдар түрлерінің және балық аулау тәсілдерінің тізбесіне енгізілмеген балық аулау құралдарының түрлері мен тәсілдерін қолдана отырып балық аулауға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3418,133 +3270,133 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="29"/>
+    <w:bookmarkStart w:name="z78" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9-1. Аулау құралына жапсырманың нысаны осы Қағидаларға 2-қосымшада көрсетілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-тарау 9-1-тармақпен толықтырылды - ҚР Премьер-Министрінің орынбасары – ҚР Ауыл шаруашылығы министрінің 06.10.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="30"/>
+    <w:bookmarkStart w:name="z17" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Заңның 14-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3559,51 +3411,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мен 39-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес балық шаруашылығы су айдындарында және (немесе) учаскелерінде жануарлар дүниесі объектілерін сақтау мақсатында:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өсімдіктерді жоюға және балық ресурстары және басқа да су жануарлары мекендейтін ортаның жағдайларын нашарлататын өзге де іс-әрекеттерге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4034,352 +3886,352 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда – ҚР Экология, геология және табиғи ресурстар министрінің 26.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; өзгеріс енгізілді - ҚР Ауыл шаруашылығы министрінің м.а. 14.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 372</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="31"/>
+    <w:bookmarkStart w:name="z18" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Кәсіпшілік балық аулау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-тараудың тақырыбы жаңа редакцияда – ҚР Экология, геология және табиғи ресурстар министрінің 26.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="32"/>
+    <w:bookmarkStart w:name="z19" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Кәсіпшілік балық аулау - балық ресурстары мен басқа да су жануарларын бір мезгілде көп мөлшерде аулауға мүмкіндік беретін және (немесе) су айдынының (кәсіпшілік аулау құралдарымен) бір бөлігін қамтитын, бөліп тұратын аулау құралдарымен мекендеу ортасынан балық ресурстарын және басқа да су жануарларын алып қоюды қамтамасыз ететін кешенді процесс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z20" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z20" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Заңның 34-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес кәсіпшілік балық аулау жағалауда және теңізде аулау арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жағалауда аулау бекітіліп берілген балық шаруашылығы су айдындарында және (немесе) учаскелерінде, ұйықтарда (ұйықтық учаскелерінде) жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Теңізде аулау бекітіліп берілген учаскелер шегінен тыс су айдындарының (теңіздердің, көлдердің) ашық бөлігінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="34"/>
+    <w:bookmarkStart w:name="z21" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Жергілікті атқарушы орган белгілейтін рекреациялық балық аулау аймақтарында кәсіпшілік балық аулауға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z22" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z22" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Заңның 35-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жеке және заңды тұлғалар мыналар болған кезде балық аулауға құқылы болады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z96" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z96" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) рұқсаттар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z97" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z97" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) аумақтық бөлімшемен жасалған балық шаруашылығын жүргізуге арналған шарттар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4398,70 +4250,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="38"/>
+    <w:bookmarkStart w:name="z23" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Кеме капитаны, бригадир, звеньевой немесе кәсіпшілік балық аулау кезіндегі жауапты тұлға, кеменің бортында, сонымен қоса балық кәсіпшілік учаскесінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рұқсатты;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4486,316 +4338,296 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 15-тармақтың орыс тіліндегі мәтініне өзгеріс енгізілді, мемлекеттік тілдегі мәтіні өзгермейді - ҚР Ауыл шаруашылығы министрінің 26.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 18-03/947</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="39"/>
+    <w:bookmarkStart w:name="z24" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Кәсіпшілік балық аулауды жүзеге асыратын адамдар әрбір аулауды аумақтық бөлімшелер белгілейтін балық қабылдау пунктінде кәсіпшілік журналына тіркейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кәсіпшілік журналы тігіледі және нөмірленеді, балық шаруашылығы субъектісінің немесе жануарлар дүниесі пайдаланушысының қолымен бекітіледі және аумақтық бөлімшенің мөрімен куәландырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 16-тармақ жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің 07.02.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткеннен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="40"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z26" w:id="41"/>
+    <w:bookmarkStart w:name="z25" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. (нормативтік құқықтық актілерін мемлекеттік тіркеу тізімінде № 6196 тіркелген) Қазақстан Республикасы Ауыл шаруашылығы министрінің 2010 жылғы 19 наурыздағы № 185 "Балық ресурстарын және басқа да су жануарларын аулап алу, су айдынындағы кәсіпшілік жағдай, берілген жолдамалар туралы мәліметтерді уәкілетті органға ұсыну ережесін бекіту туралы" бұйрығымен белгіленген тәртіппен және мерзімде, аумақтық бөлімшеге балық ресурстарын және басқа да су жануарларын аулау, су айдынындағы кәсіпшілік жағдай, берілген жолқұжаттар туралы мәліметтер жануарлар дүниесін пайдаланушымен беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z26" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Әуесқойлық (спорттық) балық аулау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-тараудың тақырыбы жаңа редакцияда – ҚР Экология, геология және табиғи ресурстар министрінің 26.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="42"/>
+    <w:bookmarkStart w:name="z27" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Әуесқойлық (спорттық) балық аулау - бір-бірлеп аулауға ғана (кәсіпшілік емес аулау құралдары) мүмкіндік беретін аулау құралдарымен жүзеге асырылатын, спорттық және эстетикалық қажеттіліктерді қанағаттандыру, спорттық жарыстарды өткізу мақсатында, сондай-ақ аулап алынған өнімді жеке тұтыну үшін балық ресурстарын және басқа да су жануарларын аулау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z28" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z28" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Әуесқойлық (спорттық) балық аулау әртүрлі жабдықтармен (жылтырауық, мормышка, воблер, мушка және басқа да еліктіргіштер) қамтылған қармақсаптардың барлық түрлерімен, сондай-ақ, лақтырма қармақтармен және жерлицалармен жүргізіледі. Балық аулау кезінде сүзекі тек көмекші құрылғы ретінде пайдаланылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шаян аулағыштардың саны бір балық аулаушыға үш данадан аспауы тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4820,158 +4652,158 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 19-тармақ жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің 03.05.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 140</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="44"/>
+    <w:bookmarkStart w:name="z29" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Балық шаруашылығы су айдындарының және (немесе) учаскелерінің резервтік қорында әуесқойлық (спорттық) балық аулау бір балықшыға бір шыққанда бес килограммға дейін ақысыз қандай да бір рұқсатсыз жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Балық шаруашылығы су айдындарының және (немесе) учаскелерінің резервтік қорында әуесқойлық (спорттық) балық аулау бір балықшыға бір шыққанда бес килограммнан астам ақылы түрде жергілікті атқарушы органдарымен берілген рұқсат бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="45"/>
+    <w:bookmarkStart w:name="z30" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Бекітіліп берілген балық шаруашылығы су айдындарында және (немесе) учаскелерінде әуесқойлық (спорттық) балық аулау жеке адамдарға жануарлар дүниесін пайдаланушымен берілген жолдамасына сәйкес олардың ауызша және жазбаша өтініштері бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z31" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z31" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Балық аулаушы әуесқойлық (спорттық) балық аулауды жүзеге асыру кезінде өзімен бірге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жолдама (бекітіліп берілген балық шаруашылығы су айдындарында және (немесе) учаскелерінде);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4982,126 +4814,126 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) рұқсат (балық шаруашылығы су айдындарының және (немесе) учаскелерінің резервтік қорында бес килограммнан астам балық және басқа да су жануарларын аулау кезінде);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жеке басты куәландыратын құжат болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="47"/>
+    <w:bookmarkStart w:name="z32" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Ғылыми-зерттеу үшін аулау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-тараудың тақырыбы жаңа редакцияда – ҚР Экология, геология және табиғи ресурстар министрінің 26.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="48"/>
+    <w:bookmarkStart w:name="z33" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Ғылыми-зерттеу үшін аулау – жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласында ғылыми зерттеулер жүргізу мақсатында балық ресурстарын және басқа да су жануарларын аулау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы ғылыми зерттеулерді "Ғылыми және (немесе) ғылыми-техникалық қызмет субъектілерін аккредиттеу қағидаларын бекіту туралы" Қазақстан Республикасы Ғылым және жоғары білім министрінің 2023 жылғы 25 шілдедегі № 335 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5158,384 +4990,384 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="49"/>
+    <w:bookmarkStart w:name="z34" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Заңның 34-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бұрын жануарлар дүниесінің жай-күйін бағалау жүргізілмеген су айдындарында және (немесе) учаскелерінде жануарларды алып қою лимитінен тыс ғылыми-зерттеу үшін аулау аулауға жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z35" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z35" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Ғылыми-зерттеу үшін аулау кәсіпшілік журналында аулаудың уақыты мен орны, қолданылған аулау құралдары көрсетіле отырып белгіленеді. Кәсіпшілік журналда балық аулауды жүргізуге жауапты адамдар туралы деректер және осы квотаны одан әрі пайдалану жөніндегі ақпарат та көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">26. Алып тасталды - ҚР Экология және табиғи ресурстар министрінің 07.02.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткеннен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="51"/>
+    <w:bookmarkStart w:name="z37" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. Ғылыми-зерттеу үшін аулау жергілікті атқарушы органмен немесе ведомствомен берілген рұқсат негізінде </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>рұқсат</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> етілген балық аулау құралдарымен жылдың кез келген уақытында жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z38" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z38" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Балық аулауға тыйым салынған кезеңде, сондай-ақ жібінің диаметрі 0,5 миллиметрден кем және ұяшықтарының мөлшері 100 миллиметрден кем (торының конструктивтік адымы 50-миллиметрден кем) синтетикалық нейлондық немесе өзге де полиамидті моножіптен және өзге де синтетикалық моножіптен машиналық тәсілмен немесе қолдан жасалған балық аулайтын, түйінді аудан басқа, тыйым салынған аулау құралдарымен ғылыми-зерттеу үшін аулау аумақтық бөлімше өкілінің қатысуымен және жүргізілген аулау нәтижелері көрсетілген жеке акт (еркін нысанда) толтырылған кезде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 28-тармақ жаңа редакцияда – ҚР Экология, геология және табиғи ресурстар министрінің 26.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="53"/>
+    <w:bookmarkStart w:name="z39" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Бекітіліп берілген балық шаруашылығы су айдындарында және (немесе) учаскелерінде ғылыми-зерттеу үшін аулау осы су айдыны және (немесе) учаскесі бекітілген берілген жануарлар дүниесін пайдаланушы ұсынатын сервитут шеңберінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z40" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z40" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Ғылыми-зерттеу үшін аулау шеңберінде балық ресурстарын және басқа да су жануарларын алып қою квотасын ғылыми ұйымнан өзге жеке немесе заңды тұлғаларға беруіне жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z77" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z77" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Ғылыми-зерттеу ұйымының ғылыми квотаны пайдалануы туралы ақпарат ғылыми-зерттеу үшін аулауды жүргізуге байланысты барлық жұмыстар аяқталғаннан кейін ғылыми-зерттеу үшін аулауға рұқсат алған жерге беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z98" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z98" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32-1. Балық шаруашылығы су айдындарында және (немесе) көл-тауар және (немесе) тор қоршама шаруашылық қызметі үшін пайдаланылатын учаскелерде бақылау үшін аулау аквашаруашылық саласындағы балық өсіру-биологиялық негіздемеде көрсетілген өсірілетін балықтардың көлемін және түрлік құрамын айқындау үшін жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Балық шаруашылығы су айдындарында және (немесе) көл-тауар және (немесе) тор қоршама шаруашылық қызметі үшін пайдаланылатын учаскелерде бақылау үшін аулау алынбайтын тәсілмен (кейіннен ауланған балықтарды қайтадан су айдынына жібере отырып) жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -5572,366 +5404,366 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="57"/>
+    <w:bookmarkStart w:name="z41" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. Бақылау үшін аулау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 6-тараудың тақырыбы жаңа редакцияда – ҚР Экология, геология және табиғи ресурстар министрінің 26.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="58"/>
+    <w:bookmarkStart w:name="z42" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Бақылау үшін аулау - балық ресурстарын және басқа су жануарларын ихтиофаунаның жай-күйін бақылау, балық ресурстарын және басқа да су жануарларының өсімін молайту тиімділігін, шабақтардың өнімділігін, су айдындарындағы балық өнімділігін айқындау мақсатында аулау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z43" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z43" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Бақылау үшін аулауды аумақтық бөлімше мынадай мақсаттарда ихтиологиялық байқаулар жүргізу кезінде рұқсатсыз жүзеге асырады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z99" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z99" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекеттік тапсырысты жүзеге асыру шеңберінде су айдындарына балық жіберу жөнінде ұсыныстар дайындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z100" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z100" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) кәсіпшілік үшін ауланған балықтардың түрлік және мөлшерлік құрамы, салмағы, жасы және жыныстық арақатынасы туралы биологиялық материал жинау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z101" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z101" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) негізгі құнды балық түрлерінің уылдырық шашу үшін қоныс аударуын және уылдырық шашуын, қоныс аудару мерзімдерін, уылдырық шашатын балық үйірлерінің құрамын, уылдырық шашатын жерлерді тұқымдық балықтармен толтыру дәрежесін, уылдырық шашу мерзімдері мен сипатын, уылдырық шашу мерзімдерін және су айдындарына түсетін кәсіпшілік жүктемені сипаттайтын материалдарды жинау, балықтар құртшабақтарының кездейсоқ ауланымын, уылдырық шашатын орындарды және қыстайтын шұңқырларды анықтау, уылдырық шашатын балық үйірлерінің құрамын және санын жалпы бағалау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z102" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z102" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) шабақтарды азықтандыратын негізгі аудандарды есепке алу, кәсіпшілік аудандары бойынша кәсіпшілік аулау құралдарымен кездейсоқ ауланымдар туралы материалдар жинау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z103" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z103" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) балықтардың негізгі бағалы түрлерінің қыстау жағдайлары мен барысын,олардың қыстауға жату мерзімдерін, қыстайтын шұңқырларды толтыру дәрежесін, қыстайтын шұңқырлардағы температуралық және гидрохимиялық режимдерді, қатып қалу қаупі бар су айдындарын (учаскелерін) есепке алуды, қатудың алдын алу және жою жөніндегі іс-шараларды әзірлеуді бақылау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z104" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z104" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) балық ресурстарының және басқа да су жануарларының қырылу жағдайларын анықтау және олардың алдын алу жөніндегі іс-шараларды әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z105" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z105" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) балық ресурстарына және басқа да су жануарларына келтірілген зиянның мөлшерін айқындау және оны өтеу жөнінде талап қою;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z106" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z106" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) балық аулау режимін жетілдіру жөнінде ұсыныстар дайындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z107" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z107" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) балық шаруашылығы су айдындарында және(немесе) учаскелерінде белгіленген кәсіпорындар, құрылысжайлар, басқа да объектілер салу мен пайдалану және түрлі жұмыстарды жүргізудің балық ресурстарына және басқа да су жануарларына әсерін бағалау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z108" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z108" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) гидрометеорологиялық жағдайларға байланысты уылдырық шашу кезеңінде тыйым салу мерзімдерін ауыстыруды қоса алғанда, балық аулау режимін реттеу, балық құралдары бойынша, балық өсіру-мелиорациялық жұмыстарды ұйымдастыру және су объектілерінің балық шаруашылығы мелиорациясы бойынша ұсыныстар әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z109" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z109" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) қатып қалу қаупі бар су айдындарын есепке алу және қатудың алдын алу және жою жөніндегі іс-шараларды ұйымдастыру, су жинау, ағызу құрылысжайларын қарау және балық қорғау құрылғылары болмаған кезде балық ресурстарына және басқа да су жануарларына келтірілетін және келтірілген зиянды айқындау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5950,130 +5782,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="71"/>
+    <w:bookmarkStart w:name="z44" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Бақылау үшін аулау жұмыс жоспарына, аумақтық бөлімшесінің басшысы бақылау үшін аулауды жүргізу кестесіне сәйкес, ведомствомен келіскеннен кейін жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z45" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z45" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Бақылау үшін аулау тыйым салынған аумақтар мен тыйым салынған кезеңдерді қоса алғанда, кез келген балық шаруашылығы су айдынында және (немесе) учаскесінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z46" w:id="73"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z46" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Бекітіліп берілген балық шаруашылығы су айдындарында және (немесе) учаскелерінде бақылау үшін аулау балық шаруашылығы су айдыны және (немесе) учаскесі бекітіліп берілген шаруашылығы субъектісіне бақылау үшін аулау жүргізілетін жер мен уақыт хабарланғаннан кейін жануарлар дүниесін пайдаланушы ұсынатын сервитут шеңберінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z47" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z47" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Әрбір бақылау үшін аулау нәтижелері актімен (еркін нысанда) ресімделеді, онда бақылау үшін аулауды жүргізген адамдар, аулау уақыты және орны, қолданылған аулау құралдары, түрлері бойынша ауланған балықтың саны (данамен және килограммен), сондай-ақ, бақылау үшін аулаудың мақсатттары және нәтижелері туралы мәліметтер көрсетіледі. Актіде (еркін нысанда) зерттелген балықты есептен шығару туралы ақпарат көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Акті (еркін нысанда) тікелей бақылау үшін аулау жүргізілген жерде жасалады және бақылау үшін балық аулауды жүзеге асырған адамдар, сондай-ақ балық шаруашылығы су айдыны және (немесе) учаскесі бекітіліп берілген жануарлар дүниесін пайдаланушының өкілі (бекітіліп берілген балық шаруашылығы су айдындарын және (немесе) учаскелерінде бақылау үшін аулау жүргізу кезінде) қол қояды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6182,290 +6014,290 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="75"/>
+    <w:bookmarkStart w:name="z49" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-тарау. Мелиоративтік аулау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 7-тараудың тақырыбы жаңа редакцияда – ҚР Экология, геология және табиғи ресурстар министрінің 26.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="76"/>
+    <w:bookmarkStart w:name="z50" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Мелиорациялық аулау – жаппай аулауды, арзан бағаланатын балықтар түрлерін аулауды, қырылу қаупі бар су айдындарындағы және (немесе) учаскелеріндегі аулауды қоса алғанда, су айдындарының балық өнімділігін арттыруға, балық ресурстарын және басқа да су жануарларын сақтауға және олардың мекендеу әрі көбею жағдайларын жақсартуға бағытталған балық ресурстарын және басқа да су жануарларын аулау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 39-тармақ жаңа редакцияда – ҚР Экология, геология және табиғи ресурстар министрінің 26.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="77"/>
+    <w:bookmarkStart w:name="z51" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Балықтың жаппай қырылуына әкеп соқтырмай қоймайтын балық шаруашылығы су айдындарында және (немесе) учаскелерінде балықтың қырылу қатері туындаған және мұндай қатерді су объектілерінде ағымдағы балық шаруашылығы мелиорациясын жүргізу жолымен жою мүмкін болмаған жағдайларда аумақтық бөлімше жергілікті атқарушы органдар, ғылыми және қоғамдық ұйымдар, қоршаған орта және су ресурстары саласындағы уәкілетті орган өкілдерінен аумақтық бөлімше құрған Комиссияның шешіммен (бұдан әрі – комиссия) ғылыми ұсынымдары негізінде және ихтиологиялық байқаулар нәтижелері бойынша мелиоративтік балық аулауды ұйымдастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 40-тармақ жаңа редакцияда – ҚР Экология, геология және табиғи ресурстар министрінің 26.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="78"/>
+    <w:bookmarkStart w:name="z52" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Бекітілген су айдындарында және (немесе) учаскелерінде мелиоративтік аулауды аталған су айдындары бекітіліп берілген жануарлар дүниесін пайдаланушылар пайдалануға рұқсат етілген балық аулау құралдарымен жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Балық шаруашылығы су айдындарының және (немесе) учаскелерінің резервтік қордың қырылу қатерінің туындау фактісі анықталған кезде, комиссия мелиоративтік аулауды жүзеге асыратын балық шаруашылығы субъектісін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6508,140 +6340,140 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 41-тармақ жаңа редакцияда – ҚР Экология, геология және табиғи ресурстар министрінің 26.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="79"/>
+    <w:bookmarkStart w:name="z53" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Мелиоративтік аулау туралы шешім аумақтық бөлімше басшысының немесе оның орнындағы адамның бұйрығымен рәсімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z54" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z54" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       43. Мелиорациялық аулауды Заңның 9-1-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>27) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес балық ресурстарын және басқа да су жануарларын пайдалануға рұқсат беру қағидаларына (бұдан әрі - Рұқсат беру қағидалары) сәйкес берілген рұқсат болған кезде жеке және заңды тұлғалар жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6660,90 +6492,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="81"/>
+    <w:bookmarkStart w:name="z55" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Мелиоративтік аулау аумақтық бөлімшесі өкілдерінің қатысуымен, мелиоративтік аулау туралы акт (еркін нысанда) толтыру және балықты аулап алу туралы мәліметтер нәтижелері кәсіпшілік журналға енгізу арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z56" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z56" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Көл-тауар шаруашылық қызметті жүзеге асыру кезінде балықтың жаппай қырылуына қарсы іс-шара ретінде немесе ихтиофаунаны алмастыру үшін жүзеге асырылатын мелиорациялық аулау жолымен алып қойылған балықтың көлемі балық аулаудың жалпы лимитіне кірмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6762,146 +6594,146 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="83"/>
+    <w:bookmarkStart w:name="z57" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8-тарау. Өсімді молайту мақсатындағы аулау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 8-тараудың тақырыбы жаңа редакцияда – ҚР Экология, геология және табиғи ресурстар министрінің 26.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="84"/>
+    <w:bookmarkStart w:name="z58" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Өсімді молайту мақсатындағы аулау - балық ресурстарын және басқа су жануарларын олардың өсімін молайту мақсатында аулау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z59" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z59" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Мемлекеттік тапсырысты орындау үшін, сондай-ақ балық отырғызу материалын өндіру үшін өсімді молайту мақсатындағы аулауды өсімін молайту кешендерінің кәсіпорындары Рұқсат беру қағидаларына сәйкес берілген рұқсаттың негізінде, уылдырық шашу және балықтарды көбейту кезеңінде, қолдануға рұқсат етілген барлық кәсіпшілік балық аулау құралдарымен және балық аулау тәсілдерімен жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6974,88 +6806,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="86"/>
+    <w:bookmarkStart w:name="z60" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. Жеке және заңды тұлғалардың талабымен жүзеге асырылатын өсімді молайту мақсатындағы аулауына рұқсат қажет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z61" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z61" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9. Эксперименттік аулау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 9-тарау алып тасталды – ҚР Ауыл шаруашылығы министрінің м.а. 15.08.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7184,68 +7016,68 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қосымшаның жоғарғы оң жақ бұрышы жаңа редакцияда - ҚР Премьер-Министрінің орынбасары – ҚР Ауыл шаруашылығы министрінің 06.10.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="88"/>
+    <w:bookmarkStart w:name="z67" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  Балық ресурстары мен басқа да су жануарларының кәсіпшілік мөлшері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымшаға өзгеріс енгізілді – ҚР Экология, геология және табиғи ресурстар министрінің 26.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8608,55 +8440,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>