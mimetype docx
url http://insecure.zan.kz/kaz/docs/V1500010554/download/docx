--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="282480b" w14:textId="282480b">
+    <w:p w14:paraId="50f04d8" w14:textId="50f04d8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -6508,206 +6508,230 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z539" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69-2. Практикалық дайындық нұсқаушылары АОО мынадай талаптарға сәйкес келеді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z584" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жоғары білім;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z585" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) пән бағыты бойынша бастапқы даярлау және (немесе) қайта даярлау;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z586" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) игерілген авиациялық кәсіп немесе мамандық бойынша азаматтық авиация саласындағы жұмыс тәжірибесі кемінде үш жыл.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың 3) тармақшасында белгіленген талаптар нұсқаушының жарамды арнайы белгісі бар қолданыстағы куәлігінің болуы талап етілетін ұшу даярлығына тартылатын нұсқаушы-ұшқыштарға қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Талаптар 69-2-тармақпен толықтырылды - ҚР Индустрия және инфрақұрылымдық даму министрінің м.а. 06.03.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Көлік министрінің 12.08.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 274</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Көлік министрінің м.а. 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z540" w:id="168"/>
+    <w:bookmarkStart w:name="z540" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69-3. АОО оқу курстарын әзірлеуші мынадай талаптарға сәйкес келеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkEnd w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) АОО нұсқаушысы ретінде кемінде үш жыл жұмыс тәжірибесі; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6782,470 +6806,470 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z197" w:id="169"/>
+    <w:bookmarkStart w:name="z197" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70. Авиация персоналы мен мемлекеттік авиация инспекторларын кәсіптік даярлауды тікелей жүзеге асыратын тұлғаларды бастапқы даярлау мен қайта даярлау жоспарланатын даярлау қажеттіліктеріне сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z198" w:id="170"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z198" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       71. Авиация персоналын кәсіптік даярлау жөніндегі қызметті тікелей жүзеге асыратын персоналдың біліктілік деңгейін ұстау бойынша оқудың толық циклі үш жылдық мерзімділікпен іске асырылады. Бұл ретте толық цикл әр бағыт (пән) бойынша мамандану ескеріліп, талап етілетін барлық көлем бойынша оқуды бітіруді білдіреді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z199" w:id="171"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z199" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72. Авиация персоналы мен мемлекеттік авиация инспекторларын кәсіптік даярлауды тікелей жүзеге асыратын тұлғалар оқытылатын орынды таңдау регламенттелмейді және дербес айқындалады. Бұл ретте шетелдік оқу ұйымдарын мақұлдау талап етілмейді. Оқыту көлемі оқытылатын авиация персоналы мен мемлекеттік авиация инспекторларының санатына сәйкес айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z200" w:id="172"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z200" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73. Авиация персоналының куәлігін алу үшін және оны иеленушілерді кәсіптік даярлауға байланысты қызметті жүзеге асыратын персоналдың:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z201" w:id="173"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z201" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құжатпен расталған (куәлік, сертификат, диплом) тиісті даярлығының болуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z202" w:id="174"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z202" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) біліктілік деңгейін ұстау бойынша оқудан өтуі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z203" w:id="175"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z203" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) бұрын авиация персоналын кәсіптік даярлауда тәжірибесі болмаса, уәкілетті персоналдың қатысуымен тыңдаушыларға нәтижелері келешектегі қызметі туралы шешім қабылдауға негіз болатын бақылау сабағын өткізуі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z204" w:id="176"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z204" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) өзінің бағыты (пәні) бойынша оқу материалын қалыптастыруы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z205" w:id="177"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z205" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) жеке консультациялар мен емтихандарды қоса алғанда, АОО белгілейтін көлемде, бірақ аптасына оқу жылына немесе күнтізбелік жылға қатысты жиынтықтап реттелетін 20 оқу сағатынан аспайтын көлемде сабақтар жүргізуі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z206" w:id="178"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z206" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) қажетті талаптарға сәйкес әдістемелік материалдарды әзірлеуі және түзетуі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z207" w:id="179"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z207" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) қажет болған жағдайда, бекітілген бағдарламаларды түзету бойынша ұсыныстар жасауы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z208" w:id="180"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z208" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       74. Авиация персоналының куәлігін алу үшін кандидаттарды және оны иеленушілерді кәсіптік даярлауға және біліктіліктерін бағалауға байланысты қызметті жүзеге асыратын персоналды оқыту осы параграфта көрсетілгеннен басқа мыналарды қамтуға тиіс:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z209" w:id="181"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z209" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) авиация персоналы мен мемлекеттік авиация инспекторларын оқыту әдіснамасының негіздері, оларды кәсіптік даярлаудың жаңа әдістері мен құралдары саласындағы білімді міндетті түрде зерделеу және жаңарту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z210" w:id="182"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z210" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қауіп-қатер факторлары мен қателерді бақылауды қоса алғанда, адами фактор саласындағы білімді міндетті түрде зерделеу және жаңарту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z211" w:id="183"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z211" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) оқытудың әр бағыты (пәні) мен біліктіліктік бағалау бойынша кәсіптік білім мен дағдыны міндетті түрде алу және жаңарту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z212" w:id="184"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z212" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) авиация персоналын кәсіптік даярлау саласындағы өзекті аспектілерді, даму жолдарын, проблемаларды, жетістіктерді зерделеу және талқылау, тәжірибе алмасу жөніндегі іс-шараларға қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z213" w:id="185"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z213" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) кәсіптік қызмет процесінде қажет болатын авиациялық техниканың, жерүсті жабдықтардың әрқилы түрлерімен және оларды пайдалану ерекшелігімен танысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z214" w:id="186"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z214" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) жаңа мамандықтар мен бағыттарды игеру (қажет болған жағдайда).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z215" w:id="187"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z215" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       75. Біліктілікті бағалау оқыту процесінде алынған білім мен дағдының ИКАО белгіленген стандарттарына, Қазақстан Республикасының заңнамасының талаптарына және кәсіптік қызметтің белгілі бір түріне қойылатын біліктілік талаптарға сәйкестігін тексеру рәсімін білдіреді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z216" w:id="188"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z216" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       76. ИКАО стандарттары, Қазақстан Республикасының нормативтік-құқықтық актілерінің талаптары және кәсіптік қызметтің белгілі бір түріне қойылатын біліктілік талаптар кәсіптік даярлауда бекітілген бағдарламалар түрінде іске асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z217" w:id="189"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z217" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       77. Біліктілік бағалауды арнайы оқудан өткен және уәкілетті ұйымның осы функцияларын орындау үшін тағайындалған емтихан алушылар (емтихан алушылар, тестілеуші мамандар) жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkEnd w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7264,70 +7288,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.08.2019 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z218" w:id="190"/>
+    <w:bookmarkStart w:name="z218" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       78. Егер емтихан алушылар (емтихан алушылар, тестілеуші мамандар) АОО немесе азаматтық авиация ұйымының қызметкерлері болып табылмаса, онда мұндай бекітуді алу үшін емтихан алушылар уәкілетті ұйымға олардың біліктілігін растайтын құжаттардың көшірмелерін және оларды Қазақстан Республикасының аумағында емтихан алушы (емтихан алушы, тестілеуші маман) ретінде бекіту туралы еркін нысандағы өтінішпен қоса хат жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkEnd w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7346,70 +7370,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.08.2019 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z219" w:id="191"/>
+    <w:bookmarkStart w:name="z219" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       79. Уәкілетті ұйым ұсынған құжаттардың негізінде өтініш берушімен емтихан (тест, әңгімелесу) өткізу туралы немесе оң немесе теріс қорытынды беру туралы немесе қосымша ақпарат ұсыну қажеттігі туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkEnd w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7428,70 +7452,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.08.2019 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z220" w:id="192"/>
+    <w:bookmarkStart w:name="z220" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80. Азаматтық авиация ұйымдарының қызметкерлері болып табылатын және кәсіптік деңгейді қолдау бойынша оқытуды жүргізу кезінде рәсімдерге қатысатын емтихан алушыларға (емтихан алатындарға, тестілеуші мамандарға) осы сертификаттау талаптарының 78, 79-тармақтарында көрсетілген рәсім де қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkEnd w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте уәкілетті ұйымға хат емтихан алушы (емтихан алатын, тестілеуші маман) жұмыс істейтін азаматтық авиация ұйымдарының атынан жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -7528,510 +7552,510 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.08.2019 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z222" w:id="193"/>
+    <w:bookmarkStart w:name="z222" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       81. Авиация персоналын авиациялық қауіпсіздікті қамтамасыз етуге байланысты кәсіптік даярлау жөніндегі қызметті тікелей жүзеге асыратын персонал:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z223" w:id="194"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z223" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құжатпен (куәлік, сертификат, диплом) расталған тиісті даярлығының болуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z224" w:id="195"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z224" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) біліктілік деңгейін ұстау бойынша оқудан өтуі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z225" w:id="196"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z225" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) бұрын кәсіптік даярлауда тәжірибесі болмаса, уәкілетті персоналдың қатысуымен тыңдаушыларға нәтижелері келешектегі қызметі туралы шешім қабылдауға негіз болатын бақылау сабағын өткізуі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z226" w:id="197"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z226" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жеке консультациялар мен емтихандарды қоса алғанда, АОО белгілейтін көлемде, бірақ аптасына оқу жылына немесе күнтізбелік жылға қатысты жиынтықтап реттелетін 20 оқу сағатынан аспайтын көлемде сабақтар жүргізуі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z227" w:id="198"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z227" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) қажетті талаптарға сәйкес әдістемелік материалдарды әзірлеуі және түзетуі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z228" w:id="199"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z228" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) қажет болған жағдайда, бекітілген бағдарламаларды түзету бойынша ұсыныстар жасауы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z229" w:id="200"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z229" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       82. Авиация персоналын авиациялық қауіпсіздікті қамтамасыз етуге байланысты кәсіптік даярлау жөніндегі қызметті кәсіптік даярлауға байланысты қызметті жүзеге асыратын персоналды оқыту осы параграфта көрсетілген көлемнен басқа, мыналарды қамтуы тиіс:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z230" w:id="201"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z230" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қызметі авиациялық қауіпсіздікті қамтамасыз етуге байланысты авиация персоналын оқыту әдіснамасының негіздері, оларды кәсіптік даярлаудың жаңа әдістері мен құралдары саласындағы білімді міндетті түрде зерделеу және жаңарту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z231" w:id="202"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z231" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қауіп-қатер факторлары мен қателерді бақылауды қоса алғанда, адами фактор саласындағы білімді міндетті түрде зерделеу және жаңарту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z232" w:id="203"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z232" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) оқытудың әр бағыты бойынша кәсіптік білім мен дағдыны міндетті түрде алу және жаңарту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z233" w:id="204"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z233" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жаңа мамандықтар мен бағыттарды игеру (қажет болған жағдайда).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z234" w:id="205"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z234" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       83. Авиация персоналының өзге санаттарын кәсіптік даярлауға байланысты қызметті жүзеге асыратын персонал:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z235" w:id="206"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z235" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құжатпен (куәлік, не сертификат, не диплом, не өз бетінше жұмыс істеуге рұқсат) расталған тиісті даярлығының болуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z236" w:id="207"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z236" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) біліктілік деңгейін ұстау бойынша оқудан өтуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z237" w:id="208"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z237" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) бұрын кәсіптік даярлауда тәжірибесі болмаса, уәкілетті персоналдың қатысуымен тыңдаушыларға нәтижелері келешектегі қызметі туралы шешім қабылдауға негіз болатын бақылау сабағын өткізуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z238" w:id="209"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z238" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жеке консультациялар мен емтихандарды қоса алғанда, АОО белгілейтін көлемде, бірақ аптасына оқу жылына немесе күнтізбелік жылға қатысты жиынтықтап реттелетін 20 оқу сағатынан аспайтын көлемде сабақтар жүргізуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z239" w:id="210"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z239" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) қажетті талаптарға сәйкес әдістемелік материалдарды әзірлеуі және түзетуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z240" w:id="211"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z240" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) қажет болған жағдайда, бекітілген бағдарламаларды түзету бойынша ұсыныстар енгізуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z241" w:id="212"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z241" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       84. Авиация персоналының өзге санаттарын кәсіптік даярлауға байланысты қызметті жүзеге асыратын персоналды оқыту осы параграфта көрсетілген көлемнен басқа мыналарды қамтуға тиіс:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z242" w:id="213"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z242" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) авиация персоналын оқыту әдіснамасының негіздері, оларды кәсіптік даярлаудың жаңа әдістері мен құралдары саласындағы білімді міндетті түрде зерделеу және жаңарту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z243" w:id="214"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z243" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) оқытудың әр бағыты (пәні) бойынша кәсіптік білім мен дағдыны міндетті түрде алу және жаңарту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z244" w:id="215"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z244" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жаңа мамандықтар мен бағыттарды игеру (қажет болған жағдайда).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkEnd w:id="218"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8110,990 +8134,990 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сертификаттық талаптарға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z246" w:id="216"/>
+    <w:bookmarkStart w:name="z246" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Персоналды даярлау және рәсімдер жөніндегі</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>нұсқаудың құрылымы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z247" w:id="217"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z247" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Персоналды даярлау және рәсімдер жөніндегі нұсқау, кем дегенде, барлық төменде көрсетілген элементтерді олардың кәсіптік даярлаудың іске асырылатын түрлеріне сәйкес келетін шамасында қамтуы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z248" w:id="218"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z248" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Барлық авиациялық оқу орталықтары үшін</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z249" w:id="219"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z249" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkEnd w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-тараудың тақырыбы жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.08.2019 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z250" w:id="220"/>
+    <w:bookmarkStart w:name="z250" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Нұсқауды пайдалану мен қолдану саласына қатысты кіріспе бөлім.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z251" w:id="221"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z251" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Мазмұны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z252" w:id="222"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z252" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Нұсқауға түзетулер енгізу, оны қайта қарау және тарату:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z253" w:id="223"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z253" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) түзетулерді енгізу тәртібі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z254" w:id="224"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z254" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) түзетулерді тіркеу беті;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z255" w:id="225"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z255" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таратылып жіберілетін адресаттардың тізімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z256" w:id="226"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z256" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) нақты парақтар тізбесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z257" w:id="227"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z257" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Акронимдер және/немесе қысқартулар тізбесін қоса алғанда, анықтамалар мен негізгі терминдер сөздігі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z258" w:id="228"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z258" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Мыналарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z259" w:id="229"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z259" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бөліктер мен бөлімдерді, олардың сипатталуы мен пайдалануын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z260" w:id="230"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z260" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тармақтардың нөмірлену жүйесін қоса алғанда, нұсқаудың құрылымы мен құрастырылуын сипаттау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z261" w:id="231"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z261" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Мәлімделетін кәсіптік даярлау бағыттарына сәйкес қызмет саласының сипаттамасы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z262" w:id="232"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z262" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Ұйым (ұйымдық-басқарушылық құрылым схемасы) және лауазымды тұлғалардың тегі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z263" w:id="233"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z263" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Мыналарды қоса алғанда (бірақ шектелмей), басқарушы және негізгі өндірістік персоналдың жіктемесі, міндеттері мен субординация тәртібі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z264" w:id="234"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z264" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жауапты басшы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z265" w:id="235"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z265" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) оқу бөлімінің меңгерушісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z266" w:id="236"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z266" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) көрсетілетін оқу қызметтері жөніндегі менеджер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z267" w:id="237"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z267" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сапаны қамтамасыз ету жөніндегі менеджер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z268" w:id="238"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z268" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) техникалық қызмет көрсету жөніндегі менеджер (егер қолданылуы мүмкін болса);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z269" w:id="239"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z269" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) ұшу қауіпсіздігі жөніндегі менеджер (егер қолданылуы мүмкін болса);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z270" w:id="240"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z270" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) нұсқаушылар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z271" w:id="241"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z271" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) емтихан алушылар, аттестаттаушылар және аудиторлар (егер қолданылуы мүмкін болса).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z272" w:id="242"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z272" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Мыналарға қатысты саясат:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z273" w:id="243"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z273" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мақсаттар, соның ішінде этикалық нормалар мен моральдық құндылықтар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z274" w:id="244"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z274" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) персоналды іріктеу және біліктілігінің тиісті деңгейін қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z275" w:id="245"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z275" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сынақтан өткізу мен қайта қарау қажеттілігін қоса алғанда, оқу бағдарламаларының құрылымы мен қалыптасуы, сондай-ақ оқу бағдарламаларын әзірлеу мақсатында тысқары ұйымдарды тарту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z276" w:id="246"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z276" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) оқу материалдары мен құралдарын бағалау, іріктеу және жаңарту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z277" w:id="247"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z277" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) оқу құралдары мен жабдықтарға техникалық қызмет көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z278" w:id="248"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z278" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) сапаны басқару жүйесінің моделін әзірлеу және ұстау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z279" w:id="249"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z279" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) ұшу қауіпсіздігін басқару жүйесінің моделін іске асыруды қоса алғанда (қажет болған кезде), еңбек қауіпсіздігін қамтамасыз етуге бағытталған мәдениетті әзірлеу және ұстау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z280" w:id="250"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z280" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Мыналарды қоса алғанда, қолда бар құралдар мен жабдықтарды сипаттау:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z281" w:id="251"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z281" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) үй-жайларды, сақтау қоймаларын және мұрағаттарды, кітапхананы немесе анықтамалық құжаттамаға арналған үй-жайларды қоса алғанда, ортақ пайдалану құралдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z282" w:id="252"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z282" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) орнатылған жабдықты қоса алғанда, аудиториялардың саны мен алаңы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z283" w:id="253"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z283" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) егер олар негізгі оқу объектісінің аумағынан тыс орналасқан болса, жаттығу құрылғыдарының, ұшу немесе әуе қозғалысы имитаторларының орналасқан жерін қоса алғанда, олардың үлгісі мен саны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z284" w:id="254"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z284" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Кадрларды даярлау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkEnd w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-тараудың тақырыбы жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.08.2019 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z285" w:id="255"/>
+    <w:bookmarkStart w:name="z285" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. АОО сертификаттау талаптарының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-параграфының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарына сәйкес кадрлармен қамтамасыз етуге байланысты барлық аспектілер егжей-тегжейлі ашылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z286" w:id="256"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z286" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Персоналды кәсіптік даярлау және олардың біліктілігі стандарттарын қамтамасыз етуге жауапты тұлғалардың тегі немесе лауазымдарының атаулары міндетті түрде көрсетілуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z287" w:id="257"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z287" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Аттестаттау және нұсқаушы мен емтихан персоналының біліктілігін айқындау тәртібінің толық сипаттамасы келтіріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkEnd w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нұсқаушы және емтихан алушы персоналды аттестаттау және олардың біліктілігін айқындау осы сертификаттау талаптарына 3-қосымшаға сәйкес нысан бойынша аттестаттау хаттамасымен ресімделеді және сертификаттау талаптарына 4-қосымшаға сәйкес нысан бойынша біліктілік парағы толтырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -9130,110 +9154,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z288" w:id="258"/>
+    <w:bookmarkStart w:name="z288" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Басқару жүйесінің процестеріне қатысты міндеттер тізбесімен танысуды қоса алғанда, бүкіл персоналды бастапқы даярлау және біліктілігінің деңгейін ұстау бағдарламаларының егжей-тегжейлі сипаттамасы келтіріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z289" w:id="259"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z289" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Кәсіптік даярлау және біліктілігін ұстау деңгейін тексеру рәсімдері ашып көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z541" w:id="260"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z541" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15-1. АОО-ның нұсқаушы және емтихан алушы персоналының тағылымдамадан өту тәртібінің толық сипаттамасы келтіріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkEnd w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9252,1082 +9276,1082 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z290" w:id="261"/>
+    <w:bookmarkStart w:name="z290" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Оқу бағдарламалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkEnd w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-тараудың тақырыбы жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.08.2019 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z291" w:id="262"/>
+    <w:bookmarkStart w:name="z291" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Курстың оқу бағдарламасы әр модульмен қамтамасыз етілетін теориялық білімге де, сол сияқты тәжірибелік оқуға да қатысты оқу мақсаты мен төменде көрсетілген ақпаратты қамтитын, модульдерге бөлінген бірыңғай құжатты білдіреді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z292" w:id="263"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z292" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Персоналды даярлау және рәсімдер жөніндегі нұсқаудың мән мәтінінде бөлімнің басында қолданылатын оқу бағдарламалары құрылымының егжей-тегжейлі сипаттамасы келтіріледі. Бұл ретте оқу бағдарламаларының пайдаланылатын құрылымы, кем дегенде, төменде көрсетілген бөлімдерді қамтуға және осы қосымшаның 3-бөлімінде келтірілген талаптарға сәйкес келуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z293" w:id="264"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z293" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Оқу бағдарламалары кәсіптік даярлау бойынша көрсетілетін қызметтердің толық спектрін қамтуға тиіс және оқу жоспарынан, іске асыру кезіндегі қосымша жағдайлар мен ерекшеліктерден, теориялық даярлау бөлімінен (егер қолданылуы мүмкін болса), тәжірибелік даярлау бөлімінен (егер қолданылуы мүмкін болса) тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z294" w:id="265"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z294" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Оқу жоспары мыналарды қамтуға тиіс:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z295" w:id="266"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z295" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тыңдаушының даярлау нәтижесінде білуі және жасай алуы тиістіні баяндау түріндегі курстың мақсаты, оқуды аяқтағаннан кейін оның құзыреттілігі (орындалатын функциялар) және осы курста оқудан өту үшін ықтималды шектеулер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z296" w:id="267"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z296" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мыналарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z297" w:id="268"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z297" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ең төмен жасты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z298" w:id="269"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z298" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       біліміне немесе біліктілігіне қатысты талаптарды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z299" w:id="270"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z299" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       медициналық талаптарды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z300" w:id="271"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z300" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тіл талаптарын қоса алғанда, оқуға түсуге байланысты талаптар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z301" w:id="272"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z301" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Білім алушылардың өткен білімін, тәжірибесін немесе өзге даярлығын есепке алу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z302" w:id="273"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z302" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Мыналарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z303" w:id="274"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z303" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) теориялық даярлауды (білім);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z304" w:id="275"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z304" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) практикалық даярлауды (дағды);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z305" w:id="276"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z305" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) адами фактор саласындағы даярлауды (адамның мүмкіндіктері бойынша оқу бағдарламаларын әзірлеу жөніндегі нұсқаулық материал ИКАО 9683 құжатында қамтылған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z306" w:id="277"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z306" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) аттестаттау мен емтихандарды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z307" w:id="278"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z307" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) аттестаттауды және емтихан алу іс-шараларын қоса алғанда, оқу процесін бақылауды қоса алғандағы, оқытудың ашып көрсетілген бағдарламасы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z308" w:id="279"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z308" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Мыналарға:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z309" w:id="280"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z309" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тыңдаушылар мен нұсқаушыларды оқыту кезеңдерінің ұзақтығына қатысты шектеулерге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z310" w:id="281"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z310" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ең аз демалыс ұзақтығына (егер қолданылуы мүмкін болса) қатысты уақытша шектеулер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z311" w:id="282"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z311" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Мыналарды қоса алғанда, тыңдаушыларды аттестаттаудың басшылыққа алынатын қағидаттары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z312" w:id="283"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z312" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тестілерді жүргізуді бекіту тәртібі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z313" w:id="284"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z313" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қайта тестілеу алдындағы қосымша даярлау тәртібі және білімді тексеруге арналған тестілерді қайта тапсыру тәртібі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z314" w:id="285"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z314" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) тестілер хаттамалары мен нәтижелерін тіркеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z315" w:id="286"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z315" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) дағдыны алу барысын тексеру тәртібі және дағдысын қолдануға арналған тестілер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z316" w:id="287"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z316" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) теориялық даярлау барысын тексеру тәртібі және білімді тексеруге тестілеуді дайындау тәртібін, сұрақтар мен бағалау үлгілерін, сынақ немесе емтихан алу үшін қажетті нормаларды қоса алғанда, білімді тексеруге арналған тестілер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z317" w:id="288"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z317" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) сұрақтарды талдау және қарау мен жаңа емтихандарды жүргізу тәртібі (білімді тексеруге арналған тестілерге қатысты қолданылады).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z318" w:id="289"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z318" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Мыналарды қоса алғанда, оқыту тиімділігінің басшылыққа алынатын қағидаттары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z319" w:id="290"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z319" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) оқу бөлімшелері арасындағы өзара іс-қимыл жасау тәртібі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z320" w:id="291"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z320" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) есептілік пен құжаттамаға қойылатын талаптар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z321" w:id="292"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z321" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) оқытудың кемшіліктерін анықтау үшін кері байланыстың ішкі жүйесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z322" w:id="293"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z322" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) стандарттауды қамтамасыз ету мақсатында даярлаудың әртүрлі кезеңдерінде оқыту бағдарламасын орындау нормалары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z323" w:id="294"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z323" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) тыңдаушылардың жеке міндеттері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z324" w:id="295"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z324" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) оқытудың қанағаттандырылмаған барысын түзету тәртібі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z325" w:id="296"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z325" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) нұсқаушыларды алмастыру тәртібі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z326" w:id="297"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z326" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) бір тыңдаушыға есептегенде нұсқаушыларды алмастырудың ең жоғары саны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z327" w:id="298"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z327" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) тыңдаушыны сабақтардан уақытша шеттету тәртібі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z328" w:id="299"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z328" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Егер АОО нәтижесі авиация персоналының куәлігін беру немесе біліктілік белгісі болып табылмайтын курстарды жүргізетін болса, онда осындай курстардың оқу бағдарламасы мыналарды қамтиды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z329" w:id="300"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z329" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) талаптарды және әрбір пән бойынша даярлау мақсаттарын айқындаумен теориялық және тәжірибелік даярлаудың оқу жоспары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z330" w:id="301"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z330" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тиісті мерзімділікпен негізгі жаттығулардың тізбектілігін оқу және қайталау үшін неғұрлым тиімді оқыту бағдарламаларын іске асыру мақсатында кезеңдерді құру сұлбаларын көрсетумен оқыту курсын кезеңдерге бөлу тәртібін баяндау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z331" w:id="302"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z331" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) әрбір кезең үшін және әр кезеңнің шеңберінде сабақтар сериясы үшін бағдарлама бойынша оқу сағаттары және оқу барысын тексеруді жүргізу мерзімдері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z332" w:id="303"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z332" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) бір даярлау кезеңінен басқа даярлау кезеңіне өту үшін қажетті біліктіліктің деңгейлерін көрсету (тәжірибеге қойылатын ең аз талаптар, кезекті кезеңге өтер алдында тәжірибелік жаттығуларды қанағаттанарлық орындау);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z333" w:id="304"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z333" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) оқу әдістемесіне қойылатын талаптар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z334" w:id="305"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z334" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) үлгерушілікті тексеруді жүргізуді және құжаттық рәсімдеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z335" w:id="306"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z335" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) қажет болған кезде емтихандар мен тестілерге қатысты нұсқаулықтар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z336" w:id="307"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z336" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. "Куәлік немесе біліктілік белгісін беру мақсатында жүргізілетін емтихандар, тестілер және тексерулер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkEnd w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-тараудың тақырыбы жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.08.2019 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z337" w:id="308"/>
+    <w:bookmarkStart w:name="z337" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Осы бөлім азаматтық авиация саласындағы уәкілетті ұйымның рұқсатына сәйкес куәлікті немесе біліктілік белгісін беруге байланысты тестілеуді жүзеге асыратын не осындай қызметті жоспарлайтын АОО үшін талап етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkEnd w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10346,70 +10370,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.08.2019 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z338" w:id="309"/>
+    <w:bookmarkStart w:name="z338" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Біліктілік бағалауды АОО жүзеге асырады. Бағалауды жүзеге асыру үшін АОО тиісті персоналды кәсіптік даярлауды жүзеге асырады және уәкілетті ұйымға емтихан алушылар (емтихан алушы, тестілеуші мамандар) ретінде көрсетілетін тұлғаларды бекіту туралы еркін нысандағы өтінішпен бірге хат, оқудан өткенін растайтын құжаттардың көшірмелерін, сондай-ақ персоналды даярлау және рәсімдер жөніндегі нұсқаудың көшірмесін жібереді, онда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkEnd w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тестілер мен емтихандарды жүргізуге уәкілетті қызметкерлердің тегі, олардың өкілеттіктерінің шеңбері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10626,341 +10650,341 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.08.2019 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z345" w:id="310"/>
+    <w:bookmarkStart w:name="z345" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Есептік құжаттама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkEnd w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-тараудың тақырыбы жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.08.2019 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z346" w:id="311"/>
+    <w:bookmarkStart w:name="z346" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы бөлімде мыналарға:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z347" w:id="312"/>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z347" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сабақтарда болу журналдарына;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z348" w:id="313"/>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z348" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тыңдаушылардың оқуын есепке алуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z349" w:id="314"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z349" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) өз персоналын даярлауға және оның біліктілігін есепке алуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z350" w:id="315"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z350" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) есепке алу құжаттамасы мен тыңдаушылар журналдарын тексеруге жауапты тұлғаларға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z351" w:id="316"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z351" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) есепке алу құжаттамасын тексерудің сипаты мен кезеңділігіне;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z352" w:id="317"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z352" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) есепке алу құжаттарына жазбалардың енгізілуін стандарттауға;        </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkEnd w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) журналдарға жазбалар енгізуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z353" w:id="318"/>
+    <w:bookmarkStart w:name="z353" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) есепке алу жазбалары мен құжаттарының сақталуына қатысты саясат пен рәсімдер егжей-тегжейлі ашып көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z354" w:id="319"/>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z354" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. Сапаны қамтамасыз ету жүйесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkEnd w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 6-тараудың тақырыбы жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.08.2019 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z355" w:id="320"/>
+    <w:bookmarkStart w:name="z355" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы бөлім 2-тарадың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10975,1471 +10999,1471 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, сондай-ақ АОО сертификаттау талаптарының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшасының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарына сәйкес сапаны қамтамасыз ету жүйесі тәжірибесінің қысқаша сипаттамасы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z356" w:id="321"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z356" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-тарау. Ұшу қауіпсіздігін басқару жүйесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkEnd w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 7-тараудың тақырыбы жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.08.2019 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z357" w:id="322"/>
+    <w:bookmarkStart w:name="z357" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы бөлім АОО сертификаттау талаптарының 2-тарауы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-параграфына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ұшу қауіпсіздігін басқару жүйесінің егжей-тегжейлі сипаттамасы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z358" w:id="323"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z358" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8. Толықтырулар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z359" w:id="324"/>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z359" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы бөлім АОО сертификаттау талаптарының 2-тарауы 2-параграфында көрсетілмеген қажетті қосымша құжаттардың тізбесінен және олардың егжей-тегжейлі сипаттамасынан тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z360" w:id="325"/>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z360" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әуе кемелерін пайдалана отырып, пилоттарды</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Бастапқы даярлауды жүзеге асыратын</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>АОО үшін қосымша мазмұн</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z361" w:id="326"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z361" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әуе кемелерін пайдалана отырып, пилоттарды даярлауды қамтамасыз ететін АОО үшін Персоналды даярлау және рәсімдер жөніндегі нұсқаудың бөлімдері, бөлімде көрсетілгендерден басқа, қолданылу мүмкіндігін ескере отырып, кем дегенде барлық төменде көрсетілген элементтерді қамтуы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z362" w:id="327"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z362" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы бөлімдердің мазмұнын қалыптастырған кезде оның ұшуға даярлықтың барлық аспектілерін түгел қамтуға тиіс екендігін және машықтанып жаттығу ұшуларды жүргізу жөніндегі жекелеген нұсқауды құрастыруға әкелмеуге тиіс екендігін есепке алу талап етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z363" w:id="328"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z363" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9-тарау. Ұшу дайындығы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkEnd w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 9-тараудың тақырыбы жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.08.2019 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z364" w:id="329"/>
+    <w:bookmarkStart w:name="z364" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Мыналарды қоса алғанда, бірақ шектелмей, басқарушы және негізгі өндірістік персоналдың жіктемесі, міндеттері мен субординация тәртібі (осы қосымшаның 8-тармағында көрсетілгенге толықтыру ретінде):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z365" w:id="330"/>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z365" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бас пилот-нұсқаушы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z366" w:id="331"/>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z366" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жерүсті даярлау жөніндегі бас нұсқаушы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z367" w:id="332"/>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z367" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Мыналарға:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z368" w:id="333"/>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z368" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ұшуды бекітуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z369" w:id="334"/>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z369" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) әуе кемесі командирінің міндеттеріне;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z370" w:id="335"/>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z370" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ұшуды жоспарлау рәсімдері – жалпы ережелерге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z371" w:id="336"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z371" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жолаушыларды тасымалдауға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z372" w:id="337"/>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z372" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) ұшуды басқару жүйелеріне;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z373" w:id="338"/>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z373" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) қауіптер көздері, авиациялық оқыс жағдайлар мен оқиғалар туралы хабарламаларды беруге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z374" w:id="339"/>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z374" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) ұшу құрамы мен тыңдаушылардың жұмыс уақыты мен ұшатын жұмыс уақытының шектеулеріне;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z375" w:id="340"/>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z375" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) ұшу құрамы мен тыңдаушылардың демалуының ең аз ұзақтығына қатысты саясат пен рәсімдер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z376" w:id="341"/>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z376" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Мыналарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z377" w:id="342"/>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z377" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ұшу жағдайларын имитациялайтын тренажерлерді және машықтанып жаттығу әуе кемелерін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z378" w:id="343"/>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z378" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) техникалық қызмет көрсету құралдарын және машықтанып жаттығу әуе кемелері тұрақтарының перрон орындарын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z379" w:id="344"/>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z379" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) компьютерлермен жабдықталған аудиторияларды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z380" w:id="345"/>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z380" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) нұсқама алу үшін диспетчерлік жайлар мен үй-жайларды қоса алғанда, қолда бар құралдар мен жабдықтардың сипаттамасы (осы қосымшаның 10-тармағына толықтыру ретінде).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z381" w:id="346"/>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z381" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10-тарау. Әуе кемелерін пайдалану бойынша ақпарат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkEnd w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 10-тараудың тақырыбы жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.08.2019 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z382" w:id="347"/>
+    <w:bookmarkStart w:name="z382" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Сертификаттық және пайдаланушылық шектеулер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z383" w:id="348"/>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z383" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Мыналарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z384" w:id="349"/>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z384" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ұшу-техникалық шектеулерді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z385" w:id="350"/>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z385" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) бақылау карталарын пайдалануды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z386" w:id="351"/>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z386" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) пайдаланудың стандарттық ережелерін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z387" w:id="352"/>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z387" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) әуе кемесіне техникалық қызмет көрсету ережелерін қоса алғанда, әуе кемесін басқару.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z388" w:id="353"/>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z388" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Әуе кемесін жүктеу мен жүкті бекіту жөніндегі нұсқаулықтар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z389" w:id="354"/>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z389" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Отын құю қағидалары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z390" w:id="355"/>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z390" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Авариялық жағдайдағы іс-қимыл тәртібі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z391" w:id="356"/>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z391" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11-тарау. Маршруттар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkEnd w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 11-тараудың тақырыбы жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.08.2019 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z392" w:id="357"/>
+    <w:bookmarkStart w:name="z392" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Ұшып көтерілу, маршрут бойынша ұшу және қону сияқты ұшу-техникалық критерийлері.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z393" w:id="358"/>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z393" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Мыналарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z394" w:id="359"/>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z394" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) отын мен майға қатысты талаптарды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z395" w:id="360"/>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z395" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ұшудың ең төмен қауіпсіз биіктіктерін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z396" w:id="361"/>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z396" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) штаттан тыс жағдайдағы немесе маршруттан ауытқыған кездегі іс-қимылдар тәртібі сияқты төтенше оқиғалар жағдайына жоспарлауды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z397" w:id="362"/>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z397" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) навигациялық жабдықты қоса алғанда, ұшу жоспарын жасау тәртібі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z398" w:id="363"/>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z398" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Күндіз, түнде, АҰҚ және ВҰҚ бойынша барлық машықтанып жаттығу ұшуларын орындауға арналған ауа райы минимумдары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z399" w:id="364"/>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z399" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Даярлаудың әртүрлі кезеңдерінде барлық машықтанып жаттығу ұшуды орындауға арналған ауа райы минимумдары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z400" w:id="365"/>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z400" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Оқу маршруттары мен практикалық сабақтар аймақтары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z401" w:id="366"/>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z401" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12-тарау. Оқу ұшуларының жоспары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkEnd w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 12-тараудың тақырыбы жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.08.2019 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z402" w:id="367"/>
+    <w:bookmarkStart w:name="z402" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Қолданыла алатындығын ескеруді қоса алғанда, курс не кәсіптік даярлау курсы бөлімі (осы қосымшаның 3-бөлімінің ережелеріне толықтыру ретінде):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="367"/>
-    <w:bookmarkStart w:name="z403" w:id="368"/>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z403" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) курс не ұшуға даярлау курсының бөлімі (бір қозғалтқышты әуе кемесі);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z404" w:id="369"/>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z404" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) курс не ұшуға даярлау курсының бөлімі (көп қозғалтқышты әуе кемесі);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="369"/>
-    <w:bookmarkStart w:name="z405" w:id="370"/>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z405" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) курс не теориялық даярлау курсының бөлімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z406" w:id="371"/>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z406" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) курс не ұшу жағдайларын имитациялайтын жаттығу тренажерлерінде даярлау курсының бөлімі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z407" w:id="372"/>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z407" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Ұшуға даярлаудың, жерүсті даярлаудың және ұшу жағдайларын имитациялайтын тренажерлерде даярлаудың күнделікті және апта сайынғы бағдарламаларының жалпы сұлбасы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="372"/>
-    <w:bookmarkStart w:name="z408" w:id="373"/>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z408" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Мынадай аспектідегі даярлау қағидаттары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="373"/>
-    <w:bookmarkStart w:name="z409" w:id="374"/>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z409" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) күрделі метеожағдайлар бойынша шектеулер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z410" w:id="375"/>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z410" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) күніне/аптасына/айына тыңдаушыларды оқытудың ең көп уақыты (ұшуға даярлау, теориялық даярлау және пилотаждық тренажерде даярлау);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z411" w:id="376"/>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z411" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) тыңдаушыларды оқыту кезеңдеріне қатысты шектеулер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z412" w:id="377"/>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z412" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) әртүрлі сатыларда оқу ұшуларының ұзақтығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z413" w:id="378"/>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z413" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) нақты уақыт кезеңінде күндіз немесе түнде тыңдаушы жеке өзі ұшқан сағаттардың барынша көп саны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z414" w:id="379"/>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z414" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) нақты уақыт кезеңінде күндіз немесе түнде тыңдаушының жеке оқу ұшуларының барынша көп саны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z415" w:id="380"/>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z415" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) оқу кезеңдері арасындағы демалудың барынша аз ұзақтығы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkEnd w:id="383"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12518,254 +12542,254 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сертификаттық талаптарға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z417" w:id="381"/>
+    <w:bookmarkStart w:name="z417" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сапа жөніндегі нұсқаудың құрылымы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z418" w:id="382"/>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z418" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сапа саласындағы саясат </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-толықтырудың тиісті бөліктерінің және 9841 ИКАО құжатының, Қазақстан Республикасының азаматтық авиация саласындағы нормативтік-құқықтық актілерінің және АОО-ның ықтималды қосымша стандарттарының талаптарын тұрақты негізде іске асыру мен сақтауды көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z419" w:id="383"/>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z419" w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Сапа саласындағы Стратегия мен саясат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkEnd w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-тараудың тақырыбы жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.08.2019 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z420" w:id="384"/>
+    <w:bookmarkStart w:name="z420" w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Барынша ықтималды сапа стандарттарына қол жеткізу және қамтамасыз ету жоспарында АОО жауапты басшысының міндеттемелерін көрсете отырып, АОО барлық ұйымдық деңгейлеріндегі сапа саласында қолданылатын саясат пен стратегияны негіздеу, іске асыру рәсімдері, қайта қарау, іс-шараларды жоспарлау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="384"/>
-    <w:bookmarkStart w:name="z421" w:id="385"/>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z421" w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Сапаны қамтамасыз ету жүйесі үшін жалпы жауапкершілікті, ішкі басқару әдістерін қайта қарау және талдау жөніндегі іс-шаралардың мерзімділігін, нысаны мен құрылымын қоса алғанда, АОО басшысының жауапкершілігі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="385"/>
-    <w:bookmarkStart w:name="z422" w:id="386"/>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z422" w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Егер АОО құрылымында көзделген болса, онда сапаны қамтамасыз ету жөніндегі міндеттердің орындалуы үшін жауапкершілікті АОО сапасын қамтамасыз ету жөніндегі маманға жүктеу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="386"/>
-    <w:bookmarkStart w:name="z423" w:id="387"/>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z423" w:id="390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Авиациялық мамандарды даярлау саласындағы АОО белгілеген стандарттарды және уәкілетті ұйымдардың кез келген қосымша талаптарын орындау саласындағы барлық қызметін мониторинг жолымен тексеруді қоса алғанда, сапаны қамтамасыз ету жөніндегі маманның негізгі функциялары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkEnd w:id="390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12784,708 +12808,708 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.08.2019 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z424" w:id="388"/>
+    <w:bookmarkStart w:name="z424" w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Сапаны қамтамасыз ету жөніндегі маманның сапаны қамтамасыз ету жүйелерін тиісінше құжаттық ресімдеу, енгізу, ұстау, тұрақты талдау және жетілдіру үшін жауапкершілігі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="388"/>
-    <w:bookmarkStart w:name="z425" w:id="389"/>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z425" w:id="392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Кәсіптік даярлау сапасына ықпал ететін проблемалар туралы АОО жауапты басшысының толық хабардар болуын қамтамасыз ететін бағыныштылық, есептілік тәртібі, сапаны қамтамасыз ету жөніндегі маманның АОО барлық бөлімшелеріне кедергісіз қолжетімділігін қамтамасыз ету.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="389"/>
-    <w:bookmarkStart w:name="z426" w:id="390"/>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z426" w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Сапаны қамтамасыз ету жөніндегі маманның сапаны қамтамасыз ету жүйесіне байланысты АОО персоналының кәсіптік даярлығын жүргізу үшін жауапкершілігі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="390"/>
-    <w:bookmarkStart w:name="z427" w:id="391"/>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z427" w:id="394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Сапаны қамтамасыз ету (СҚ)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkEnd w:id="394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-тараудың тақырыбы жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.08.2019 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z428" w:id="392"/>
+    <w:bookmarkStart w:name="z428" w:id="395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Осы бөлімді әзірлеген кезде көрсетілетін қызметтерді тексеру мен бақылаудың – өнімдер мен көрсетілетін қызметтердегі ақаулықтарды анықтауға бағытталған, бірақ осы ақаулықтары болдырмауды қамтамасыз етпейтін "сапаны бақылау" шаралары ғана екенін есепке алу керек. СҚ мақсаты азаматтық авиация мамандарын кәсіптік даярлау процесін жетілдіру және оның тұрақтылығын қамтамасыз ету, сондай-ақ проблемалардың туындауының басты себептері болып табылатын факторларды анықтау, болдырмау немесе, кем дегенде, барынша азайту болып табылады. СҚ әртүрлі бақылау кезеңдері мен тетіктерін белгілеу арқылы бүкіл оқу процесі барысында стандарттардың тұрақты сақталуын көздейді. Содан басқа, СҚ ресми бекітілген саясатты, процестерді, рәсімдерді мүлтіксіз сақтау мақсатында аудит жүйесін көздейді және оны "қамтамасыз ететін" сапаны басқарудың сол бөлігі болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z429" w:id="393"/>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z429" w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Осы мақсатпен кем дегенде, мынадай іс-шараларға жататын қағидаттар, рәсімдер мен процестерден тұратын СҚ жоспары жасалады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="393"/>
-    <w:bookmarkStart w:name="z430" w:id="394"/>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z430" w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) кәсіптік даярлау бойынша ұсынылатын қызметтер мониторингі және оқу процесін бақылау тетіктері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="394"/>
-    <w:bookmarkStart w:name="z431" w:id="395"/>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z431" w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) бағалау мен тексеру әдістерінің мониторингі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z432" w:id="396"/>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z432" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) АОО персоналының біліктілік және даярлық деңгейінің мониторингі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="396"/>
-    <w:bookmarkStart w:name="z433" w:id="397"/>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z433" w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) оқу тренажерлерінің сәйкес болуының, бапталуының және функционалдығының мониторингі (егер қолданылуы мүмкін болса);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="397"/>
-    <w:bookmarkStart w:name="z434" w:id="398"/>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z434" w:id="401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) ішкі және сыртқы аудитті жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="398"/>
-    <w:bookmarkStart w:name="z435" w:id="399"/>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z435" w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) түзетуші және профилактикалық іс-шараларды, сондай-ақ олармен байланысты есептілік жүйелерін әзірлеу, іске асыру және мониторингілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="399"/>
-    <w:bookmarkStart w:name="z436" w:id="400"/>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z436" w:id="403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) туындайтын беталыстарды анықтау және оларға тиісінше ден қою үшін тиісті статистикалық талдауды қолдану.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z437" w:id="401"/>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z437" w:id="404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Сапаны қамтамасыз ету жүйесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkEnd w:id="404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-тараудың тақырыбы жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.08.2019 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z438" w:id="402"/>
+    <w:bookmarkStart w:name="z438" w:id="405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Осы бөлімді әзірлеген кезде келісілген күш-жігерді жұмсау арқылы сапаны қамтамасыз ету жүйесінің сапаны басқаруға кешендік тәсілді қамтамасыз етуге бағытталған АОО барлық іс-шараларының, жоспарларының, саясатының, процестерінің, рәсімдерінің, ресурстарының, бастамалары мен инфрақұрылымның жиынтығын білдіретіндігін есепке алу керек.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="402"/>
-    <w:bookmarkStart w:name="z439" w:id="403"/>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z439" w:id="406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Бұл үшін осы бөлімде сапаны басқару саласында озық тәжірибені енгізу арқылы жоғары сапаға қол жеткізгені үшін барлық қызметкерлердің жауапкершілігін нығайтатын құжаттамалық саясаттың, процестердің, рәсімдер мен ресурстардың толық жиынтығын қамтитын әзірленген ұйымдық құрылым келтіріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="403"/>
-    <w:bookmarkStart w:name="z440" w:id="404"/>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z440" w:id="407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Сапаны қамтамасыз етудің тиімді жүйесінің негізгі элементтері кем дегенде мыналарды қамтуға тиіс:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="404"/>
-    <w:bookmarkStart w:name="z441" w:id="405"/>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z441" w:id="408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) шешімдерді қабылдауға жауапты тұлғаларға сөзсіз және кедергісіз қолжетімділікті жеңілдететін және ықпал ететін басқару құрылымы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="405"/>
-    <w:bookmarkStart w:name="z442" w:id="406"/>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z442" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) барынша аз талаптарды құр сақтап қана қоймай, барынша көп даярлау сапасын қамтамасыз ететін АОО-ның кешенді міндеттемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="406"/>
-    <w:bookmarkStart w:name="z443" w:id="407"/>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z443" w:id="410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сапа саласында әзірленген саясат, процестер мен рәсімдер, сондай-ақ қолдану, қайта қарау және оңтайландыру тәртібі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="407"/>
-    <w:bookmarkStart w:name="z444" w:id="408"/>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z444" w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сапаны басқаруда озық тәжірибені енгізу мен таратуды қамтамасыз ететін АОО персоналын кәсіптік даярлау жоспары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="408"/>
-    <w:bookmarkStart w:name="z445" w:id="409"/>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z445" w:id="412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) ұйым тәуекелдерінің сипаттамасы және жиынтығында АОО қызметіне байланысты қауіптердің түбегейлі тізбесін қалыптастыратын және тиімділіктің қалаулы стандарттарына қол жеткізуге қауіп төндіретін тәуекелдерді тиімді басқару бойынша өтеу шараларын белгілейтін тәуекелдерді басқарудың тиісті жоспары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="409"/>
-    <w:bookmarkStart w:name="z446" w:id="410"/>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z446" w:id="413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) салада өзгеріп жатқан беталыстарды немесе АОО ішінде болып жатқан өзгерістерді есепке ала отырып, олардың орындылығын тексеру негізінде АОО ағымдағы міндеттері мен жоспарларын бағалайтын саясат пен рәсімдерді стратегиялық қайта қарау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="410"/>
-    <w:bookmarkStart w:name="z447" w:id="411"/>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z447" w:id="414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Тәуекел сипаттамасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkEnd w:id="414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-тараудың тақырыбы жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.08.2019 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z448" w:id="412"/>
+    <w:bookmarkStart w:name="z448" w:id="415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Осы бөлімді әзірлеген кезде тәуекелдер сипаттамасы тиімділіктің қажетті стандарттарын сақтауға кедергі жасауы мүмкін анықталған қауіптер мен қатерлерді түгендеу екенін ескеру керек.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z449" w:id="413"/>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z449" w:id="416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. "Сапаға қауіп-қатер" тізбесін қалыптастыру төмендегілер кіретін оқу бағдарламаларын іске асыру кезінде тән іс-шараларды бастапқы жасау жолымен жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkEnd w:id="416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) АОО персоналын іріктеу және оқыту;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13648,1818 +13672,1818 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.08.2019 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z458" w:id="414"/>
+    <w:bookmarkStart w:name="z458" w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Қалыптастырылған тізбе оқу бағдарламаларын іске асыру кезінде осы іс-шаралардың әрбіреуіне байланысты қауіптер мен қатерлер туралы мәліметтермен толықтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="414"/>
-    <w:bookmarkStart w:name="z459" w:id="415"/>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z459" w:id="418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Осы процесс нәтижесінде анықталған тәуекелдер сондай-ақ қолданыстағы мән-жайларды немесе жағдайларды өзгерткен кезде көрініс табуы мүмкін әлеуетті тәуекелдерді қамтуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z460" w:id="416"/>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z460" w:id="419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Тәуекелдерді (бар немесе әлеуетті) төмендету және/немесе жою, сондай-ақ тиісті бақылау шараларын қолдану арқылы оларды тиімді басқару мақсатында Тәуекелдерді басқару жоспары жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z461" w:id="417"/>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z461" w:id="420"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. АОО персоналының оны дәл орындауы және жақсарту бойынша пікірлерді қалыптастыру мақсатында тәуекелдерді басқарудың қолданыстағы жоспарына еркін қолжетімділігі болуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="417"/>
-    <w:bookmarkStart w:name="z462" w:id="418"/>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z462" w:id="421"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Талаптардың келісілу матрицасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkEnd w:id="421"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-тараудың тақырыбы жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.08.2019 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z463" w:id="419"/>
+    <w:bookmarkStart w:name="z463" w:id="422"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Осы бөлімді әзірлеген кезде нормативтік құжаттаманы қолдануға байланысты барлық аспектілерді есепке алып, төменде көрсетілген ұсынымдарды ұстану керек.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="419"/>
-    <w:bookmarkStart w:name="z464" w:id="420"/>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z464" w:id="423"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Осы бөлімде АОО сақтауға міндетті барлық қолданыстағы нормативтік талаптарды егжей-тегжейлі қамтитын, кесте түрінде ресімделген құжат түрінде болатын Талаптардың келісілгендігінің матрицасы (сәйкестік матрицасы) деп аталатын жоғарыда көрсетілген іс-шараларға қосымша элемент ашып көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="420"/>
-    <w:bookmarkStart w:name="z465" w:id="421"/>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z465" w:id="424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Сонымен қатар, келісілгендік матрицасы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z466" w:id="422"/>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z466" w:id="425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) нақты нормативтік-құқықтық актіге және/немесе стандартқа тұрақты сәйкестікті қамтамасыз етуге арналған қолданыстағы процестерді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z467" w:id="423"/>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z467" w:id="426"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) әрбір процесті тиімді жүзеге асыру үшін жауап беретін басшының лауазымын айқындайтын кем дегенде екі сипаттаушы элементті қамтуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z468" w:id="424"/>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z468" w:id="427"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Келісілгендік матрицасында аталған процестердің әрбіреуінің функционалдығын тексеруге арналған соңғы өткізілген және кезекті жоспарланған аудиттер көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z469" w:id="425"/>
+    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkStart w:name="z469" w:id="428"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Кез келген соңғы аудит барысында жасалған қорытындылар матрицада көрсетіледі немесе бөлек журналда құжаттамалық ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z470" w:id="426"/>
+    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkStart w:name="z470" w:id="429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Талаптардың келісілгендігі матрицасын сапаны қамтамасыз ету жөніндегі маман жасайды, жүргізеді және оны қайта қарау процестерін бақылайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z471" w:id="427"/>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z471" w:id="430"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. АОО персоналының оны дәл орындауы және жақсарту бойынша пікірлер қалыптастыру мақсатында ағымдағы келісілгендік матрицасына еркін қолжетімділігі болуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z472" w:id="428"/>
+    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkStart w:name="z472" w:id="431"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. Түзету және алдын алу шаралары туралы есептер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkEnd w:id="431"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 6-тараудың тақырыбы жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.08.2019 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z473" w:id="429"/>
+    <w:bookmarkStart w:name="z473" w:id="432"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Осы бөлімді әзірлеген кезде сапаны қамтамасыз етудің кез келген жоспарлары сапаны қамтамасыз етудің қажетті элементі ретінде түзетуші және профилактикалық шараларға қатысты АОО персоналының ұсыныстарын тіркеуді және оларға дереу ден қоюды қамтамасыз ететін есептіліктің нақты құрылымдалған жүйесін қамтитынын есепке алу керек.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="429"/>
-    <w:bookmarkStart w:name="z474" w:id="430"/>
+    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkStart w:name="z474" w:id="433"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Әрбір нақты жағдайда айырмашылықты және/немесе сәйкес келмеушілікті жоюға тиіс тұлғаны және/немесе тұлғалар тобын, сондай-ақ түзетуші шаралар белгіленген мерзімде қолданылмаған болса, іс-қимылдар тәртібін айқындау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z475" w:id="431"/>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z475" w:id="434"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Есептілік жүйесінде тексерістер жүргізуге және қызмет нормативтерінің талаптарын бұзушылықтардың алдын алуға қабілетті шаралар көрсетілген ақпаратқа ден қоюға міндетті жауапты тұлғаны айқындау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="431"/>
-    <w:bookmarkStart w:name="z476" w:id="432"/>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z476" w:id="435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Барынша ашық және тиімді есептілік үшін мүмкіндіктерді жасау мақсатында түзетуші және профилактикалық шаралар бөлігінде ақпаратты жасырын жіберуге қатысты саясат қосымша айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="432"/>
-    <w:bookmarkStart w:name="z477" w:id="433"/>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z477" w:id="436"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Есептілік жүйесін жасау, сүйемелдеу және түзету кезінде сапа жөніндегі маманның функцияларын айқындау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="433"/>
-    <w:bookmarkStart w:name="z478" w:id="434"/>
+    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:name="z478" w:id="437"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-тарау. Сапа мәселелері жөніндегі құжаттама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkEnd w:id="437"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 7-тараудың тақырыбы жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.08.2019 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z479" w:id="435"/>
+    <w:bookmarkStart w:name="z479" w:id="438"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Осы бөлімде сапаны қамтамасыз етуге сілтемелер мен АОО сапасын қамтамасыз ету жүйесінде қолданылатын құжаттаманың толық сипаттамасы бар АОО барлық құжаттамасының тізбесі, қысқаша сипаттамасы келтіріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="435"/>
-    <w:bookmarkStart w:name="z480" w:id="436"/>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z480" w:id="439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Кем дегенде, персоналды даярлау және рәсімдер жөніндегі нұсқаудың сапаны қамтамасыз ету мәселелерін қозғайтын бөліктерінің тізбесі мен қысқаша сипаттамасы, сондай-ақ мыналарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="436"/>
-    <w:bookmarkStart w:name="z481" w:id="437"/>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z481" w:id="440"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сапа саласындағы саясат пен стратегияны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="437"/>
-    <w:bookmarkStart w:name="z482" w:id="438"/>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z482" w:id="441"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) терминдер глоссарийін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="438"/>
-    <w:bookmarkStart w:name="z483" w:id="439"/>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z483" w:id="442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ұйым тәуекелдерінің сипаттамасын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="439"/>
-    <w:bookmarkStart w:name="z484" w:id="440"/>
+    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkStart w:name="z484" w:id="443"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) тәуекелдерді басқару жоспарын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="440"/>
-    <w:bookmarkStart w:name="z485" w:id="441"/>
+    <w:bookmarkEnd w:id="443"/>
+    <w:bookmarkStart w:name="z485" w:id="444"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) талаптардың келісілгендігінің матрицасын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="441"/>
-    <w:bookmarkStart w:name="z486" w:id="442"/>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z486" w:id="445"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) түзетуші және профилактикалық шараларға қатысты есептілік тәртібі мен жүйесін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z487" w:id="443"/>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z487" w:id="446"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) даярлаудың нақты стандарттарын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="443"/>
-    <w:bookmarkStart w:name="z488" w:id="444"/>
+    <w:bookmarkEnd w:id="446"/>
+    <w:bookmarkStart w:name="z488" w:id="447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) ұйымның сипаттамасын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="444"/>
-    <w:bookmarkStart w:name="z489" w:id="445"/>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z489" w:id="448"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) функциялар мен міндеттерді бөлуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="445"/>
-    <w:bookmarkStart w:name="z490" w:id="446"/>
+    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkStart w:name="z490" w:id="449"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) белгіленген нормативтік талаптарды сақтауға бағытталған сапаны қамтамасыз ету жүйесінің шеңберіндегі оқу рәсімдерін қамтитын АОО сапасын қамтамасыз ету жүйесінде әзірленетін, сүйемелденетін және қайта қаралатын құжаттама келтіріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="446"/>
-    <w:bookmarkStart w:name="z491" w:id="447"/>
+    <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z491" w:id="450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Сондай-ақ, мыналарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="447"/>
-    <w:bookmarkStart w:name="z492" w:id="448"/>
+    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkStart w:name="z492" w:id="451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аудиторлық тексерістерді жүргізу кестесі мен тәртібін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="448"/>
-    <w:bookmarkStart w:name="z493" w:id="449"/>
+    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkStart w:name="z493" w:id="452"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) есептілік тәртібі мен сапаны тексеру мен аудитінің нәтижелері туралы есептерді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="449"/>
-    <w:bookmarkStart w:name="z494" w:id="450"/>
+    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkStart w:name="z494" w:id="453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) кейінгі бақылау және түзету іс-қимылдарын қабылдау тәртібін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="450"/>
-    <w:bookmarkStart w:name="z495" w:id="451"/>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z495" w:id="454"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) түзетуші және профилактикалық шаралар туралы есептерді;            </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkEnd w:id="454"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) есеп жүргізу жүйесін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z496" w:id="452"/>
+    <w:bookmarkStart w:name="z496" w:id="455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) басшылықтың бақылау-талдамалық есептерін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="452"/>
-    <w:bookmarkStart w:name="z497" w:id="453"/>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z497" w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) сапа жөніндегі құжаттаманы бақылауды қамтитын АОО үшін талап етілетін сапаны қамтамасыз ету аудиті жүйесінің құжаттамасы егжей-тегжейлі сипатталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="453"/>
-    <w:bookmarkStart w:name="z498" w:id="454"/>
+    <w:bookmarkEnd w:id="456"/>
+    <w:bookmarkStart w:name="z498" w:id="457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8-тарау. Сапаны қамтамасыз ету аудитінің бағдарламасы және сапаны тексеру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkEnd w:id="457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 8-тараудың тақырыбы жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.08.2019 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z499" w:id="455"/>
+    <w:bookmarkStart w:name="z499" w:id="458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Осы бөлімді әзірлеген кезде сапаны қамтамасыз ету аудиті бағдарламасының даярлаудың барлық түрлері қолданыла алатын талаптарға, стандарттарға, рәсімдер мен нормативтерге сәйкес жүргізілгеніне сенімділікті қалыптастыру үшін қажетті барлық жоспарланған және жүйелі шараларды қамтитынын есепке алу керек.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="455"/>
-    <w:bookmarkStart w:name="z500" w:id="456"/>
+    <w:bookmarkEnd w:id="458"/>
+    <w:bookmarkStart w:name="z500" w:id="459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Сондай-ақ сапаны тексерудің негізгі мақсаты белгіленген стандарттардың, нормативтердің, рәсімдер мен талаптардың сақталуына көз жеткізу мақсатында нақты құжатты зерделеуден немесе нақты іс-шараны, іс-қимылды және т.б. бақылаудан тұратынын ескеру керек.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="456"/>
-    <w:bookmarkStart w:name="z501" w:id="457"/>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z501" w:id="460"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Сапаны тексеруді жүргізген кезде, кем дегенде, қызметтің мынадай үлгі салаларын қамтитын барлық кезеңдер егжей-тегжейлі ашып көрсетіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="457"/>
-    <w:bookmarkStart w:name="z502" w:id="458"/>
+    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkStart w:name="z502" w:id="461"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) нақты оқу сабақтары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="458"/>
-    <w:bookmarkStart w:name="z503" w:id="459"/>
+    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkStart w:name="z503" w:id="462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) техникалық қызмет көрсету (егер қолданылуы мүмкін болса);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="459"/>
-    <w:bookmarkStart w:name="z504" w:id="460"/>
+    <w:bookmarkEnd w:id="462"/>
+    <w:bookmarkStart w:name="z504" w:id="463"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) техникалық стандарттар (егер қолданылуы мүмкін болса);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="460"/>
-    <w:bookmarkStart w:name="z505" w:id="461"/>
+    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkStart w:name="z505" w:id="464"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) кәсіптік даярлау стандарттары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="461"/>
-    <w:bookmarkStart w:name="z506" w:id="462"/>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z506" w:id="465"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9-тарау. Аудиторлар және сапа аудиті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="462"/>
+    <w:bookmarkEnd w:id="465"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 9-тараудың тақырыбы жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 31.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.08.2019 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z507" w:id="463"/>
+    <w:bookmarkStart w:name="z507" w:id="466"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Осы тараудың ережелері сапа аудитін жүзеге асыратын аудиторларға қатысты АОО саясатын айқындауға тиіс, атап айтқанда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="463"/>
-    <w:bookmarkStart w:name="z508" w:id="464"/>
+    <w:bookmarkEnd w:id="466"/>
+    <w:bookmarkStart w:name="z508" w:id="467"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аудиторлар тобы құрамына тексерілетін қызмет үшін тікелей жауапты тұлғалардың кіру мүмкіндігіне жол бермей, сапалық және сандық құрамды айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="464"/>
-    <w:bookmarkStart w:name="z509" w:id="465"/>
+    <w:bookmarkEnd w:id="467"/>
+    <w:bookmarkStart w:name="z509" w:id="468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сапа аудиті саласындағы тысқары мамандарды тарту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="465"/>
-    <w:bookmarkStart w:name="z510" w:id="466"/>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z510" w:id="469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) аудиторларды оқыту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="466"/>
-    <w:bookmarkStart w:name="z511" w:id="467"/>
+    <w:bookmarkEnd w:id="469"/>
+    <w:bookmarkStart w:name="z511" w:id="470"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) АОО-да қабылданған қағидалар мен ресімдеуге сәйкес бекітілген аудиторларға арналған міндеттер мен нұсқаулықтар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="467"/>
-    <w:bookmarkStart w:name="z512" w:id="468"/>
+    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkStart w:name="z512" w:id="471"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Сапа аудиті саласында арнайы даярлыққа ие және мыналарға:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="468"/>
-    <w:bookmarkStart w:name="z513" w:id="469"/>
+    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkStart w:name="z513" w:id="472"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сапаны тұрақты қамтамасыз ету аясында сапаны тексеруге және оның аудитін жүргізуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="469"/>
-    <w:bookmarkStart w:name="z514" w:id="470"/>
+    <w:bookmarkEnd w:id="472"/>
+    <w:bookmarkStart w:name="z514" w:id="473"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) кез келген проблемаларды немесе тұжырымдарды және осындай проблемаларды немесе тұжырымдарды растайтын қажетті дәлелдемелерді айқындауға және бекітуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="470"/>
-    <w:bookmarkStart w:name="z515" w:id="471"/>
+    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkStart w:name="z515" w:id="474"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) проблемаларға немесе тұжырымдарға қатысты ұсыныстармен немесе ұсынымдармен АОО-да белгіленген каналдар арқылы шығуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="471"/>
-    <w:bookmarkStart w:name="z516" w:id="472"/>
+    <w:bookmarkEnd w:id="474"/>
+    <w:bookmarkStart w:name="z516" w:id="475"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) белгіленген және ақылға қонымды мерзімдерде шешімдердің орындалуын тексеруге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="472"/>
-    <w:bookmarkStart w:name="z517" w:id="473"/>
+    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkStart w:name="z517" w:id="476"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) сапаны қамтамасыз ету жөніндегі маманға тікелей есеп беруге уәкілетті сапаны қамтамасыз ету аудиті бағдарламасының шеңберінде қызметті жүзеге асыру үшін жауапты тұлғаларды айқындау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="473"/>
-    <w:bookmarkStart w:name="z518" w:id="474"/>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z518" w:id="477"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. 12 айлық кезеңде оқытудың барлық аспектілерін зерделеу үшін сапаны қамтамасыз ету аудиті бағдарламасының егжей-тегжейлі сипаттамасы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="474"/>
-    <w:bookmarkStart w:name="z519" w:id="475"/>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z519" w:id="478"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Аудит бағдарламасына сәйкес әзірленетін және тәуекелдерді басқару жоспарында, сол сияқты келісілгендік матрицасын қамтитын құжаттарда да көрсетілетін аудиторлық тексерістер кестесін әзірлеу және бекіту тәртібі мен рәсімдері.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="475"/>
-    <w:bookmarkStart w:name="z520" w:id="476"/>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z520" w:id="479"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Сол немесе өзге тұжырымға байланысты түзетуші шаралардың қабылданғанын және олардың қаншалықты тиімді болып табылатынын тексеру үшін мониторинг рәсімдерінің, түзетуші шаралар мен бақылау тексерістерінің сипаттамасы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="476"/>
-    <w:bookmarkStart w:name="z521" w:id="477"/>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z521" w:id="480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Сондай-ақ аудит – даярлаудың қолданылатын тәсілінің және нақты маманданудың мамандарын оқытудың жария етілген әдістемесіне сәйкес қолданылуы тиіс тәсілді жүйелі және тәуелсіз салыстыру екендігін есепке алу керек.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="477"/>
-    <w:bookmarkStart w:name="z522" w:id="478"/>
+    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkStart w:name="z522" w:id="481"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Осы аспектіде, кем дегенде, оның сапасын қамтамасыз ететін мынадай рәсімдер мен процестерді қамтуға тиіс аудитті жүргізудің сипаттамасы келтіріледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="478"/>
-    <w:bookmarkStart w:name="z523" w:id="479"/>
+    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkStart w:name="z523" w:id="482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аудитке жататын АОО персоналына түсіндірілуі тиіс аудит көлемінің сипаттамасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="479"/>
-    <w:bookmarkStart w:name="z524" w:id="480"/>
+    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkStart w:name="z524" w:id="483"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жоспарлау мен даярлау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="480"/>
-    <w:bookmarkStart w:name="z525" w:id="481"/>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z525" w:id="484"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) алынған ақпаратты жинау мен хаттамалау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="481"/>
-    <w:bookmarkStart w:name="z526" w:id="482"/>
+    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkStart w:name="z526" w:id="485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) алынған ақпаратты талдау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="482"/>
-    <w:bookmarkStart w:name="z527" w:id="483"/>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z527" w:id="486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Аудиттің жүргізілуін толыққанды көрсету үшін мыналар сияқты аудиттің тиімділігін қамтамасыз ететін рәсімдер ашылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="483"/>
-    <w:bookmarkStart w:name="z528" w:id="484"/>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z528" w:id="487"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жарияланған құжаттарды шолу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="484"/>
-    <w:bookmarkStart w:name="z529" w:id="485"/>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z529" w:id="488"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) әңгімелесу немесе қызметкерлермен талқылау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="485"/>
-    <w:bookmarkStart w:name="z530" w:id="486"/>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z530" w:id="489"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) есептіліктің барабар үлгісін зерделеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="486"/>
-    <w:bookmarkStart w:name="z531" w:id="487"/>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z531" w:id="490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) оқу іс-шараларын бақылау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="487"/>
-    <w:bookmarkStart w:name="z532" w:id="488"/>
+    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkStart w:name="z532" w:id="491"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) құжаттарды сақтау және қадағалау нәтижелерін тіркеу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="488"/>
-    <w:bookmarkStart w:name="z533" w:id="489"/>
+    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkStart w:name="z533" w:id="492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Осы өзгерістердің қалаулы нәтижелерге шынында әкелгенін белгілеу мақсатында процестерді үздіксіз жетілдіру аспектісіндегі рәсімдер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkEnd w:id="492"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -15596,68 +15620,68 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); ҚР Көлік министрінің 12.08.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 274</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z543" w:id="490"/>
+    <w:bookmarkStart w:name="z543" w:id="493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> АТТЕСТАТТАУ ХАТТАМАСЫ ______________________________________ № ____  (теориялық оқытуды жүзеге асыратын нұсқаушының, практикалық дайындықты жүзеге асыратын нұсқаушының, курстарды әзірлеушінің)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkEnd w:id="493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Өткізу орны _____________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19457,68 +19481,68 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Талаптар 4-қосымшамен толықтырылды - ҚР Индустрия және инфрақұрылымдық даму министрінің м.а. 06.03.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z545" w:id="491"/>
+    <w:bookmarkStart w:name="z545" w:id="494"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> БІЛІКТІЛІК ПАРАҒЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkEnd w:id="494"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20857,55 +20881,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -21231,31 +21255,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>