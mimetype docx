--- v0 (2025-11-11)
+++ v1 (2026-03-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bcee556" w14:textId="bcee556">
+    <w:p w14:paraId="72899ec" w14:textId="72899ec">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,9391 +85,9789 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Мемлекеттік инвестициялық жобаның инвестициялық ұсынысын әзірлеу немесе түзету, қажетті сараптамаларды жүргізу, сондай-ақ бюджеттік инвестицияларды жоспарлау, қарау, іріктеу, мониторингілеу және іске асырылуын бағалау қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2014 жылғы 5 желтоқсандағы № 129 бұйрығына өзгерістер мен толықтырулар енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">      </w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 13 наурыздағы № 200 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2015 жылы 20 наурызда № 10520 тіркелді. Күші жойылды - Қазақстан Республикасы Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 2025 жылғы 23 желтоқсандағы № 133 бұйрығымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 133</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      1. «Мемлекеттік инвестициялық жобаның инвестициялық ұсынысын әзірлеу немесе түзету, қажетті сараптамаларды жүргізу, сондай-ақ бюджеттік инвестицияларды жоспарлау, қарау, іріктеу, мониторингілеу және іске асырылуын бағалау қағидаларын бекіту туралы» Қазақстан Республикасы Ұлттық экономика министрінің 2014 жылғы 5 желтоқсандағы № 129 </w:t>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. "Мемлекеттік инвестициялық жобаның инвестициялық ұсынысын әзірлеу немесе түзету, қажетті сараптамаларды жүргізу, сондай-ақ бюджеттік инвестицияларды жоспарлау, қарау, іріктеу, мониторингілеу және іске асырылуын бағалау қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2014 жылғы 5 желтоқсандағы № 129 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9938 болып тіркелген, 2014 жылғы 19 желтоқсанда «Әділет» ақпараттық-құқықтық жүйесінде жарияланған) мынадай өзгерістер мен толықтырулар енгізілсін:</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9938 болып тіркелген, 2014 жылғы 19 желтоқсанда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған) мынадай өзгерістер мен толықтырулар енгізілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3. Осы бұйрық мемлекеттік тіркелген күнінен бастап қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>53-тармақтың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірінші бөлігінің төртінші абзацы, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>114-тармақтың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жетінші бөлігі, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>115-тармақтың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тоғызыншы бөлігі, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>138-тармақтың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тоғызыншы бөлігі 2015 жылғы 30 маусымға дейін қолданылады.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      осы бұйрықпен бекітілген Мемлекеттік инвестициялық жобаның инвестициялық ұсынысын әзірлеу немесе түзету, қажетті сараптамаларды жүргізу, сондай-ақ бюджеттік инвестицияларды жоспарлау, қарау, іріктеу, мониторингілеу және іске асырылуын бағалау </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...183 lines deleted...]
-      </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
-      <w:r>
-[...37 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "6. МИЖ инвестициялық ұсыныстары мынадай құжаттарды қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) инвестициялық жобаның ақпараттық парағы;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) инвестициялық ұсыныстың салалық сараптама қорытындысы;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) МИЖ қаржыландырудың ықтимал түрлері мен тәсілдері бойынша есептеулер;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) МИЖ құнының есептеулері мен негіздемелері (құрылыс нормативтеріне не ақпараттық жүйелерді құруға, дамытуға және сүйемелдеуге арналған шығындар нормативтеріне сәйкес);</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) егер инвестициялық жоба ТЭН әзірлеуді талап етпеген жағдайда, инвестициялық ұсынысқа жобалауға техникалық тапсырма қосымша ұсынылады;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) БИЖ ТЭН-і не Инвестициялардың ҚЭН-і түзетілген жағдайда қосымша мыналар: </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      БИЖ-дің ТЭН-і не Инвестициялардың ҚЭН-і бойынша өзгертілуі болжамданатын техникалық шешімдер және/немесе қосымша шығыстар көрсетілген салыстырма кесте, сондай-ақ бекітілген БИЖ-дің ТЭН-і не Инвестициялардың ҚЭН-і;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының Үкіметі уәкілеттік берген ішкі бақылау жөніндегі органның бюджет қаражатының нысаналы пайдаланылуы, сондай-ақ жоба бойынша қаржыландыру басталған болса, бұзушылықтардың болмауы мәніне актісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құрамдауыштар және оларды әзірлеу мерзімдері бөлінісінде БИЖ ТЭН-ін немесе Инвестициялар ҚЭН-ін түзету, сондай-ақ қажетті сараптамалар жүргізу құнының есептеме-негіздемесі ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік органның бірінші басшысы немесе оны алмастыратын тұлға қол қойған ресми хат нысанында ұсынылатын бұрын бекітілген БИЖ ТЭН-нің және (немесе) жобалау-сметалық құжаттаманың (бұдан әрі – ЖСҚ) немесе Инвестициялар ҚЭН-інің жобалық шешімдеріне енгізу болжанатын өзгерістердің орындылығы туралы ведомстводан тыс кешенді сараптама қорытындысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) заңды тұлғалардан активтер сатып алынған жағдайда:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      егер активтердің құны ағымдағы бағамен 1300000 (бір миллион үш жүз мың) айлық есептік көрсеткіштен аспайтын болса, тәуелсіз бағалау компаниялары дайындаған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      егер активтердің құны ағымдағы бағамен 1300000 (бір миллион үш жүз мың) айлық есептік көрсеткіштен асатын болса, халықаралық кәсіптік бағалаушылар ұйымдары дайындаған осы активтер құнының бағалау қорытындысын ұсыну қажет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) егер де ББӘ-сі МИЖ-ді заңды тұлғаның жарғылық капиталын ұлғайту жолымен жүзеге асыру ұсынылып отырған жағдайда, бес жылдық кезеңде әзірленген, әзірленіп жатқан және әзірленуі жоспарланған инвестициялық жобалар бойынша квазимемлекеттік сектор субъектілерінің инвестициялық картасын қосымша ұсыну қажет.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10. Егер МИЖ-ді республикалық бюджет қаражаты есебінен іске асыру ұсынылған жағдайда, инвестициялық ұсыныстың салалық сараптама қорытындысын тиісті саладағы орталық уәкілетті орган ұсынады, ББӘ қандай да бір салаға жатпаса, ББӘ салалық қорытындыны өздері ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер республикалық бюджет қаражаты есебінен іске асыру болжанатын МИЖ-ді іске асыру бірнеше салалық орталық мемлекеттік органдардың жауапкершілік аясын қозғайтын жағдайда, көрсетілген салалық орталық органдар МИЖ салалық сараптамасының сәйкес қорытындыларын қосымша ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте, бірінші басшы немесе оны алмастыратын тұлға немесе бірінші басшысының орынбасары қол қойған қосымша салалық сараптамалық қорытындыларын тиісті салалық орталық мемлекеттік органдар МИЖ-дің іске асырылуының жетекшілік ететін салаға ықпалын бағалау және саланың басымдықтарына сәйкестігі бөлігінде ғана ұсынады.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "14. МИЖ инвестициялық ұсынысқа, оның ішінде осы Қағидалардың 6-тармағында көрсетілген құжаттарға мемлекеттік органның бірінші басшысы не оны алмастыратын тұлға қол қояды, инвестициялық ұсынысты әзірлеу үшін жауапты ББӘ құрылымдық бөлімшесінің басшысы әрбір парағын дәйектейді және ресми құжаттарға арналған Қазақстан Республикасының заңнамасында белгіленген тәртіппен ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бюджеттік бағдарламалардың бір әкімшісінің құзыретіне жатқызуға болмайтын, экономиканың әртүрлі салаларындағы жобаларды іске асыруды көздейтін, ұлттық холдингтер мен ұлттық басқарушы холдингтің жарғылық капиталына мемлекеттің қатысуы арқылы бюджеттік инвестицияларды жүзеге асыру жоспарланған МИЖ инвестициялық ұсынысы бойынша осы Қағидалардың 6-тармағында көрсетілген құжаттарға мемлекеттік органның бірінші басшысы не оны алмастыратын тұлға, немесе мемлекеттік органның бірінші басшысы уәкілеттік берген тұлға қол қояды.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай мазмұндағы 22-1-тармақпен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "22-1. Қаржыландырудың түрі мен тәсілдерін айқындалғаннан кейін үш жыл ішінде ТЭН, ЖСҚ, ҚЭН немесе концессиялық ұсыныстар әзірленуі басталмаған (әзірленбеген) МИЖ, оның ішінде түзетілген, инвестициялық ұсыныс бойынша экономикалық қорытынды ескірген болып есептеледі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>36-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "36. БИЖ ТЭН-інің "Маркетингтік" бөлімінде қаралатын өңірдегі жобада болжанатын өнімдерге (тауарлар, жұмыстар, көрсетілетін қызметтер) қолданыстағы және перспективадағы сұранысты талдауды не жобаның әлеуметтік-экономикалық қажеттілігі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аталған бөлім мыналарды қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өндірілетін және жобаны іске асыруда есепке алмай жүргізілетін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жобаны іске асыру, сондай-ақ төлемге қабілетті сұраныстың сандық параметрлерінің нәтижесінде өндіру болжанатын өнімдердің (тауарлар, жұмыстар, көрсетілетін қызметтер) көлемін, түрлері және бағаларын бағалау мен негіздеуді қоса алғанда, сұранысты талдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) құқықтық негізін көрсете отырып, жобаның әлеуметтік-экономикалық қажеттігін талдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жобаны іске асыру шеңберінде (инвестициялық кезеңде) сатып алынатын тауарлардың, жұмыстардың, көрсетілетін қызметтердің көлемін, түрлері мен бағаларын, сондай-ақ тиісті прайс-парақтарды, баға ұсыныстарын және басқа да растаушы құжаттарды қоса бере отырып, жобаның қажеттіліктерін қанағаттандыру мүмкіндігін бағалауды және негіздеуді қоса алғандағы талдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) пайдалану кезеңінде (инвестициялаудан кейінгі кезеңде) сатып алынатын тауарлардың, жұмыстардың, көрсетілетін қызметтердің көлемін, түрлері мен бағаларын, сондай-ақ тиісті прайс-парақтарды, баға ұсыныстарын және басқа да растаушы құжаттарды қоса бере отырып, жобаның қажеттіліктерін қанағаттандыру мүмкіндігін бағалауды және негіздеуді қоса алғандағы талдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z40" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) пайдаланылатын ақпарат көздері мен маркетингтік зерттеулер жүргізу әдістемелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z41" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) прайс-парақтар мен баға ұсыныстарын тауарлардың, жұмыстардың, көрсетілетін қызметтердің кемінде екі өнім берушісі ұсынады (ұқсас тауарлар, жұмыстар және қызметтер бойынша прайс-парақтар және баға ұсыныстары жоқ болған жағдайда кемінде екі тәуелсіз бағалау қорытындысы беріледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z42" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағаларды талдау:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z43" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сатып алынуы техникалық-технологиялық талдауда көрсетілген талаптарға негізделген;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z44" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сипаттамалары техникалық-технологиялық талдауда көрсетілген талаптарға сәйкес келетін тауарларды қамтиды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z45" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      консалтингтік көрсетілетін қызметтер құны (бағдарламалық қамтамасыз етуді әзірлеу, жобаны басқару, аттестаттау) ресурстар құнының есептеулерімен және бағаларымен расталады.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>48-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "48. Құрылыс саласындағы БИЖ ТЭН бойынша жобалардың ведомстводан тыс кешенді сараптама Қазақстан Республикасының Үкіметі уәкілеттік берген заңды тұлға жүргізеді.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>52-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "52. БИЖ ТЭН-нің экономикалық сараптамасы ұсынылған БИЖ ТЭН-нің және жобаның ерекшелігіне қарай талап етілетін БИЖ ТЭН сараптамаларының тиісті оң қорытындыларының негізінде жүргізіледі, атап айтқанда:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z50" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ведомстводан тыс кешенді сараптаманың қорытындысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z51" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) салалық сараптама қорытындысы.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>53-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "53. Жобаның ерекшелігіне байланысты, БИЖ бойынша мынадай бастапқы құжаттар талап етіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z54" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) құрылыс қызметін болжайтын, БИЖ ТЭН-іне салалық, ведомстводан тыс кешенді сараптамалардың қорытындылары, сондай-ақ БИЖ ТЭН-ін әзірлеу тапсырмасына қоса берілетін құжаттардың көшірмелері, оның ішінде техникалық шарттар, жергілікті атқарушы органдардың жаңа объектілердің құрылысын болжайтын жобалар бойынша жер учаскелерін бөлу туралы шешімдері (қажет болған жағдайда, жер учаскелерінің меншік иелері мен жерді пайдаланушылар шығындарының, алып қойылатын алқаптардың түріне қарай ауыл шаруашылығы мен орман шаруашылығы өндірісі шығындарының есептерін қоса бере отырып) және қолданыстағы объектілердің реконструкциялауды болжайтын жобалар бойынша жылжымайтын мүлікке құқық белгілейтін тиісті құжаттардың көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z55" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) объектіні пайдалануға беру шығындары болған жағдайда, ведомстволық нормативтерге сәйкес объектіні пайдалануға беру шығындары (іске қосу-баптау жұмыстары) бойынша уәкілетті мемлекеттік органның салалық сараптаманың және ведомстводан тыс кешенді сараптаманың қорытындылары.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z56" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуметтік-экономикалық тұрақтылыққа қауіп төнуіне байланысты, кідіртпей пайдалануға беруді талап ететін, ірі бірыңғай энергетикалық жүйе объектілері мен техникалық күрделі атомдық және жылу энергетикалық кешендері үшін, елдің әлеуметтік-экономикалық тұрақтылығына қауіп төнуі туралы растауы бар уәкілетті мемлекеттік органның салалық сараптама қорытындысында көрсетілген есептерге сәйкес іске қосу жұмыстар шығындары жүзеге асырылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z57" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) инновациялық және/немесе ғарыш қызметін болжайтын, салалық және мемлекеттік ғылыми-техникалық сараптамалардың қорытындылары.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z58" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақта көрсетілген қорытындыларға қойылатын талаптар Қазақстан Республикасының заңнамасында белгіленеді.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>55-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "55. Егер БИЖ-ді республикалық бюджет қаражаты есебінен іске асыру ұсынылған жағдайда, БИЖ салалық сараптама қорытындысын тиісті саладағы орталық уәкілетті орган ұсынады, сала болмаған жағдайда ББӘ-мен ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z61" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер республикалық бюджет қаражаты есебінен іске асыру болжанатын БИЖ-ді іске асыру бірнеше басқа салалық орталық мемлекеттік органдардың жауапкершілік аясын қозғайтын жағдайда, көрсетілген салалық орталық органдармен БИЖ салалық сараптамасының қорытындылары ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z62" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте, бірінші басшы немесе оны алмастыратын тұлға немесе бірінші басшысының орынбасары қол қойған қосымша салалық сараптама қорытындыларын тиісті салалық орталық мемлекеттік органдар МИЖ-дің іске асырылуының жетекшілік ететін салаға ықпалын бағалау және саланың басымдықтарына сәйкестігі бөлігінде ғана ұсынады.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>58-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "58. БИЖ ТЭН-ге экономикалық сараптама жүргізу кезінде, БИЖ-дің ерекшелігіне қарай, жүргізілген сараптамаларда қамтылмаған мәселелер бойынша қосымша сараптамалар талап етілуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z65" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жүргізілген сараптамаларда қамтылмаған немесе толық қамтылмаған мәселелер бойынша қосымша сараптамалар жүргізуді ББӘ қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z66" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қосымша сараптамаларға мыналар жатады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z67" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ведомстводан тыс кешенді сараптамасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z68" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) уәкілетті мемлекеттік органдардың салалық сараптамалары.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...18 lines deleted...]
-        <w:t>10-тармақ</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>78-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z70" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "78. Түзетілген БИЖ ТЭН-ін қарау үшін ББӘ мемлекеттік жоспарлау жөніндегі орталық немесе жергілікті уәкілетті органға мынадай құжаттарды ұсынады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z71" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік органның бірінші басшысы не оның орынбасары қол қойған тиісті салыстырма кестені қоса бере отырып, өзгеруі болжанатын техникалық шешімдер мен қосымша шығыстар көрсетілген, бюджеттік бағдарламалар әкімшісі – мемлекеттік органның бірінші басшысы не оны алмастыратын адам қол қойған өтінім-хат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z72" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бірінші басшы не оны алмастыратын тұлға қол қойған және Қазақстан Республикасының заңнамасында ресми құжаттар үшін белгіленген тәртіппен ресімделген, техникалық шешімдерді өзгертудің және қосымша шығыстар көздеудің орындылығын растайтын, тиісті саладағы уәкілетті органның салалық сараптамасының қорытындысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z73" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бірінші басшы немесе оны алмастыратын тұлға немесе бірінші басшының орынбасары қол қойған ресми хат нысанында ұсынылатын және техникалық шешімдерді өзгертудің болжанған параметрлерінің және қосымша шығыстарды көздеудің талап ететін негізділігі мен дұрыстығын растайтын жобаның ерекшелігіне байланысты тиісті уәкілетті мемлекеттік органның қорытындысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z74" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) түзетілген БИЖ ТЭН-і;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z75" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) осы Қағидалардың 52 және 53-тармақтарына сәйкес БИЖ-дің ерекшелігіне байланысты түзетілген БИЖ ТЭН-ге сараптамалардың қорытындылары мен талап етілетін құжаттар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z76" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) мемлекеттік жоспарлау жөніндегі орталық немесе жергілікті уәкілетті органның оң қорытындысын алған кезде (бекітілген бастапқы БИЖ ТЭН-і бойынша) бұрын қаралған БИЖ ТЭН бойынша сараптамалардың қорытындылары мен құжаттар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z77" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) бюджет комиссиясының тиісті ұсынысының көшірмесі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>93-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z79" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "93. Тиісті сараптамалардың оң қорытындыларын алған ТЭН, оның ішінде түзетілген БИЖ ТЭН-і мен ЖСҚ-ны Қазақстан Республикасының сәулет, қала құрылысы және құрылыс қызметі туралы заңнамасына және Қазақстан Республикасының бюджет заңнамасына сәйкес мемлекеттік органның бірінші басшысы – ББӘ не оны алмастыратын тұлға, не мемлекеттік органның бірінші басшысы уәкілеттік берген тұлға бекітеді.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z80" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай мазмұндағы 93-1-тармақпен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z81" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "93-1. ТЭН бекітілгеннен кейін үш жыл ішінде ЖСҚ әзірленуі басталмаған (әзірленбеген) және бекітілмеген БИЖ ТЭН, оның ішінде түзетілген, бойынша экономикалық қорытынды ескірген болып есептеледі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...68 lines deleted...]
-        <w:t>14-тармақ</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>114-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
-      <w:r>
-[...1592 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z83" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "114. ТЭН түзетуді талап ететін БИЖ-дің сметалық құнын ұлғайту мәселелерін шығару екі кезеңде жүзеге асырылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z84" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бірінші кезең бойынша:</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z85" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы Қағидалардың 116-тармағының екінші абзацында көзделген жағдайлардан басқа, ББӘ-нің БИЖ ТЭН-ді түзету бойынша инвестициялық ұсыныс әзірлеуі және мемлекеттік жоспарлау жөніндегі орталық немесе жергілікті уәкілетті органға ұсынуы;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z86" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) тиісті бюджет комиссиясының ББӘ ұсынатын құжаттардың және мемлекеттік жоспарлау жөніндегі орталық немесе жергілікті уәкілетті органның бюджеттік жоспарлау жөніндегі орталық уәкілетті органға немесе мемлекеттік жоспарлау жөніндегі жергілікті уәкілетті органға БИЖ ТЭН-ін түзету бойынша инвестициялық ұсынысына оң экономикалық қорытындының негізінде БИЖ ТЭН-ін түзетудің және БИЖ ТЭН-ді түзетуді қаржыландырудың (қажет болған жағдайда) орындылығын айқындау бойынша шешімі. Егер осы Қағидалардың 116-тармағының екінші абзацында қарастырылған жағдайларда, БИЖ ТЭН-ін түзету бойынша инвестициялық ұсынысқа экономикалық қорытынды қажет емес. </w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z87" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бірінші кезеңде БИЖ ТЭН-ін түзету бойынша инвестициялық ұсыныстарды әзірлеу, қарау және іріктеу процесі осы Қағидалардың </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z88" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-бөлімінде айқындалған тәртіппен жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z89" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бірінші кезеңде осы Қағидалардың 112-тармағында көзделген, сметалық құнын ұлғайтуды республикалық бюджет қаражаты есебінен қаржыландыру болжанатын жергілікті БИЖ-дер бойынша жергілікті атқарушы орган қорытынды дайындайды және жергілікті БИЖ-дердің ТЭН-ін түзету мәселесін республикалық бюджет комиссиясының қарауына шығару үшін кейіннен бюджеттік жоспарлау жөніндегі орталық уәкілетті органға енгізу үшін осы тармақта көрсетілген құжаттармен қоса, БИЖ-ді республикалық бюджеттік бағдарламаның тиісті әкімшісіне енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z90" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Қағидалардың 112-тармағында көзделген, сметалық құнының ұлғаюын республикалық бюджет қаражаты есебінен қаржыландыру болжанатын жергілікті БИЖ-дің бірінші кезеңінің қорытындысы бойынша жергілікті атқарушы орган қорытынды дайындайды және БИЖ-ді жергілікті БИЖ ТЭН-ін түзету мәселесін республикалық бюджет комиссиясының қарауына шығару үшін кейіннен мемлекеттік жоспарлау жөніндегі орталық уәкілетті органға енгізу үшін республикалық бюджеттік бағдарламаның тиісті әкімшісіне осы тармақта көрсетілген құжаттарды қоса бере отырып енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z91" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ББӘ тиісті бюджет комиссиясының оң қорытындысын алған жағдайда, БИЖ ТЭН-іне тиісті түзетулерді енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z92" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Екінші кезеңде ББӘ бюджеттік жоспарлау жөніндегі орталық уәкілетті органға немесе мемлекеттік жоспарлау жөніндегі жергілікті уәкілетті органға түзетілген ТЭН мен жобаның ерекшелігіне байланысты талап етілетін тиісті сараптаманың оң қорытындыларын, оның ішінде БИЖ экономикалық қорытындысын, ведомстводан тыс кешенді сараптама қорытындысын (бар болған жағдайда) ведомстволық нормативтерге сәйкес объектіні пайдалануға енгізу шығындарының түзетілген құнға мемлекеттік салалық уәкілетті органның және ведомстводан тыс кешенді сараптама қорытындылары және БИЖ сметалық құнының ұлғаюы себептерінің негіздемесін енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z93" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуметтік-экономикалық тұрақтылыққа қауіп төнуіне байланысты, кідіртпей пайдалануға беруді талап ететін, ірі бірыңғай энергетикалық жүйе объектілері мен техникалық күрделі атомдық және жылу энергетикалық кешендері үшін, елдің әлеуметтік-экономикалық тұрақтылығына қауіп төнуі туралы растауы бар уәкілетті мемлекеттік органның салалық сараптама қорытындысында көрсетілген есептерге сәйкес іске қосу жұмыстар шығындары жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z94" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бюджеттік жоспарлау жөніндегі орталық уәкілетті органға немесе мемлекеттік жоспарлау жөніндегі жергілікті уәкілетті органға уәкілетті мемлекеттік органның салалық сараптамасының қорытындысымен және ведомстводан тыс кешенді сараптаманың қорытындысымен қоса, түзетілген ТЭН бойынша БИЖ құнының ұлғаюын тиісті бюджет комиссиясының қарауына енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z95" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Екінші кезеңде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z96" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сметалық құнның ұлғаюын республикалық бюджет есебінен қаржыландыру болжанатын осы Қағидалардың 112-тармағында көзделген республикалық БИЖ және жергілікті БИЖ-дің түзетілген ТЭН-і бойынша қаржыландырудың орындылығын республикалық бюджет комиссиясы қарайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z97" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сметалық құнның ұлғаюын жергілікті бюджет қаражаты есебінен қаржыландыру болжанатын жергілікті БИЖ-дің түзетілген ТЭН-і бойынша қаржыландырудың орындылығын тиісті жергілікті бюджет комиссиясы қарайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z98" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тиісті бюджет комиссиялары іріктеп алған сметалық құнының ұлғаюы болжанатын БИЖ бюджет заңнамасында белгіленген тәртіппен тиісті бюджетке енгізіледі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>115-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z100" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "115. ТЭН әзірлеуді немесе түзетуді талап етпейтін БИЖ-дердің сметалық құнын ұлғайту мәселелерін шығару екі кезеңде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z101" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бірінші кезең – ББӘ ұсынатын құжаттар негізінде бюджеттік жоспарлау жөніндегі орталық уәкілетті органның немесе мемлекеттік жоспарлау жөніндегі жергілікті уәкілетті органның қорытындысы негізінде ЖСҚ-ны түзетудің орындылығын айқындау бойынша тиісті бюджет комиссиясының шешімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z102" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Екінші кезең – ТЭН әзірлеуді немесе түзетуді талап етпейтін БИЖ-дердің түзетілген ЖСҚ бойынша ұлғайтылған құнды қаржыландыру туралы тиісті бюджет комиссиясының шешімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z103" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бірінші кезеңде ББӘ бюджеттік жоспарлау жөніндегі орталық уәкілетті органға немесе мемлекеттік жоспарлау жөніндегі жергілікті уәкілетті органға мыналарды ұсынады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z104" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) болжанатын қымбаттау сомасын көрсете отырып, мемлекеттік органның бірінші басшысы – бюджеттік бағдарламалар әкімшісі қол қойған өтінім-хат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z105" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекеттік органның бірінші басшысы – бюджеттік бағдарламалар әкімшісі қол қойған түсіндірме жазба, онда мынадай ақпарат қамтылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z106" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      БИЖ-ді іске асыруды аяқтау үшін талап етілетін болжамды қосымша бюджеттік шығыстардың негіздемесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z107" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік сатып алу жүргізу нәтижесінде үнемделген соманы (егер үнемдеу болған жағдайда) көрсете отырып, ЖСҚ әзірлеуден бастап БИЖ-ді іске асыру шеңберінде жасалған шарттар туралы ақпарат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z108" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЖСҚ әзірлеу басталғаннан бастап жобаны бюджеттен әрбір жыл үшін қаржыландыру. Игерілмеген жағдайда оның себептері көрсетіле отырып, бұл ақпарат әрбір жыл үшін жоспармен және фактімен сүйемелденеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z109" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қымбаттауға алып келетін себептерді егжей-тегжейлі көрсету (ББӘ шартта көрсетілген құнды (сметаны) ұлғайту қажеттілігі туралы уақтылы ескертудің орындылығын растайтын мердігерлер хаттарының көшірмелерін қоса бере отырып);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z110" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кінәсінен қымбаттау орын алған ұйым не жеке тұлға, сондай-ақ осы ұйымға не жеке тұлғаға қатысты қабылданған шаралар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z111" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аяқталмаған құрылыстың жай-күйі, оның ішінде оның құнының бағалануы, тәуелсіз техникалық аудит растаған орындалған жұмыстар актілері туралы мәлімет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z112" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бірінші басшы не оны алмастыратын адам қол қойған, мөрмен расталған, ресми хат нысанында ұсынылатын және ББӘ түсіндірмесін қоса бере отырып, жобаның құнын ұлғайтудың негізділігі мен дұрыстығын растайтын, БИЖ-дің ерекшелігіне байланысты тиісті уәкілетті мемлекеттік органның салалық сараптамасының қорытындысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z113" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ЖСҚ-ның бастапқы құнына ведомстводан тыс кешенді сараптама қорытындысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z114" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сәулет, қала құрылысы және құрылыс саласындағы заңнамада көзделген жағдайларда, бастапқы құнға бұйрығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z115" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Қазақстан Республикасының Үкіметі уәкілеттік берген ішкі бақылау органының бюджет қаражатының мақсатты пайдаланылуы тұрғысынан, сондай-ақ құжаттар ұсынылған күннен бастап 6 (алты) айдан кешіктірмей белгіленген, ЖСҚ әзірлеуден бастап БИЖ-ді іске асыру шеңберінде бөлінген барлық бюджет қаражатын қамтитын бұзушылықтардың жоқтығы туралы актісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z116" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) мемлекеттік жоспарлау жөніндегі орталық немесе жергілікті уәкілетті органға бірінші басшы не оны алмастыратын адам қол қойған және мөрмен расталған, осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша электрондық порталға, сондай-ақ қағаз және электрондық жеткізгіштерде мемлекеттік жоспарлау жөніндегі уәкілетті органға немесе жергілікті уәкілетті органға ұсынылатын, сметалық құнын ұлғайту болжанатын жобалар бойынша салыстырмалы кесте мен құжаттама тізбесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z117" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) құжаттарды ұсынған күнге дейін 1 (бір) ай бұрын түсірілген, объектінің іс жүзіндегі жай-күйі туралы толық көрініс беретін фото немесе бейне түсірілімдер материалдары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z118" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) мемлекеттік органның басшысы не оны алмастыратын тұлға қол қойған, ресми хат нысанында ұсынылатын бұрын бекітілген БИЖ ТЭН-і мен ЖСҚ-ның жобалық шешімдеріне енгізу болжанатын өзгерістердің орындылығы туралы ведомстводан тыс кешенді сараптама қорытындысы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z119" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бюджеттік жоспарлау жөніндегі орталық уәкілетті орган немесе мемлекеттік жоспарлау жөніндегі жергілікті уәкілетті орган осы тармақта көрсетілген құжаттар топтамасын қарайды және олар бойынша қорытындыны тиісті бюджет комиссиясының қарауына енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z120" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бірінші кезеңнің қорытындысы бойынша сметалық құнының ұлғаюын республикалық бюджет қаражаты есебінен қаржыландыру болжанатын осы Қағидалардың 112-тармағында көзделген жергілікті БИЖ бойынша жергілікті атқарушы орган қорытынды дайындайды және БИЖ-ді республикалық бюджет комиссиясының қарауына шығару үшін кейіннен бюджеттік жоспарлау жөніндегі орталық уәкілетті органға енгізу үшін республикалық бюджеттік бағдарламаның тиісті әкімшісіне осы тармақта көрсетілген құжаттарды қоса бере отырып енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z121" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ББӘ тиісті бюджет комиссиясының оң қорытындысын алған жағдайда, ЖСҚ-ға тиісті түзетулерді енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z122" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Екінші кезеңде ББӘ бюджеттік жоспарлау жөніндегі орталық уәкілетті органға немесе мемлекеттік жоспарлау жөніндегі жергілікті уәкілетті органға түзетілген ЖСҚ мен ЖСҚ-ға ведомстводан тыс кешенді сараптама қорытындысы, (бар болған жағдайда) ведомстволық нормативтерге сәйкес объектіні пайдалануға енгізу шығындарының түзетілген құнға мемлекеттік салалық уәкілетті органның және ведомстводан тыс кешенді сараптама қорытындысы және БИЖ сметалық құнының ұлғаюы себептерінің негіздемесін енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z123" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуметтік-экономикалық тұрақтылыққа қауіп төнуіне байланысты, кідіртпей пайдалануға беруді талап ететін, ірі бірыңғай энергетикалық жүйе объектілері мен техникалық күрделі атомдық және жылу энергетикалық кешендері үшін, елдің әлеуметтік-экономикалық тұрақтылығына қауіп төнуі туралы растауы бар уәкілетті мемлекеттік органның салалық сараптама қорытындысында көрсетілген есептерге сәйкес іске қосу жұмыстар шығындары жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z124" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бюджеттік жоспарлау жөніндегі орталық уәкілетті органға немесе мемлекеттік жоспарлау жөніндегі жергілікті уәкілетті органға уәкілетті мемлекеттік органның салалық сараптамасының қорытындысымен және ведомстводан тыс кешенді сараптама қорытындысы мен түзетілген ЖСҚ бойынша БИЖ құнының ұлғаюын тиісті бюджет комиссиясының қарауына енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z125" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Екінші кезеңде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z126" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сметалық құнның ұлғаюын республикалық бюджет есебінен қаржыландыру болжанатын осы Қағидалардың 112-тармағында көзделген республикалық БИЖ және жергілікті БИЖ бойынша қаржыландырудың орындылығын республикалық бюджет комиссиясы қарайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z127" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сметалық құнның ұлғаюын жергілікті бюджет қаражаты есебінен қаржыландыру болжанатын жергілікті БИЖ-дің бойынша қаржыландырудың орындылығын тиісті жергілікті бюджет комиссиясы қарайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z128" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тиісті бюджет комиссиялары іріктеп алған сметалық құнының ұлғаюы болжанатын БИЖ бюджет заңнамасында белгіленген тәртіппен тиісті бюджетке енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z129" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер, ТЭН-ді түзетуді қажет етпейтін БИЖ бойынша сметалық құнның өзгеруіне байланысты түзетілген ЖСҚ бар болса, БИЖ сметалық құнының ұлғаю сұрақтарын тиісті бюджет комиссиясының қарауына бірінші кезең мен екінші кезеңде қарастырылған құжаттарды ұсына отырып бір уақытта шығару мүмкін.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>116-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z131" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "116. Ұлттық валютаның шетел валютасының бағамына қатысты елеулі өзгеру себебінен, техникалық шешімдердің өзгеруін талап етпейтін, жаңа объектiлердi құруға (құрылысына) не бар объектiлердi реконструкциялауға бағытталған БИЖ сметалық құны ұлғайған жағдайда, кейіннен ведомстводан тыс кешенді сараптамасын жүргізе отырып ЖСҚ-ға түзету жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z132" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлттық валютаның шетел валютасының бағамына қатысты елеулі өзгеруі себебінен, техникалық шешімдердің өзгеруін талап етпейтін, ақпараттық жүйенi құруға, енгiзуге және дамытуға бағытталған БИЖ сметалық құны ұлғайған жағдайда, ТЭН-ге түзету жүргізіледі, бұл ретте экономикалық сараптама және қорытынды талап етілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z133" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бюджеттік жоспарлау жөніндегі орталық уәкілетті орган немесе мемлекеттік жоспарлау жөніндегі жергілікті уәкілетті орган аталған мәселені тиісті бюджет комиссиясының қарауына осы Қағидалардың 114 және 115-тармақтарында айқындалған тәртіппен шығарады.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>128-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z135" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "128. "Негiздiлiк" бөлiмiнде iс-шараларды iске асыруға арналған Инвестициялар мөлшерiнiң және Инвестициялар ҚЭН-інің iс-шараларын балама көздерден қаржыландырудың мүмкін болмауының негiздемесi келтiрiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z136" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Негiздiлiк" бөлiмi мынадай құрылымға сәйкес келедi:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z137" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Инвестициялар көлемi" тарауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z138" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Қаржыландырудың балама көздерi" тарауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z139" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) "Инвестициялар ҚЭН-інің мақсаттары мен міндеттерінің инвестициялық ұсынысқа сәйкестігі" тарауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z140" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) "Квазимемлекеттік сектор субъектілерінің инвестициялық картасы".";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z141" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай мазмұндағы 131-1-тармақпен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z142" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "131-1. "Квазимемлекеттік сектор субъектілерінің инвестициялық картасы" деген тарауда осы Қағидалардағы 18-1-қосымшасына сәйкес Квазимемлекеттік сектор субъектілерінің инвестициялық картасы нысаны бойынша қаржыландыру кезеңін көрсете отырып (өзіндік, қарыздық, бюджеттік, демеушілік және тағы басқалар), іске асырылған, іске асырылатын және іске асырылуы жоспарланған квазимемлекеттік сектор субъектілерінің инвестициялық жобалары бойынша ақпарат қамтылған.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>138-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z144" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "138. Қосымшалар мынадай құжаттармен жиынтықталады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z145" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Ретроспектива" бөлiмiне:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z146" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ҚЭН-ді мемлекеттiк жоспарлау жөнiндегi орталық және жергілікті уәкілетті органға енгізудің алдындағы соңғы үш жылдағы мөр басылған және бірінші басшы мен бас бухгалтердің қолы қойылған қатысушылардың қаржылық есептілігі (жеке және шоғырландырылған), сондай-ақ қаржылық есепке түсіндірме жазба;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z147" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының аудит қызметі туралы заңнамасына сәйкес қаржылық есептілік аудиті міндетті болып табылатын қатысушылар үшін соңғы үш жылда жасалған аудиттелген қаржылық есептілік пен аудиттік есептер тапсырылады. Бұл ретте қатысушының қолданыстағы заңнамаға сәйкес объективті себептері болған кезде соңғы есепті кезеңдегі аудиттен өтпеген қаржылық есепті ұсына алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z148" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қаржылық есептілік қолданыстағы заңнамаға сәйкес, оның ішінде басқа ұйымдарда қаржылық қатысуы туралы, баланс валютасында 10 % және одан көп үлес алатын баланс баптары егжей-тегжейлі толық ашылған ақпаратты қоса берумен ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z149" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Институционалдық" бөлiмiне:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z150" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оған сәйкес қатысушылар құрылған немесе құрылып жатқан құжаттардың көшiрмесi;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z151" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Инвестициялар Алушы жарғысының көшiрмесi (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z152" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) "Негiздiлiк" бөлiмiне:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z153" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Сатып алынатын (құрылатын) активтердiң құны мен сипаттамасы" осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысанда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z154" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осы Қағидалардың 129-тармағының 2) тармақшасында келтiрiлген ақпаратты растайтын түскен прайс-парақтардың (ұқсас тауарлар, жұмыстар және қызметтер бойынша прайс-парақтар және баға ұсыныстары жоқ болған жағдайда кемінде екі тәуелсіз бағалау қорытындысы беріледі), бағалау актiлерi мен басқа да құжаттардың көшiрмелерi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z155" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Инвестицияларды жүзеге асыру кезінде тиісті уәкілетті мемлекеттік органның салалық сараптама қорытындысы ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z156" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер Инвестицияларды іске асыру бірнеше салалық орталық мемлекеттік органдардың жауапкершілік аясын қозғайтын жағдайда, көрсетілген салалық орталық органдар Инвестициялардың салалық сараптамасының сәйкес қорытындыларын қосымша ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z157" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте, бірінші басшы немесе оны алмастыратын тұлға немесе бірінші басшысының орынбасары қол қойған қосымша салалық сараптамалық қорытындыларын тиісті салалық орталық мемлекеттік органдар Инвестициялардың іске асырылуының жетекшілік ететін салаға ықпалын бағалау және саланың басымдықтарына сәйкестігі бөлігінде ғана ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z158" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Салалық сараптаманың қорытындысы мыналарды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z159" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      саладағы қазіргі жағдайды талдауды бағалауды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z160" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Инвестициялар ҚЭН-інде көрсетілген іс-шаралар іске асырылмаған жағдайда, саладағы жағдайды талдауды бағалауды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z161" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сандық және сапалық көрсеткіштерді келтіре және көрсете отырып:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z162" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Инвестициялар ҚЭН-і іс-шараларының сала экономикасының құрылымындағы рөлі мен орнын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z163" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Инвестициялар ҚЭН-інің іс-шараларын іске асырудың орналасқан орнын таңдау мен ауқымының негізділігін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z164" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Инвестициялар ҚЭН-інің іс-шараларын іске асырудың мүмкіндігін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z165" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Инвестициялар ҚЭН-інің іс-шаралары бойынша техникалық шешімдердің жеткілікті болуын және олардың тиімділігін бағалауды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z166" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Инвестициялар ҚЭН-і іс-шараларының халықаралық стандарттарға сәйкестігін бағалауды, оңтайлы жаңа технологияларды қолдануды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z167" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Инвестициялар ҚЭН-і іс-шараларының мақсаттарына қол жеткізудің баламалы нұсқаларын бағалауды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z168" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бар болған жағдайда, салалық уәкілетті мемлекеттік орган бекітетін ведомстволық нормативтерге сәйкес объектіні пайдалануға енгізу шығындарының негізділігін қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z169" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жаңа объектiлердi құруға (құрылысына) немесе бар объектiлердi қайта жаңғыртуға бағытталған Инвестицияларды жүзеге асыру кезінде Инвестициялар ҚЭН-мен бірге ТЭН (осы Қағидаларға сәйкес әзірленген) немесе ЖСҚ, сондай-ақ ведомстводан тыс кешенді сараптама қорытындысы, жерге құқық беру туралы жерге орналастыру жобасы (қажет болған кезде жер учаскелері иелерiнің және жер пайдаланушылардың шығындарын, алынатын алқаптардың түрлеріне байланысты ауыл шаруашылығы және орман шаруашылығы өндiрiсінің жоғалтуларын есептеулерді қоса бере отырып), техникалық жағдайлар ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z170" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың талаптары мемлекеттік кәсіпорын нысанындағы заңды тұлғалар үшін ТЭН немесе ЖСҚ әзірлеуге қаражаттың жоқтығы жөніндегі негіздемені ұсынған жағдайда қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z171" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Объектіні пайдалануға беру шығындары болған жағдайда, уәкілетті мемлекеттік органның салалық сараптамасының және ведомстволық нормативтерге сәйкес объектіні пайдалануға беру (іске-қосу-баптау жұмыстары) шығыстары бойынша ведомстводан тыс кешенді сараптама қорытындылары талап етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z172" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуметтік-экономикалық тұрақтылыққа қауіп төнуіне байланысты, кідіртпей пайдалануға беруді талап ететін, ірі бірыңғай энергетикалық жүйе объектілері мен техникалық күрделі атомдық және жылу энергетикалық кешендері үшін, елдің әлеуметтік-экономикалық тұрақтылығына қауіп төнуі туралы растауы бар уәкілетті мемлекеттік органның салалық сараптама қорытындысында көрсетілген есептерге сәйкес іске қосу жұмыстар шығындары жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z173" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақпараттық жүйенi құруға, енгiзуге және дамытуға бағытталған Инвестицияларды жүзеге асыру кезінде Инвестициялар ҚЭН-імен бірге ақпараттық жүйенің (осы Қағидаларға сәйкес әзірленген) ТЭН, сондай-ақ аталған ақпараттық жүйенің ТЭН-іне байланыс және ақпараттандыру саласындағы уәкiлеттi органның қорытындысы ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z174" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Инновациялық және (немесе) ғарыштық қызметтi болжайтын iс-шараларды жүзеге асыруға бағытталған Инвестицияларды iске асыру кезінде мемлекеттiк ғылыми-техникалық сараптаманың қорытындысы ұсынылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z175" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) "Нәтиже" бөлiмiне:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z176" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Өнім өндiру бағдарламасы" осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысанда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z177" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Өнімді іске асыру бағдарламасы" осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысанда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z178" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      қаржылық модель, осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген "Қаржы моделіне қойылатын талаптар" нысанына сәйкес дайындалады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z179" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Инвестициялар нәтижелерi" осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысанда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z180" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "ҚЭН іс-шараларының бюджеттік тиімділігі" осы Қағидаларға </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысанда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z182" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы Қаржы министрінің 2010 жылғы 20 тамыздағы № 422 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген, Нормативтік құқықтық кесімдерді мемлекеттік тіркеудің тізіліміне № 6452 болып тіркелген Жария мүдделі ұйымдардың (қаржылық ұйымдарынан басқа) жариялауы үшін жылдық қаржылық есептіліктің тізбесінде мен нысандарында анықталған нысандар бойынша жасалған Инвестицияларды ескермегендегі Инвестициялар Алушының қаржылық көрсеткіштерінің болжамы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z183" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Бухгалтерлік баланс";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z184" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Кірістер мен шығындар туралы есеп";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z185" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Ақша қаражатының қозғалысы туралы есеп (тікелей тәсіл)" немесе "Ақша қаражатының қозғалысы туралы есеп (жанама тәсіл)";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z186" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Капиталдағы өзгерістер туралы есеп";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z187" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осы инвестициялық ұсынысқа мемлекеттік жоспарлау жөніндегі орталық немесе жергілікті уәкілетті органның инвестициялық ұсынысы және экономикалық қорытындысы.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>139-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z189" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "139. Қажет болған жағдайда, Инвестициялардың экономикалық сараптамасын жүзеге асыруға Қазақстан Республикасының Үкіметі не жергілікті атқарушы органдар айқындаған тиiстi заңды тұлғалар жүргiзiлген сараптамаларда және/немесе тәуелсiз сараптамада, сондай-ақ ұсынылған құжаттамада қамтылмаған немесе толық қамтылмаған мәселелер бойынша қосымша ақпаратты талап етуге және (немесе) қосымша сараптамалар жүргiзе алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z190" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қосымша ақпаратқа қатысушылардың мемлекеттiк жоспарлау жөнiндегi орталық және жергiлiктi уәкiлеттi органға Инвестициялар ҚЭН-ін енгiзудiң алдындағы айдың соңғы күнiне жасалған қаржылық есептiлiгi, сондай-ақ қаржылық есептiлiкке түсiндiрме жазбалар жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z191" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қосымша сараптамаларға мыналар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z192" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Инвестицияларға банктік сараптама;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z193" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ведомстводан тыс кешенді сараптама;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z194" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мемлекеттік уәкiлеттi органның салалық сараптама қорытындысы жатады.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>144-тармақтың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірінші бөлігі мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z196" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "144. Инвестициялар ҚЭН-інің түпнұсқасын, сондай-ақ осы Қағидалардың 162 және 163-тармақтарында айтылған қосымша материалдарды, ББӘ титулдық бланкiдегі жеке iлеспе хатпен бередi.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>149-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z198" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "149. Ұлттық валюта бағамының шетел валюта бағамына қатысты елеулі өзгеруі себебінен, техникалық шешімдердің өзгеруіне алып келмейтін, Инвестициялардың құны ұлғайған жағдайда, ҚЭН-ге түзету жүргізіледі, оның ішінде, ТЭН-ге және (немесе) ЖСҚ-ға кейіннен ведомстводан тыс кешенді сараптама жүргізуімен бұл ретте экономикалық сараптама және қорытынды талап етілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z199" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бюджеттік жоспарлау жөніндегі орталық уәкілетті орган немесе мемлекеттік жоспарлау жөніндегі жергілікті уәкілетті орган аталған мәселені осы Қағидалардың 151-тармағында айқындалған тәртіппен тиісті бюджет комиссиясының қарауына шығарады.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...118 lines deleted...]
-        <w:t>115-тармақ</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>151-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
-      <w:r>
-[...422 lines deleted...]
-      7) мемлекеттік жоспарлау жөніндегі орталық немесе жергілікті уәкілетті органға бірінші басшы не оны алмастыратын адам қол қойған және мөрмен расталған, осы Қағидаларға </w:t>
+    </w:p>
+    <w:bookmarkStart w:name="z201" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "151. Іс-шараларды, техникалық-технологиялық шешімдерді толықтыру және (немесе) өзгерту, бекітілген іс-шараларға көзделген шығыстарды ұлғайту себебінен бюджет комиссиясының қарауына Инвестициялар ҚЭН-ін түзету мәселелерін шығару тәртібі екі кезеңде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z202" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бірінші кезең:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z203" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Осы Қағидалардың 149-тармағында көзделген жағдайдан басқа,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ББӘ–нің Инвестициялар ҚЭН-ін түзету бойынша инвестициялық ұсыныс әзірлеуі және мемлекеттік жоспарлау жөніндегі орталық немесе жергілікті уәкілетті органға ұсынуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z204" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ББӘ ұсынған құжаттар мен бюджеттік жоспарлау жөніндегі орталық уәкілетті органға немесе мемлекеттік жоспарлау жөніндегі жергілікті органға ұсынылатын мемлекеттік жоспарлау жөніндегі орталық немесе жергілікті уәкілетті органның Инвестициялар ҚЭН-ін түзету бойынша инвестициялық ұсынысына оң қорытынды негізінде ҚЭН-ді түзетудің орындылығын айқындау бойынша тиісті бюджет комиссиясының шешімі. Егер осы Қағидалардың 149-тармағында қарастырылған жағдайда, Инвестициялар ҚЭН-іне түзету бойынша инвестициялық ұсынысқа экономикалық қорытынды қажет емес.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z205" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бірінші кезеңде Инвестициялардың ҚЭН-ін түзету бойынша инвестициялық ұсыныстарды әзірлеу, қарау және іріктеу процесі осы Қағидалардың 1-бөлімінде айқындалған тәртіппен өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z206" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бірінші кезеңде осы Қағидалардың 147-тармағында көзделген, сметалық құнын ұлғайтуды республикалық бюджет қаражаты есебінен қаржыландыру болжанатын жергілікті Инвестициялар бойынша жергілікті атқарушы орган қорытынды дайындайды және жергілікті Инвестициялардың ТЭН-ін түзету мәселесін республикалық бюджет комиссиясының қарауына шығару үшін кейіннен бюджеттік жоспарлау жөніндегі орталық уәкілетті органға енгізу үшін осы тармақта көрсетілген құжаттармен қоса, Инвестицияларды республикалық бюджеттік бағдарламаның тиісті әкімшісіне енгізеді</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z207" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Инвестициялардың ҚЭН-ін түзету бойынша инвестициялық ұсыныстар құжаттаманың толық топтамасы ұсынылмаған не қымбаттаудың орын алуының айқын және негізді себептері берілмеген, сондай-ақ кінәлі тұлғалар немесе ұйымдар және оларға қолданылған шаралар (егер ондай болса) көрсетілмеген болса, сметалық құнын ұлғайту тұрғысынан қаралмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z208" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бюджеттік жоспарлау жөніндегі орталық уәкілетті органға немесе мемлекеттік жоспарлау жөніндегі жергілікті уәкілетті органға осы Қағидалардың 2-бөлімінде көрсетілген құжаттар топтамасын қарайды және олар бойынша қорытындыны тиісті бюджет комиссиясының қарауына енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z209" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бюджет комиссиясының оң қорытындысын алған жағдайда, ББӘ кейіннен Қазақстан Республикасының заңнамасына сәйкес қажетті сараптамаларды жүргізе отырып, Инвестициялар ҚЭН-іне тиісті түзетулерді енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z210" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Екінші кезең:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z211" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) түзетiлген Инвестициялар ҚЭН-ін бюджеттік жоспарлау жөнiндегi орталық уәкілетті органның немесе мемлекеттік жоспарлау жөніндегі жергiлiктi уәкiлеттi органның осы Қағидаларда және Қазақстан Республикасының бюджет заңнамасында белгiленген тәртiппен қарауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z212" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тиісті бюджет комиссиясының түзетілген Инвестициялар ҚЭН-і бойынша ұлғайтылған құнды қаржыландыру туралы ББӘ ұсынған мынадай құжаттар негізіндегі шешімі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z213" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      iс-шараларға, Инвестициялар ҚЭН-інің техникалық-технологиялық шешiмдерге болжанған толықтыруларды және (немесе) өзгертулерді, бекітілген іс-шараларға көзделген шығыстарды ұлғайтуды көрсете отырып, мемлекеттiк органның бiрiншi басшысының немесе оны алмастыратын адамның қолы қойылған осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес нысан бойынша электрондық порталға, сондай-ақ қағаз және электрондық жеткізгіштерде мемлекеттік жоспарлау жөніндегі уәкілетті органға немесе жергілікті уәкілетті органға ұсынылатын, сметалық құнын ұлғайту болжанатын жобалар бойынша салыстырмалы кесте мен құжаттама тізбесі;</w:t>
-[...2726 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша салыстырма кестенi қоса бере отырып, мемлекеттiк органның бiрiншi басшысының не оны алмастыратын адамның қолы қойылған өтiнiм-хат;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z214" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Инвестициялар ҚЭН-інің бастапқы параметрлері қоса берілген, оң экономикалық қорытынды алған Инвестициялар ҚЭН-ін (бар болса) бекiту туралы ББӘ (бір ББӘ құзыретіне жатқызуға болмайтын жобаларды экономиканың түрлі салаларында іске асырылуын көздейтін ұлттық холдингтер мен ұлттық басқарушы холдингтер) бұйрығының көшірмесі;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z215" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Бюджет кодексінің 154-бабында белгіленген рәсімдер сақталмай тиісті бюджетте бекітілген жобаларды қоспағанда, бұрын ұсынылған Инвестициялар ҚЭН-іне берілген мемлекеттiк жоспарлау жөнiндегi орталық немесе жергілікті уәкiлеттi органның оң экономикалық қорытындысының көшірмесі;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z216" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сараптамалар қорытындылары және бұрын мемлекеттiк жоспарлау жөнiндегi уәкiлеттi органның оң қорытындысы алынған ҚЭН;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z217" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       түзетiлген Инвестициялар ҚЭН-і;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z218" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осы Қағидалардың 149-тармағында көрсетілген жағдайдан басқа, түзетiлген Инвестициялар ҚЭН-іне оң экономикалық қорытынды;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z219" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЖСҚ-ны әзірлеуден бастап, құрылыс қызметін болжайтын жобалар бойынша мемлекеттік сатып алуды жүргізудің нәтижесінде үнемделген соманы (егер үнемдеу болған жағдайда) көрсете отырып, ҚЭН-ді іске асыру шеңберінде жасалған шарттар туралы ақпарат;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z220" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       іске асыру басталғаннан бастап әрбір жыл үшін бюджеттен ҚЭН іс-шараларын қаржыландыру. Бұл ақпаратта әрбір жылдың жоспары және фактісі, игерілмеу болған жағдайда, оның себептері көрсетіле отырып беріледі;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z221" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қымбаттауға әкелетін себептерді егжей-тегжейлі көрсету (мердігерлердің ББӘ шартта көрсетілген бағаны (сметаны) өсіру қажеттігі туралы уақтылы ескерткендігін растайтын хаттарының көшірмелерін қоса бере отырып);</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z222" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       олардың кінәсінен қымбаттау орын алған ұйым не жеке тұлға, сондай-ақ осындай ұйымға немесе жеке тұлғаға қатысты қабылданған шаралар;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z223" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тиісті уәкілетті мемлекеттік органның ресми хат нысанында ұсынылатын, бірінші басшы не оны алмастыратын адам қол қойған, мөрмен расталған, ББӘ түсіндірмелерімен қоса, жоба құнын ұлғайтудың негізділігі мен дұрыстығын растайтын салалық сараптаманың қорытындысы, сала болмаған жағдайда</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ББӘ-нің қорытындысы ұсынылады;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z224" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       мемлекеттік органның бірінші басшысы не оны алмастыратын тұлға қол қойған, ресми хат нысанында ұсынылатын Инвестициялардың түзетілген ҚЭН-нің ведомстводан тыс кешенді сараптама қорытындысы. </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z225" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бекітілген іс-шараға көзделген шығыстар ұлғайған жағдайда, мыналарды қоса алғанда түсіндірме жазба қоса беріледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z226" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қымбаттауға алып келетін мән-жай мен себептердi егжей-тегжейлi көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z227" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сараптамалар қорытындылары және мемлекеттiк жоспарлау жөнiндегi уәкiлеттi органның оң экономикалық қорытындысы алынған кезде бұрын қаралған құжаттар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z228" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Инвестициялар ҚЭН-інде көрсетілген іс-шаралардың іске асырылуын аяқтауға талап етілетін болжанған қосымша бюджет шығыстарының негіздемесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z229" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасының Үкiметі уәкiлеттiк берген iшкi қаржылық бақылау органының бюджет қаражатының нысаналы пайдаланылуы тұрғысынан, сондай-ақ бұзушылықтардың болмағаны туралы актiсi;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z230" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Қазақстан Республикасының Үкiметі уәкiлеттiк берген iшкi қаржылық бақылау органының актiсi Инвестицияларды iске асыру шеңберiнде бөлiнген барлық бюджет қаражатын қамтиды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z231" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Қазақстан Республикасының Үкiметі уәкiлеттiк берген iшкi қаржылық бақылау органының актiсiне қол қою мерзімінің өтуі құжаттар ұсынылған күннен бастап 6 (алты) айдан аспауға тиiс;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z232" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) құжаттарды ұсынған күнге дейін көп дегенде 1 (бір) ай бұрын түсірілген, объектінің нақты жай-күйі туралы толық көрініс беретін фото немесе бейне түсірілімдер материалдары.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>155-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z234" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "155. Инвестициялардың экономикалық сараптамасы іс-шаралардың негiздiлiк және нәтижелiлiк критерийлеріне сәйкестiгiн айқындау мақсатында жүргiзiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z235" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Коммерциялық емес акционерлік қоғам, жедел басқару құқығындағы мемлекеттік қазыналық кәсіпорын нысандағы Инвестицияларға экономикалық сараптама жүргізген жағдайда қаржылық тиімділік бөлігінде осы қоғамның қызметі шығынсыз болған жағдайда нәтижелілік критерийлері талап етілмейді.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>181-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z237" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "181. Инвестициялар бойынша оң экономикалық қорытынды мен тиiстi бюджет комиссиясының оң шешiмi негiзiнде Инвестициялар тиiстi бюджет жобасына қосылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z238" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік кәсіпорын нысанындағы заңды тұлғалардың жарғылық капиталына мемлекеттің қатысуы арқылы іске асырылуы жоспарланатын бюджеттік инвестициялар бойынша тиісті бюджет жобасына ТЭН мен ЖСҚ-ны дайындау шығыстары қосылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z239" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік кәсіпорын нысанындағы заңды тұлғалардың жарғылық капиталына мемлекеттің қатысуы арқылы іске асырылуы жоспарланатын бюджеттік инвестициялар бойынша ТЭН мен ЖСҚ-ға, ведомстводан тыс кешенді сараптамасының нәтижелері бойынша тиісті бюджет жобасына жобаларды іске асырудың жалпы құны қосылады.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z240" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай мазмұндағы 182-1-тармақпен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z241" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "182-1. ҚЭН бекітілгеннен кейін үш жыл ішінде жоба іске асырылуы басталмаған Инвестициялардың ҚЭН, оның ішінде түзетілген, бойынша экономикалық қорытынды ескірген болып есептеледі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z242" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      осы бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес 18-1-қосымшамен толықтырылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z243" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Бюджеттік инвестициялар және мемлекеттік-жекешелік әріптестікті дамыту департаменті:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z244" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықтың Қазақстан Республикасы Әдiлет министрлiгiнде мемлекеттiк тiркелуiн;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z245" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрық Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелгеннен кейін күнтізбелік он күннің ішінде оның мерзімдік баспа басылымдары мен "Әділет" ақпараттық-құқықтық жүйесінде ресми жариялауға жіберуілін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z246" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы бұйрықтың Қазақстан Республикасы Ұлттық экономика министрлігінің ресми интернет-ресурсында жариялануын қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z247" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасының Ұлттық экономика бірінші вице-министріне жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z248" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы бұйрық мемлекеттік тіркелген күнінен бастап қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұлттық экономика министрі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е. Досаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-      Бекітілген іс-шараға көзделген шығыстар ұлғайған жағдайда, мыналарды қоса алғанда түсіндірме жазба қоса беріледі:</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "КЕЛІСІЛДІ"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қаржы министрі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________ Б. Сұлтанов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2015 жылғы " " </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ұлттық экономика министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2015 жылғы 13 наурыздағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 200 бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік инвестициялық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жобаның инвестициялық ұсынысын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>әзірлеу немесе түзету, қажетті</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сараптамаларды жүргізу, сондай-ақ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бюджеттік инвестицияларды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жоспарлау, қарау, іріктеу,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мониторингілеу және іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асырылуын бағалау қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>18-1-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______ жылғы "  " ___________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...987 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> _______ жылғы «  » ___________</w:t>
-[...43 lines deleted...]
-                                            (Атауы және код)</w:t>
+        <w:t>Квазимемлекеттік сектор субъектілерінің инвестициялық картасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бюджеттік бағдарлама әкімшісі _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Атауы және код)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="366"/>
-[...12 lines deleted...]
-        <w:gridCol w:w="1910"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="405" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="366" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...722 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1467" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Жобаның атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1291" w:type="dxa"/>
-[...34 lines deleted...]
-            <w:tcW w:w="1599" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Іс-шаралардың/ компоненттердің атаулары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Қатысушылардың атаулары (инвестицияны алушы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="729" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Жобаның құны (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Қаржыландыру көзі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Кезең</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Жүзеге асыру орны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="930" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Ескерту (қолданылған шешімдер, нәтижелер, басқалар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...25 lines deleted...]
-            </w:r>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Республикалық/жергілікті бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="503" w:type="dxa"/>
-[...23 lines deleted...]
-            </w:r>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Ұлттық қор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1006" w:type="dxa"/>
-[...23 lines deleted...]
-            </w:r>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Қарыз қаражаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
-[...23 lines deleted...]
-            </w:r>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Өзіндік қаражат</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...116 lines deleted...]
-            </w:r>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Басқалар (қаржыландвру көзін көрсету тіи)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+құрылыс (инвестициялық)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+қолданыс (постинвестициялық)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Квазимемлекеттік сектор субъектілерінің әзірленген инвестициялық жобалары (10 жыл ішінде)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-            </w:r>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...47 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="420" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1291" w:type="dxa"/>
-[...83 lines deleted...]
-            </w:r>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+…</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="930" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+…</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -9481,6492 +9881,4702 @@
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="255" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="366" w:type="dxa"/>
-[...23 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Квазимемлекеттік сектор субъектілерінің әзірленіп жатқан инвестициялық жобалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...1 lines deleted...]
-            <w:tcW w:w="1467" w:type="dxa"/>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1291" w:type="dxa"/>
-[...34 lines deleted...]
-            <w:tcW w:w="1599" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
-[...23 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+…</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="729" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+…</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Квазимемлекеттік сектор субъектілерінің әзірленуі жоспарланған инвестициялық жобалары (5 жыл ішінде)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-            </w:r>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="725" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="503" w:type="dxa"/>
-[...23 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+…</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1006" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+2.</w:t>
             </w:r>
           </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="255" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1291" w:type="dxa"/>
-[...83 lines deleted...]
-            </w:r>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...155 lines deleted...]
-</w:t>
+…</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
-        <w:tc>
-[...5320 lines deleted...]
-        </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      </w:r>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-              Мемлекеттік орган басшысының Т.А.Ә.              қолы</w:t>
-[...16 lines deleted...]
-        <w:t>      </w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________ М.О. ________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                    Мемлекеттік орган басшысының Т.А.Ә.              қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ескертпе:</w:t>
       </w:r>
-      <w:r>
-[...81 lines deleted...]
-      «Қолданыс (постинвестициялық) кезең» бағанасында инвестициялық жобаны қолдану мерзімі көрсетіледі.</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Іс-шаралардың/компоненттердің атаулары" бағанасында жобаның іс-шаралар атаулары көрсетіледі. Тараулардың саны және атаулары қаржылық-кономикалық негіздемеде (республикалық немесе жергілікті бюджет, Қазақстан Республикасы Ұлттық фонд қаражаты қаржыландыру көздері болған жағдайда) немесе заңды тұлғалардың даму жоспарында (қарыз немесе меншікті қаражат қаржыландыру көзі болған жағдайда), көрсетілген және жобаның активтерін сатып алуды қарастыратын іс-шаралардың саны мен атауларына сәйкес болу керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қатысушылардың атаулары (инвестицияны алушы)" бағанасында қаражат бөлінген/бөлініп отырған/бөлінетін квазимемлекеттік сектор субъектілерінің, сондай-ақ инвестициялардың соңғы алушырарының атаулары көрсетеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Жобаның құны (мың теңге)" бағанасында барлық қаржыландыру көздерін есепке алып жобаның жалпы құны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қаржыландыру көзі (мың тенге)" бағанасында қаражат бөлінген/бөлініп отырған/бөлінетін шенберінде тиісті қаржыландыру көзі бағанасында қаражат көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Құрылыс (инвестициялық) кезең" бағанасында инвестициялық жобаны іске асыру/құру мерзімі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қолданыс (постинвестициялық) кезең" бағанасында инвестициялық жобаны қолдану мерзімі көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -16288,35 +14898,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>