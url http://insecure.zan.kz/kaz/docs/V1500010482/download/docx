--- v0 (2025-11-13)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9239954" w14:textId="9239954">
+    <w:p w14:paraId="963bbf5" w14:textId="963bbf5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,3007 +93,3296 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дериваттар тізбесін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 16 ақпандағы № 18-03/105 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2015 жылы 18 наурызда № 10482 тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 16 ақпандағы № 18-03/105 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2015 жылы 18 наурызда № 10482 тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Қазақстан Республикасының 2003 жылғы 8 шілдедегі Орман кодексінің </w:t>
+        <w:t xml:space="preserve">
+      "Жануарлар дүниесін қорғау, өсімін молайту және пайдалану туралы" Қазақстан Республикасының 2004 жылғы 9 шілдедегі Заңының 9-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>13-бабы</w:t>
+        <w:t>1-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тармағының 18-14) тармақшасына және «Жануарлар дүниесін қорғау, өсімін молайту және пайдалану туралы» Қазақстан Республикасының 2004 жылғы 9 шілдедегі Заңының </w:t>
+        <w:t xml:space="preserve"> 68) тармақшасына және Қазақстан Республикасы Үкіметінің "Қазақстан Республикасы Экология және табиғи ресурстар министрлігінің мәселелері" 2019 жылғы 5 шілдедегі № 479 қаулысымен бекітілген Қазақстан Республикасы Экология және табиғи ресурстар министрлігі туралы ережесінің 15-тармағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>9-бабы</w:t>
+        <w:t>222) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тармағының 68) тармақшасына сәйкес </w:t>
+        <w:t xml:space="preserve"> және сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Экология және табиғи ресурстар министрінің 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 346-Ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Қоса беріліп отырған дериваттар </w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Қоса беріліп отырған дериваттар </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тізбесі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасы Ауыл шаруашылығы министрлігінің Орман шаруашылығы және жануарлар дүниесі комитеті заңнамада белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықтың Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрық Қазақстан мемлекеттік тіркелгеннен кейін күнтізбелік он күн ішінде оның мерзімді баспа басылымдарында және "Әділет" ақпараттық-құқықтық жүйесінде ресми жариялауға жіберілуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы бұйрықты Қазақстан Республикасы Ауыл шаруашылығы министрлігінің интернет-ресурсында жариялануын қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Министр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А. Мамытбеков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...76 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...93 lines deleted...]
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ауыл шаруашылығы Министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2015 жылғы 16 ақпандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 18-03/105 бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z4" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-Дериваттар тізбесі</w:t>
+        <w:t xml:space="preserve"> Дериваттар тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Тізбеге өзгеріс енгізілді - ҚР Ауыл шаруашылығы министрінің 26.10.2015 </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Тізбеге өзгеріс енгізілді - ҚР Ауыл шаруашылығы министрінің 26.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 18-03/947</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1033"/>
-        <w:gridCol w:w="12567"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1. Өсімдіктер туындысы</w:t>
+              <w:t>
+ 1. Өсімдіктер туындысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1033" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Ағаш безі</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ағаш безі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1033" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t xml:space="preserve">Баданалар </w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Баданалар </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1033" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Бүршік</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бүршік</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1033" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Жеміс</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеміс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1033" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Қосалқы сүрек ресурстары (материалдар)</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қосалқы сүрек ресурстары (материалдар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1033" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Өркендер</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өркендер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1033" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Саңырауқұлақтар</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саңырауқұлақтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1033" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Тамыр, тамырсабақ</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тамыр, тамырсабақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1033" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Тұқым</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұқым</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1033" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Түйіндер</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түйіндер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1033" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Шайыр және ағаш шырындары</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шайыр және ағаш шырындары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2. Өсімдіктерден және олардың туындыларынан өндірілген өнім</w:t>
+              <w:t>
+2. Өсімдіктерден және олардың туындыларынан өндірілген өнім</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1033" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Ағаш көмірі</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ағаш көмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1033" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Ағаш өнімдері</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ағаш өнімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1033" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Гербарийлер</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гербарийлер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1033" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Жабайы өсімдіктерден алынатын май</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жабайы өсімдіктерден алынатын май</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1033" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Жиһаз бөлшектері</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жиһаз бөлшектері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1033" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Өркеннен алынған шыбықтар</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өркеннен алынған шыбықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1033" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Кәдесыйлық бұйымдар</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәдесыйлық бұйымдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3. Жануарлар туындысы</w:t>
+              <w:t>
+3. Жануарлар туындысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1033" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t xml:space="preserve">Май </w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Май </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1033" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t xml:space="preserve">Уылдырық </w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Уылдырық </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1033" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t xml:space="preserve">Тері </w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Тері </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1033" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Қан</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1033" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t xml:space="preserve">Аю өті </w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Аю өті </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1033" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Балықтың жыныстық бездері (гонадалары)</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балықтың жыныстық бездері (гонадалары)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1033" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Мүйіз және тұяқ</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүйіз және тұяқ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1033" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Су омыртқасыздарының жұмыртқалары</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су омыртқасыздарының жұмыртқалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1033" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Жұмыртқа</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмыртқа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4. Жануарлардан және оның туындыларынан өндірілген өнім</w:t>
+              <w:t>
+4. Жануарлардан және оның туындыларынан өндірілген өнім</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1033" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t xml:space="preserve">Галантериялық бұйымдар </w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Галантериялық бұйымдар </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1033" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Медициналық препараттар</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медициналық препараттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1033" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Кәдесый бұйымдары</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәдесый бұйымдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1033" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Тұлып</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұлып</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1033" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Зергерлік бұйымдар</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зергерлік бұйымдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Ескертпе: Дериваттар тізбесі Құрып кету қаупі төнген жабайы фауна мен флора түрлерінің халықаралық саудасы туралы конвенцияның талаптарын орындау үшін әзірленген.</w:t>
+        <w:t>
+      Ескертпе: Дериваттар тізбесі Құрып кету қаупі төнген жабайы фауна мен флора түрлерінің халықаралық саудасы туралы конвенцияның талаптарын орындау үшін әзірленген.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -3101,55 +3390,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>