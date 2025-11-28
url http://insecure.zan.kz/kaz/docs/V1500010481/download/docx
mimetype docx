--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5b379a4" w14:textId="5b379a4">
+    <w:p w14:paraId="5936b47" w14:textId="5936b47">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1203,50 +1203,156 @@
       2) халықаралық міндеттемелерді орындауға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) кен орны учаскесінің астынан пайдалы қазбалар табылып, оларды игерудің баламалы нұсқалары болмауына;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) тармақша жаңа редакцияда көзделген - ҚР Экология және табиғи ресурстар министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) халықаралық, республикалық, облыстық және аудандық маңызы бар автомобиль жолдарын және теміржолдарды, электр беру желілерін, байланыс желілерін және магистральдық құбыржолдарды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1275,50 +1381,156 @@
       6) Қазақстан Республикасы Мемлекеттік шекарасының объектілері мен қорғаныс мұқтаждарына арналған объектілерді жайластыруға байланысты ғана жол беріледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) стратегиялық су шаруашылығы құрылысжайлары мен гидротехникалық құрылысжайларды орналастырудың ықтимал басқа нұсқалары болмаған кезде осындай құрылысжайларды салуға және олардың жұмыс істеуіне байланысты ғана жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-тармақтың екінші бөлігі жаңа редакцияда көзделген - ҚР Экология және табиғи ресурстар министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақтың бірінші бөлігінің 3) және 4) тармақшаларында көзделген жағдайларда орман қорының жері ауыстырылған кезде пайдасына учаске ауыстырылатын тұлғалар ауыстырылатын учаске алаңының екі еселенген мөлшерінде орман дақылдарын өтемдік отырғызуды және мемлекеттік орман қорының құрамына ауыстыру үшін мемлекеттік орман иеленушіге өтемақы тәртібімен тиісті жергілікті атқарушы органдар берген жер учаскелерінде оларды отырғызғаннан кейін алғашқы үш жыл бойы орман дақылдарына күтім-ұстауды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1390,51 +1602,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда – ҚР Экология, геология және табиғи ресурстар министрінің 29.04.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Экология және табиғи ресурстар министрінің 12.01.2024 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгерістер енгізілді - ҚР Экология және табиғи ресурстар министрінің 12.01.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>