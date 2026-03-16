--- v1 (2025-11-28)
+++ v2 (2026-03-16)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5936b47" w14:textId="5936b47">
+    <w:p w14:paraId="56f9bbb" w14:textId="56f9bbb">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1075,51 +1075,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда – ҚР Экология, геология және табиғи ресурстар министрінің 29.04.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1203,510 +1203,338 @@
       2) халықаралық міндеттемелерді орындауға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) кен орны учаскесінің астынан пайдалы қазбалар табылып, оларды игерудің баламалы нұсқалары болмауына;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) халықаралық, республикалық, облыстық және аудандық маңызы бар автомобиль жолдары мен теміржолдарды, белгіленген қуаты қоса алғанда 100 МВт-қа дейінгі гидроэлектр станцияларын, электр беру желілерін, байланыс желілерін және магистральдық құбыржолдарды салуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) елді мекендердің шекарасы (шегі) өзгеріп, оларды ықтимал орналастырудың басқа нұсқалары болмауына байланысты ғана жол беріледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Қазақстан Республикасы Мемлекеттік шекарасының объектілері мен қорғаныс мұқтаждарына арналған объектілерді жайластыруға байланысты ғана жол беріледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) стратегиялық су шаруашылығы құрылысжайлары мен гидротехникалық құрылысжайларды орналастырудың ықтимал басқа нұсқалары болмаған кезде осындай құрылысжайларды салуға және олардың жұмыс істеуіне байланысты ғана жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың бірінші бөлігінің 3), 4) және 7) тармақшаларында көзделген жағдайларда орман қорының жері ауыстырылған кезде пайдасына учаске ауыстырылатын тұлғалар ауыстырылатын учаске алаңының екі еселенген мөлшерінде орман дақылдарын өтемдік отырғызуды және мемлекеттік орман қорының құрамына ауыстыру үшін мемлекеттік орман иеленушіге өтемақы тәртібімен тиісті жергілікті атқарушы органдар берген жер учаскелерінде оларды отырғызғаннан кейін алғашқы үш жыл бойы орман дақылдарына күтім жасауды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың бірінші бөлігінің 3) тармақшасында көзделген жағдайларда орман қоры жері ауыстырылған кезде пайдасына учаске ауыстырылатын тұлғалар ауыстырылатын учаске алаңының екі еселенген мөлшерінде орман дақылдарын отырғызуды және оларды отырғызғаннан кейін алғашқы үш жыл бойы орман дақылдарын күтіп-ұстауды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Орман қорының жерлерін ерекше қорғалатын табиғи аумақтар құру және кеңейту үшін ауыстыру "Ерекше қорғалатын табиғи аумақтар туралы" 2006 жылғы 7 шілдедегі Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...13 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда – ҚР Экология, геология және табиғи ресурстар министрінің 29.04.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      4) тармақша жаңа редакцияда көзделген - ҚР Экология және табиғи ресурстар министрінің 01.10.2025 </w:t>
+        <w:t>№ 101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгерістер енгізілді - ҚР Экология және табиғи ресурстар министрінің 12.01.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 143</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күннен бастап күнтізбелік он күн өткеннен кейін қолданысқа енгізіледі); 11.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 218</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 262</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>қолданысқа</w:t>
-[...383 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6680,55 +6508,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>