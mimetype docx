--- v0 (2025-11-13)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="552e165" w14:textId="552e165">
+    <w:p w14:paraId="cc05d17" w14:textId="cc05d17">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1356,146 +1356,204 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z29" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Заңның 74-бабының 3-тармағына сәйкес мемлекеттік орта білім беру ұйымдарының дене шынықтыру-сауықтыру және спорт құрылысжайларын қоспағанда, республикалық мүлікті мүліктік жалдауға (жалға) мемлекеттік мүлік жөніндегі уәкілетті орган (республикалық мүлікті жалдауға беруші (жалға беруші) береді. </w:t>
+      3. Заңның 74-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік орта білім беру ұйымдарының дене шынықтыру-сауықтыру және спорт құрылысжайларын қоспағанда, республикалық мүлікті мүліктік жалдауға (жалға) мемлекеттік мүлік жөніндегі уәкілетті орган (республикалық мүлікті жалдауға беруші (жалға беруші) береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік орта білім беру ұйымдарының дене шынықтыру-сауықтыру және спорт құрылысжайларын қоспағанда, коммуналдық мүлікті мүліктік жалдауға (жалға) жергілікті атқарушы орган немесе жергілікті қоғамдастық жиналысымен келісу бойынша аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты (коммуналдық мүлікті жалдауға беруші (жалға беруші) береді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 1-3-тармағының 1) тармақшасына сәйкес аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімдері басқаруына берілген аудандық коммуналдық мүлікті жеке тұлғаларға және мемлекеттік емес заңды тұлғаларға кейіннен сатып алу құқығынсыз мүліктік жалға (жалдауға) береді.</w:t>
+      "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының 35-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-3-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасына сәйкес аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімдері басқаруына берілген аудандық коммуналдық мүлікті жеке тұлғаларға және мемлекеттік емес заңды тұлғаларға кейіннен сатып алу құқығынсыз мүліктік жалға (жалдауға) береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасының Заңы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-2-тармағына сәйкес аудандар (облыстық маңызы бар қалалар) мәслихаттары коммуналдық мүлікті мүліктік жалдағаны (жалға алғаны) үшін жалға алу төлемақысының мөлшерлемесін келіседі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда – ҚР Ұлттық экономика министрінің 31.08.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 156</w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Ұлттық экономика министрінің м.а. 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -18736,55 +18794,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>