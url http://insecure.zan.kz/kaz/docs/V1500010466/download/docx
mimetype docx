--- v0 (2025-11-13)
+++ v1 (2026-03-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7edbb45" w14:textId="7edbb45">
+    <w:p w14:paraId="a0afc1a" w14:textId="a0afc1a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1633,160 +1633,264 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z14" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Мемлекеттік қызметті көрсету тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...37 lines deleted...]
-        </w:rPr>
         <w:t>
-      Жеке тұлғаның жеке басын куәландыратын құжат туралы, заңды тұлғаны тіркеу (қайта тіркеу) туралы, дара кәсіпкерді тіркеу туралы не дара кәсіпкер ретінде қызметінің басталғаны туралы, өндіріс объектісіне бұрын берілген есепке алу нөмірі туралы, өндіріс объектісіне ветеринариялық-санитариялық қорытындының бар-жоғы туралы, меншік құқығында немесе өзге де заңды негізде (бір жылдан астам мерзімге жалға беру/өтеусіз пайдалану) өндірістік үй-жайлардың бар-жоғы туралы мәліметтерді көрсетілетін қызметті беруші мемлекеттік қызметтерді көрсету үшін пайдаланылатын тиісті мемлекеттік ақпараттық жүйелерден не цифрлық құжаттар сервисінен алады.</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес жүзеге асырылады.</w:t>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-тармақ жаңа редакцияда көзделген - ҚР Ауыл шаруашылығы министрінің 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      4. Мемлекеттік қызметті алу үшін жеке және заңды тұлғалар (бұдан әрі – көрсетілетін қызметті алушы) көрсетілетін қызметті берушіге портал арқылы осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша көрсетілетін қызметті алушының ЭЦҚ-мен қол қойылған электрондық құжат нысанында өндіріс объектісіне есепке алу нөмірін беруге арналған өтінішті жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке тұлғаның жеке басын куәландыратын құжат туралы, заңды тұлғаны тіркеу (қайта тіркеу) туралы, дара кәсіпкерді тіркеу туралы не дара кәсіпкер ретінде қызметінің басталғаны туралы, өндіріс объектісіне бұрын берілген есепке алу нөмірі туралы, өндіріс объектісіне ветеринариялық-санитариялық қорытындының бар-жоғы туралы, меншік құқығында немесе өзге де заңды негізде (бір жылдан астам мерзімге жалға беру/өтеусіз пайдалану) өндірістік үй-жайлардың бар-жоғы туралы мәліметтерді көрсетілетін қызметті беруші мемлекеттік қызметтерді көрсету үшін пайдаланылатын тиісті мемлекеттік ақпараттық жүйелерден не цифрлық құжаттар сервисінен алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Портал мен ақпараттық жүйелердің ақпараттық өзара іс-қимылы "Ақпараттандыру туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>43-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
       Мемлекеттік қызметті көрсету үшін сұранымның қабылданғаны туралы жеке кабинеттегі тиісті мәртебе порталда өтініштің қабылданғанын растау болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1829,90 +1933,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Жануарларды өсіруді, жануарларды, жануарлардан алынатын өнім мен шикізатты дайындауды (союды), сақтауды, қайта өңдеуді және өткізуді жүзеге асыратын өндіріс объектілеріне, сондай-ақ ветеринариялық препараттарды, жемшөп пен жемшөп қоспаларын өндіру, сақтау және өткізу жөніндегі ұйымдарға есептік нөмірлер беру" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптардың тізбесі (бұдан әрі – Тізбе) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1931,1802 +2035,2092 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Өндіріс объектісіне есепке алу нөмірін беру үшін Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 21 мамырдағы № 7-1/453 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11898 болып тіркелген) бекітілген Ветеринариялық құжаттарды беру қағидаларына және олардың бланкілеріне қойылатын талаптарға сәйкес өтініш берілген күнге дейін күнтізбелік 30 (отыз) күннен асырмай берілген өндіріс объектісінің ветеринариялық (ветеринариялық-санитариялық) талаптарға сәйкестігі туралы ветеринариялық-санитариялық қорытынды болуы қажет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Мемлекеттік қызметті көрсету және нәтижесін беру мерзімі өтініш тіркелген сәттен бастап 2 (екі) жұмыс күнін құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Көрсетілетін қызметті беруші кеңсесінің жұмыскері өтінішті келіп түскен күні тіркейді және оны жауапты қызметкерді тағайындайтын көрсетілетін қызметті берушінің басшысына жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушы Қазақстан Республикасының еңбек заңнамасына сәйкес жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде құжаттарды қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Көрсетілетін қызметті берушінің жауапты жұмыскері өтініш тіркелген сәттен бастап 1 (бір) жұмыс күні ішінде ұсынылған құжаттардың және (немесе) өтініште қамтылған мәліметтердің толықтығын тексереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті алушы Қазақстан Республикасының еңбек заңнамасына сәйкес жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде құжаттарды қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады.</w:t>
+      Көрсетілетін қызметті алушы құжаттар топтамасын және (немесе) өтініште қамтылған мәліметтерді толық ұсынбаған, қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайда, көрсетілетін қызметті берушінің жауапты жұмыскері көрсетілетін қызметті беруші басшысының ЭЦҚ қойылған электрондық құжат нысанында өтінішті одан әрі қараудан уәжді бас тартуды дайындайды және көрсетілетін қызметті алушының жеке кабинетіне жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызметті алушы құжаттардың толық топтамасын және (немесе) мәліметтерді ұсынған жағдайда, көрсетілетін қызметті берушінің жауапты қызметкері өтінім тіркелген сәттен бастап 2 (екі) жұмыс күні ішінде өндіріс объектісіне есепке алу нөмірін береді және осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өндіріс объектісіне есепке алу нөмірінің берілгені туралы растауды не осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша мемлекеттік қызмет көрсетуден уәжді бас тартуды ресімдейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      9. Көрсетілетін қызметті берушінің жауапты жұмыскері өтініш тіркелген сәттен бастап 1 (бір) жұмыс күні ішінде ұсынылған құжаттардың және (немесе) өтініште қамтылған мәліметтердің толықтығын тексереді.</w:t>
+      Өндіріс объектісіне есепке алу нөмірінің берілгені туралы растау немесе мемлекеттік қызмет көрсетуден уәжді бас тарту көрсетілетін қызметті алушының жеке кабинетіне көрсетілетін қызметті беруші басшысының ЭЦҚ қойылған электрондық құжат нысанында жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Жеке тұлғаның аты, әкесінің аты (бар болса), тегі өзгерген, дара кәсіпкерді қайта тіркеу және (немесе) оның атауы өзгерген, заңды тұлғаның атауы өзгерген және (немесе) заңды тұлға бірігу, қайта құру, заңды тұлғаның басқа заңды тұлғаға қосылуы, бөліп шығару және бөліну нысанында қайта ұйымдастырылған, өндірістік үй-жайларға меншік құқығы өзгерген немесе өндірістік үй-жайларды жалға беру шарты (өтеусіз пайдалану шарты) өзгерген, бұзылған, тоқтатылған жағдайда, көрсетілетін қызметті алушы өзгерістер туындаған сәттен бастап 1 (бір) ай ішінде көрсетілетін қызметті берушіге ақпараты мемлекеттік ақпараттық жүйелерде қамтылған құжаттарды қоспағанда, өзгерістер туралы ақпаратты растайтын тиісті құжаттарды қоса бере отырып, осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өндіріс объектісіне есепке алу нөмірін беруге өтініш береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті алушы құжаттар топтамасын және (немесе) өтініште қамтылған мәліметтерді толық ұсынбаған, қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайда, көрсетілетін қызметті берушінің жауапты жұмыскері көрсетілетін қызметті беруші басшысының ЭЦҚ қойылған электрондық құжат нысанында өтінішті одан әрі қараудан уәжді бас тартуды дайындайды және көрсетілетін қызметті алушының жеке кабинетіне жібереді.</w:t>
+      Егер осы тармақтың бірінші бөлігінде көрсетілген өзгерістер өндіріс объектісінің жүзеге асырылатын қызмет түрінің өзгеруіне әкеп соқпаса, онда көрсетілетін қызметті беруші өтініш тіркелген сәттен бастап 2 (екі) жұмыс күні ішінде өндіріс объектісіне есепке алу нөмірінің берілгені туралы растауды қайта ресімдейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша мемлекеттік қызмет көрсетуден уәжді бас тартуды ресімдейді.</w:t>
+        <w:t>
+      Қызмет түрі өзгерген жағдайда, өндіріс объектісі осы Қағидаларға сәйкес есепке алу нөмірін беру рәсімінен қайта өтеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Өндіріс объектісіне есепке алу нөмірінің берілгені туралы растау немесе мемлекеттік қызмет көрсетуден уәжді бас тарту көрсетілетін қызметті алушының жеке кабинетіне көрсетілетін қызметті беруші басшысының ЭЦҚ қойылған электрондық құжат нысанында жіберіледі.</w:t>
+      Жылжымалы (мобильді) объектілері бар өндіріс объектілері оларды қолданыстағы есепке алу нөміріне байланыстырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің м.а. 23.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11-тармақ жаңа редакцияда көзделген - ҚР Ауыл шаруашылығы министрінің 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      11. Өндіріс объектісіндегі қызмет тоқтатылған (уақытша тоқтатылған) кезде көрсетілетін қызметті алушы өндіріс объектісін есептен шығаруға бастамашылық жасайды және өндіріс объектісіндегі қызмет тоқтатылған (уақытша тоқтатылған) сәттен бастап 5 (бес) жұмыс күні ішінде осы Қағидаларға 5-қосымшаға сәйкес нысан бойынша өндіріс объектісіндегі қызметті тоқтату (уақытша тоқтату) туралы өтініш береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өндіріс объектісіндегі қызметті тоқтату (уақытша тоқтату) туралы өтінішті көрсетілетін қызметті беруші өтініш тіркелген сәттен бастап 1 (бір) жұмыс күні ішінде қарайды және "e-Agriculture" агроөнеркәсіптік кешен салаларын басқарудың бірыңғай автоматтандырылған жүйесі" ақпараттық жүйесінде (бұдан әрі – ақпараттық жүйе) өндіріс объектісінің мәртебесін өзгертуді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің м.а. 27.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 466</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12-тармақ жаңа редакцияда көзделген - ҚР Ауыл шаруашылығы министрінің 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Есепке алу нөмірі, мал сою алаңдарына, жалға беру, өтеусіз пайдалану шартының негізінде өндірістік үй-жайларда қызметін жүзеге асыратын өндіріс объектілерін қоспағанда, өндіріс объектісі қызметінің барлық кезеңіне беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мал сою алаңдарына есепке алу нөмірлері 1 (бір) жыл мерзімге беріледі және сол өңірде ет өңдеу кәсіпорындары немесе мал сою пункттері салынғанға дейін жыл сайын расталуға тиіс. Жалға беру, өтеусіз пайдалану шартының негізінде өндірістік үй-жайларда қызметін жүзеге асыратын өндіріс объектілеріне есепке алу нөмірлері жалға беру, өтеусіз пайдалану шартының қолданылу мерзіміне беріледі. Бар есепке алу нөмірін растау үшін жалға беру, өтеусіз пайдалану шартының негізінде өндірістік үй-жайларда қызметін жүзеге асыратын сою алаңдары, өндіріс объектілері берілген есепке алу нөмірлерін сақтай отырып, осы Қағидаларға сәйкес есепке алу нөмірлерін алуда қайта рәсімдеуден өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің м.а. 23.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      10. Жеке тұлғаның аты, әкесінің аты (бар болса), тегі өзгерген, дара кәсіпкерді қайта тіркеу және (немесе) оның атауы өзгерген, заңды тұлғаның атауы өзгерген және (немесе) заңды тұлға бірігу, қайта құру, заңды тұлғаның басқа заңды тұлғаға қосылуы, бөліп шығару және бөліну нысанында қайта ұйымдастырылған, өндірістік үй-жайларға меншік құқығы өзгерген немесе өндірістік үй-жайларды жалға беру шарты (өтеусіз пайдалану шарты) өзгерген, бұзылған, тоқтатылған жағдайда, көрсетілетін қызметті алушы өзгерістер туындаған сәттен бастап 1 (бір) ай ішінде көрсетілетін қызметті берушіге ақпараты мемлекеттік ақпараттық жүйелерде қамтылған құжаттарды қоспағанда, өзгерістер туралы ақпаратты растайтын тиісті құжаттарды қоса бере отырып, осы Қағидаларға </w:t>
+      13. Өндіріс объектісінің қызмет түрі мен нөмірін қамтитын кодтан тұратын есепке алу нөмірі осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1-қосымшаға</w:t>
+        <w:t>6-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес нысан бойынша өндіріс объектісіне есепке алу нөмірін беруге өтініш береді.</w:t>
+        <w:t xml:space="preserve"> сәйкес айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Егер осы тармақтың бірінші бөлігінде көрсетілген өзгерістер өндіріс объектісінің жүзеге асырылатын қызмет түрінің өзгеруіне әкеп соқпаса, онда көрсетілетін қызметті беруші өтініш тіркелген сәттен бастап 2 (екі) жұмыс күні ішінде өндіріс объектісіне есепке алу нөмірінің берілгені туралы растауды қайта ресімдейді.</w:t>
+        <w:t xml:space="preserve">
+      Өндіріс объектілеріне есепке алу нөмірлерін беруге арналған литерлік кодта осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес тиісті әкімшілік-аумақтық бірліктердің (облыстың, республикалық маңызы бар қаланың, астананың, ауданның (облыстық маңызы бар қаланың) әріптік және сандық символдары болады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z57" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Қызмет түрі өзгерген жағдайда, өндіріс объектісі осы Қағидаларға сәйкес есепке алу нөмірін беру рәсімінен қайта өтеді.</w:t>
+        <w:t xml:space="preserve">
+      14. Өндіріс объектісі бойынша қызмет түрі жоспарлы түрде өзгерген кезде көрсетілетін қызметті алушы осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өндіріс объектісіне есепке алу нөмірін беруге қайтадан өтініш береді. Бұл ретте бұрын берілген есепке алу нөміріне "Белсенді емес" мәртебесі беріледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z58" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Жылжымалы (мобильді) объектілері бар өндіріс объектілері оларды қолданыстағы есепке алу нөміріне байланыстырады.</w:t>
+        <w:t xml:space="preserve">
+      15. Елдің ветеринариялық (ветеринариялық-санитариялық) талаптарына сәйкес келген кезде экспортты/импортты жүзеге асыратын өндіріс объектілеріне осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өндіріс объектілерін есепке алу нөмірлерінің электрондық тізілімінде "Экспорт/Импорт" беріледі және есепке алу нөміріне осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес "Е" (экспорттаушылар үшін), "I" (импорттаушылар үшін) символы қосымша енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...81 lines deleted...]
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z27" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Өндіріс объектісіндегі қызмет тоқтатылған (уақытша тоқтатылған) кезде көрсетілетін қызметті алушы өндіріс объектісін есептен шығаруға бастамашылық жасайды және өндіріс объектісіндегі қызмет тоқтатылған (уақытша тоқтатылған) сәттен бастап 5 (бес) жұмыс күні ішінде осы Қағидаларға 5-қосымшаға сәйкес нысан бойынша өндіріс объектісіндегі қызметті тоқтату (уақытша тоқтату) туралы өтініш береді.</w:t>
-[...259 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес айқындалады.</w:t>
+      16. Мемлекеттік көрсетілетін қызмет көрсетілетін қызметті алушының таңдауы бойынша "Мемлекеттік ветеринариялық-санитариялық бақылау және қадағалау объектілеріне ветеринариялық-санитариялық қорытынды беру" мемлекеттік көрсетілетін қызметімен бірге "бір өтініш" қағидаты бойынша (бұдан әрі – "Бір өтініш" қағидаты бойынша мемлекеттік көрсетілетін қызмет) көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Өндіріс объектілеріне есепке алу нөмірлерін беруге арналған литерлік кодта осы Қағидаларға </w:t>
+      "Бір өтініш" қағидаты бойынша мемлекеттік көрсетілетін қызметті алу үшін көрсетілетін қызметті алушы портал арқылы осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>7-қосымшаға</w:t>
+        <w:t>9-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес тиісті әкімшілік-аумақтық бірліктердің (облыстың, республикалық маңызы бар қаланың, астананың, ауданның (облыстық маңызы бар қаланың) әріптік және сандық символдары болады.</w:t>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша ветеринариялық-санитариялық қорытындыны және "бір өтініш" қағидаты бойынша есепке алу нөмірін алуға арналған өтінішті береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша өндіріс объектісіне есепке алу нөмірін беруге қайтадан өтініш береді. Бұл ретте бұрын берілген есепке алу нөміріне "Белсенді емес" мәртебесі беріледі.</w:t>
+        <w:t>
+      "Бір өтініш" қағидаты бойынша мемлекеттік қызметті көрсету мерзімі – өтініш тіркелген сәттен бастап 6 (алты) жұмыс күн, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z58" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Е" (экспорттаушылар үшін), "I" (импорттаушылар үшін) символы қосымша енгізіледі.</w:t>
+        <w:t>
+      мемлекеттік ветеринариялық-санитариялық бақылау объектілеріне ветеринариялық-санитариялық қорытынды беру – 4 (төрт) жұмыс күні;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Мемлекеттік көрсетілетін қызмет көрсетілетін қызметті алушының таңдауы бойынша "Мемлекеттік ветеринариялық-санитариялық бақылау және қадағалау объектілеріне ветеринариялық-санитариялық қорытынды беру" мемлекеттік көрсетілетін қызметімен бірге "бір өтініш" қағидаты бойынша (бұдан әрі – "Бір өтініш" қағидаты бойынша мемлекеттік көрсетілетін қызмет) көрсетіледі.</w:t>
+      өндіріс объектілеріне есепке алу нөмірін беру – 2 (екі) жұмыс күні.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Бір өтініш" қағидаты бойынша мемлекеттік қызметті көрсету нәтижесі – мемлекеттік ветеринариялық-санитариялық бақылау объектілеріне ветеринариялық-санитариялық қорытынды және жануарлар өсіруді, жануарларды, жануарлардан алынатын өнім мен шикізатты дайындауды (союды), сақтауды, өңдеуді және өткізуді жүзеге асыратын өндіріс объектілеріне, сондай-ақ ветеринариялық препараттарды, жемшөп пен жемшөп қоспаларын өндіру, сақтау және өткізу жөніндегі ұйымдарға есептік нөмірлер беру немесе осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша мемлекеттік қызмет көрсетуден уәжді бас тарту беру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 16-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 27.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17. Көрсетілетін қызметті беруші Тізбенің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген негіздер бойынша мемлекеттік қызметті көрсетуден бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 24.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Мемлекеттік қызметті көрсету үшін қажетті мәліметтерді қамтитын ақпараттық жүйе істен шыққан жағдайда, көрсетілетін қызметті беруші бұл туралы техникалық істен шығу пайда болған сәттен бастап дереу "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылымының операторын (бұдан әрі – оператор) хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте, туындаған істен шығуды жою бойынша жұмыстар жүргізілгеннен кейін оператор 1 (бір) жұмыс күні ішінде техникалық проблема туралы еркін нысанда хаттама жасайды және оған көрсетілетін қызметті беруші қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      19. Көрсетілетін қызметті беруші Мемлекеттік көрсетілетін қызметтер туралы заңның 5-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) тармақшасына сәйкес мемлекеттік қызметтерді көрсету мониторингінің ақпараттық жүйесіне мемлекеттік қызметті көрсету сатысы туралы деректердің енгізілуін қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша ветеринариялық-санитариялық қорытындыны және "бір өтініш" қағидаты бойынша есепке алу нөмірін алуға арналған өтінішті береді.</w:t>
+        <w:t>
+      Мемлекеттік қызметті рұқсаттар мен хабарламалардың мемлекеттік ақпараттық жүйесі арқылы көрсету кезінде мемлекеттік қызметті көрсету сатысы туралы деректер автоматты режимде мемлекеттік қызметтерді көрсету мониторингінің ақпараттық жүйесіне келіп түседі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Бір өтініш" қағидаты бойынша мемлекеттік қызметті көрсету мерзімі – өтініш тіркелген сәттен бастап 6 (алты) жұмыс күн, оның ішінде:</w:t>
-[...73 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша мемлекеттік қызмет көрсетуден уәжді бас тарту беру.</w:t>
+      Қазақстан Республикасы Ауыл шаруашылығы министрлігі және көрсетілетін қызметті беруші осы Қағидалар бекітілген немесе өзгертілген күннен бастап 3 (үш) жұмыс күні ішінде мемлекетік қызмет көрсету тәртібі туралы ақпаратты өзектендіреді және Бірыңғай байланыс орталығына жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 16-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 27.06.2023 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 19-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 27.06.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 248</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Көрсетілетін қызметті берушілердің және (немесе) олардың лауазымды адамдарының мемлекеттік қызметтер көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z32" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...37 lines deleted...]
-        </w:rPr>
         <w:t>
-</w:t>
-[...62 lines deleted...]
-      18. Мемлекеттік қызметті көрсету үшін қажетті мәліметтерді қамтитын ақпараттық жүйе істен шыққан жағдайда, көрсетілетін қызметті беруші бұл туралы техникалық істен шығу пайда болған сәттен бастап дереу "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылымының операторын (бұдан әрі – оператор) хабардар етеді.</w:t>
+      20. Көрсетілетін қызметті берушінің мемлекеттік қызметтер көрсету мәселелері бойынша шешіміне, әрекетіне (әрекетсіздігіне) шағым көрсетілетін қызметті беруші, ведомство, ветеринария саласындағы уәкілетті орган (бұдан әрі – уәкілетті орган) басшысының атына, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінің (бұдан әрі – ҚР ӘРПК) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>91-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тармағына сәйкес шағым келіп түскен жағдайда, көрсетілетін қызметті беруші оны келіп түскен күннен бастап 3 (үш) жұмыс күні ішінде шағымды қарайтын органға (жоғары тұрған әкімшілік органға және (немесе) лауазымды адамға) жібереді. 3 (үш) жұмыс күні ішінде қолайлы акт қабылданған, шағымда көрсетілген талаптарды толық қанағаттандыратын әкімшілік іс-әрекет жасалған жағдайда, көрсетілетін қызметті беруші шағымды қарайтын органға (жоғары тұрған әкімшілік органға және (немесе) лауазымды адамға) шағымды жібермейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Бұл ретте, туындаған істен шығуды жою бойынша жұмыстар жүргізілгеннен кейін оператор 1 (бір) жұмыс күні ішінде техникалық проблема туралы еркін нысанда хаттама жасайды және оған көрсетілетін қызметті беруші қол қояды.</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту.  20-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 24.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      19. Көрсетілетін қызметті беруші Мемлекеттік көрсетілетін қызметтер туралы заңның 5-бабы </w:t>
+      21. Көрсетілетін қызметті алушының шағымын Мемлекеттік көрсетілетін қызметтер туралы заңның 25-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2-тармағының</w:t>
+        <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 11) тармақшасына сәйкес мемлекеттік қызметтерді көрсету мониторингінің ақпараттық жүйесіне мемлекеттік қызметті көрсету сатысы туралы деректердің енгізілуін қамтамасыз етеді.</w:t>
+        <w:t xml:space="preserve"> сәйкес мыналар қарауы тиіс:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік қызметті рұқсаттар мен хабарламалардың мемлекеттік ақпараттық жүйесі арқылы көрсету кезінде мемлекеттік қызметті көрсету сатысы туралы деректер автоматты режимде мемлекеттік қызметтерді көрсету мониторингінің ақпараттық жүйесіне келіп түседі.</w:t>
+      көрсетілетін қызметті беруші, ведомство, уәкілетті орган – тіркелген күнінен бастап 5 (бес) жұмыс күні ішінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қазақстан Республикасы Ауыл шаруашылығы министрлігі және көрсетілетін қызметті беруші осы Қағидалар бекітілген немесе өзгертілген күннен бастап 3 (үш) жұмыс күні ішінде мемлекетік қызмет көрсету тәртібі туралы ақпаратты өзектендіреді және Бірыңғай байланыс орталығына жібереді.</w:t>
+      мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган – тіркелген күнінен бастап 15 (он бес) жұмыс күні ішінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      22. Ведомствоның, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның шағымды қарау мерзімі Мемлекеттік көрсетілетін қызметтер туралы заңның 25-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) шағым бойынша қосымша зерделеу немесе тексеру не жергілікті жерге барып тексеру жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қосымша ақпарат алу қажет болған жағдайларда 10 (он) жұмыс күнінен аспайтын мерзімге ұзартылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шағымды қарау мерзімі ұзартылған жағдайда, шағымдарды қарау бойынша өкілеттіктер берілген лауазымды адам шағымды қарау мерзімі ұзартылған кезден бастап 3 (үш) жұмыс күні ішінде шағым берген көрсетілетін қызметті алушыға ұзарту себептерін көрсете отырып, шағымды қарау мерзімінің ұзартылғаны туралы жазбаша нысанда (шағым қағаз жеткізгіште берілген кезде) немесе электрондық нысанда (шағым электрондық түрде берілген кезде) хабарлайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 19-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 27.06.2023 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 22-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 27.06.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 248</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      23. Егер заңда өзгеше көзделмесе, ҚР ӘРПК-нің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>91-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тармағына сәйкес сотқа дейінгі тәртіппен шағым жасалғаннан кейін сотқа жүгінуге жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...73 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту.  20-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 24.01.2023 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 24.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...175 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 22-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 27.06.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 248</w:t>
+        <w:t xml:space="preserve">      1-қосымша жаңа редакцияда көзделген - ҚР Ауыл шаруашылығы министрінің 19.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...71 lines deleted...]
-</w:t>
+        <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 24.01.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 24</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -6044,50 +6438,166 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ветеринария саласындағы уәкілетті орган ведомствосы аумақтық бөлімшесінің ЭЦҚ деректері: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЭЦҚ қол қою күні мен уақыты: _____________________________________</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-қосымша жаңа редакцияда көзделген - ҚР Ауыл шаруашылығы министрінің 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6296,68 +6806,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>беру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Жануарлар өсіруді, жануарларды, жануарлардан алынатын өнім мен шикізатты дайындауды (союды), сақтауды, қайта өңдеуді және өткізуді жүзеге асыратын өндіріс объектілеріне, сондай-ақ ветеринариялық препараттарды, жемшөп пен жемшөп қоспаларын өндіру, сақтау және өткізу жөніндегі ұйымдарға есептік нөмірлер беру" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 23.01.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8222,68 +8732,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z41" w:id="33"/>
+    <w:bookmarkStart w:name="z41" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өндіріс объектісіне есепке алу нөмірін беру туралы растау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-қосымша жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің м.а. 23.01.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9082,68 +9592,68 @@
               <w:t>
 [Уәкілетті органның</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 атауы]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:bookmarkStart w:name="z43" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік қызмет көрсетуден уәжді бас тарту</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Берілген күні: [берілген күні]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9365,50 +9875,148 @@
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-қосымша жаңа редакцияда көзделген - ҚР Ауыл шаруашылығы министрінің 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
@@ -9706,68 +10314,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (ветеринария саласындағы уәкілетті органның ведомствосы аумақтық бөлімшесінің атауы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="35"/>
+    <w:bookmarkStart w:name="z45" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өндіріс объектісіндегі қызметті тоқтату (тоқтата тұру) туралы өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________ мекенжайы бойынша орналасқан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10046,50 +10654,166 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЭЦҚ қол қою күні мен уақыты: ______________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЭЦҚ қол қойылған күні мен уақыты: ____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6-қосымша жаңа редакцияда көзделген - ҚР Ауыл шаруашылығы министрінің 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -10287,68 +11011,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>беру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z47" w:id="36"/>
+    <w:bookmarkStart w:name="z47" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өндіріс объектісінің қызмет түрі мен нөмірін қамтитын кодтан тұратын есептік нөмір</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 6-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 27.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10362,50 +11086,57 @@
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -14120,50 +14851,155 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7-қосымша жаңа редакцияда көзделген - ҚР Ауыл шаруашылығы министрінің 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -14372,68 +15208,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>беру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z49" w:id="37"/>
+    <w:bookmarkStart w:name="z49" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өндіріс объектілеріне есепке алу нөмірлерін беруге арналған литерлік код</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 7-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 27.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -43630,68 +44466,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z51" w:id="38"/>
+    <w:bookmarkStart w:name="z51" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өндіріс объектілерінің есептік нөмірлерінің электрондық тізілімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -44942,50 +45778,166 @@
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе: * Өндіріс объектісі орналасқан аумақтың бұрылыс нүктелерінің координаттары (бойлық және ендік) техникалық мүмкіндік болса, геоақпараттық сервис арқылы анықталады.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9-қосымша жаңа редакцияда көзделген - ҚР Ауыл шаруашылығы министрінің 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -45917,98 +46869,138 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Р/с №</w:t>
+              <w:t>Р/с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Өндіріс объектісі орналасқан жылжымайтын мүлік объектісінің (жер учаскесінің, ғимараттың, құрылыстың, құрылысжайдың) кадастрлық нөмірі</w:t>
+              <w:t xml:space="preserve">Өндіріс объектісі орналасқан жылжымайтын мүлік объектісінің (жер учаскесінің, ғимараттың, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">құрылыстың, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>құрылысжайдың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>) кадастрлық нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -47281,55 +48273,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>