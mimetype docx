--- v0 (2025-10-03)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8e60cce" w14:textId="8e60cce">
+    <w:p w14:paraId="4a2b99c" w14:textId="4a2b99c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -820,892 +820,994 @@
         <w:t xml:space="preserve">
       2. Шектеу iс-шаралары және карантин Қазақстан Республикасы Ауыл шаруашылығы министрінің 2012 жылғы 28 наурыздағы № 18-03/128 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7583 болып тіркелген) жануарлардың шектеу іс-шаралары немесе карантин белгіленетін жұпалы ауруларының тізбелеріне енгізілген жануарлардың жұқпалы аурулары бойынша белгіленеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z7" w:id="11"/>
+    <w:bookmarkStart w:name="z44" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1. Тиісті аумақтың бас мемлекеттік ветеринариялық-санитариялық инспекторының ұсынысы берілген сәттен бастап 1 (бір) жұмыс күнінен асырмай жергілікті атқарушы органның (әкімнің) шектеу (алып тастау) іс-шараларын және (немесе) карантинді белгілеу туралы шешімі қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тарау 2-1-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 490</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Шектеу іс-шараларын және карантинді белгілеу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-тараудың тақырыбы жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 16.06.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 233</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="12"/>
+    <w:bookmarkStart w:name="z8" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Әкімшілік-аумақтық бөлінісіне және жануарлардың жұқпалы ауруларының таралу дәрежесіне байланысты эпизоотиялық ошақ белгіленген аумақта жануарлардың жұқпалы аурулары пайда болған жағдайда шектеу іс-шаралары немесе карантин белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z18" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Шектеу іс-шараларын және карантинді тиісті аумақтың бас мемлекеттік ветеринариялық-санитариялық инспекторының ұсынысы бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z19" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) облыстың аумағында орналасқан екі және одан көп ауданда жануарлардың жұқпалы аурулары пайда болған жағдайда облыстың жергілікті атқарушы органының;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z20" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) республикалық маңызы бар қаланың, астананың аумағында жануарлардың жұқпалы аурулары пайда болған жағдайда республикалық маңызы бар қаланың, астананың жергілікті атқарушы органының;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z21" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ауданның (облыстық маңызы бар қаланың) аумағында жануарлардың жұқпалы аурулары пайда болған жағдайда ауданның, облыстық маңызы бар қаланың жергілікті атқарушы органының;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z22" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) тиісті аумақта жануарлардың жұқпалы аурулары пайда болған жағдайда аудандық маңызы бар қала, елді мекен, ауыл, ауылдық округ әкімінің шешімімен белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z23" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5. Тиісті аумақтың бас мемлекеттік ветеринариялық-санитариялық инспекторының шектеу іс-шараларын және карантинді белгілеу туралы ұсынысы Қазақстан Республикасы Ауыл шаруашылығы министрінің 2014 жылғы 27 қарашадағы № 7-1/618 </w:t>
-[...92 lines deleted...]
-      Облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарының, аудандық маңызы бар қала, кент, ауыл, ауылдық округ әкімдерінің шектеу іс-шараларын және карантинді белгілеу туралы шешімінің күшіне енгенінен кейін, бір жұмыс күні ішінде оның көшірмесі тиісті аумақтың бас мемлекеттік ветеринариялық-санитариялық инспекторына жолданады.</w:t>
+      5. Тиісті аумақтың бас мемлекеттік ветеринариялық-санитариялық инспекторының шектеу іс-шараларын немесе карантинді белгілеу туралы ұсынысы Қазақстан Республикасы Ауыл шаруашылығы министрінің 2014 жылғы 27 қарашадағы № 7-1/618 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10021 болып тіркелген) бекітілген Эпизоотиялық мониторинг жүргізу қағидаларына </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша эпизоотологиялық зерттеп-қарау актісі алынған сәттен бастап 1 (бір) жұмыс күні ішінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шектеу іс-шараларын немесе карантинді белгілеу енгізілетін әкімшілік-аумақтық бірлік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шектеу іс-шараларын немесе карантинді белгілеу себептері (аурудың атауы), жануардың түрі көрсетіле отырып, ерікті нысанда жазбаша түрде ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тиісті аумақтың бас мемлекеттік ветеринариялық-санитариялық инспекторының шектеу іс-шараларын немесе карантинді белгілеу туралы ұсынысына эпизоотологиялық зерттеу актісінің көшірмесі және Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 16 қаңтардағы № 7-1/19 бұйрығымен (Нормативтік құқықтық актілердің мемлекеттік тіркеу тізілімінде № 10410 болып тіркелген) бекітілген Сараптама актісін (сынақ хаттамасын) беру қағидаларына </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша эпизоотологиялық тексеру актісі қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарының, аудандық маңызы бар қала, кент, ауыл, ауылдық округ әкімдерінің шектеу іс-шараларын және (немесе) карантинді белгілеу туралы шешімдері қолданысқа енгізілгеннен кейін 1 (бір) жұмыс күні ішінде оның көшірмесі тиісті аумақтың бас мемлекеттік ветеринариялық-санитариялық инспекторына жолданады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 16.06.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 233</w:t>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 490</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="19"/>
+    <w:bookmarkStart w:name="z28" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Шектеу іс-шараларының немесе карантиннің ұзақтығы жануарлар ауруларының түріне, аурудың инкубациялық кезеңіне, жануарлардың организмінде ауру қоздырушылардың сақталуына және ветеринариялық iс-шаралар кешенін жүргізуге байланысты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z9" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z9" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Шектеу іс-шараларын және карантинді алып тастау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-тараудың тақырыбы жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 16.06.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 233</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="21"/>
+    <w:bookmarkStart w:name="z10" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Шектеу іс-шаралары және карантин жануарлар толығымен сауыққаннан (аурудың болмауы), аурулардың таралуы тоқтағаннан және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>дезинфекция</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сапасына бактериологиялық зерттеумен қорытынды дезинфекцияны жүргізуді қоса алғанда, жануарлардың жұқпалы ауруларының ошақтарын жою жөніндегі ветеринариялық іс-шаралар кешенін жүргізгеннен кейін алынып тасталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Шектеу іс-шаралары немесе карантин тиісті аумақтың бас мемлекеттік ветеринариялық-санитариялық инспекторының ұсынысы бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z30" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы облыстың аумағында орналасқан екі және одан көп ауданда пайда болған жануарлардың жұқпалы ауруларының ошақтарын жою жөніндегі ветеринариялық іс-шаралар кешенін жүргізгеннен кейін облыстың жергілікті атқарушы органының;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z31" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) республикалық маңызы бар қаланың, астананың аумағында пайда болған жануарлардың жұқпалы ауруларының ошақтарын жою жөніндегі ветеринариялық іс-шаралар кешенін жүргізгеннен кейін республикалық маңызы бар қаланың, астананың жергілікті атқарушы органының;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ауданның (облыстық маңызы бар қаланың) аумағында жануарлардың жұқпалы ауруларының ошақтарын жою жөніндегі ветеринариялық іс-шаралар кешенін жүргізгеннен кейін ауданның, облыстық маңызы бар қаланың жергілікті атқарушы органының;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) тиісті аумақта жануарлардың жұқпалы ауруларының ошақтарын жою жөніндегі ветеринариялық іс-шаралар кешенін жүргізгеннен кейін аудандық маңызы бар қала, елді мекен, ауыл, ауылдық округ әкімінің шешімімен алынып тасталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Тиісті аумақтың бас мемлекеттік ветеринариялық-санитариялық инспекторының шектеу іс-шараларын және карантинді алып тастау туралы ұсынысы туынды түрде жазбаша нысанда жануарлардың жұқпалы ауруларының ошақтарын жою бойынша ветеринариялық іс-шаралар кешені аяқталғаннан кейін бір жұмыс күні ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z40" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z40" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ұсыныс енгізілетін шектеу іс-шараларын және карантинді белгілеу туралы шешімнің күнін және нөмірін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z41" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z41" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дезинфекцияның сапасына бактериологиялық зерттеуді көрсете отырып сараптама актісінің (сынақ хаттамасының) күнін және нөмірін көрсете отырып еркін нысанда жазбаша түрде ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z42" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z42" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Тиісті аумақтың бас мемлекеттік ветеринариялық-санитариялық инспекторының шектеу іс-шараларын және карантинді алып тастау туралы ұсынысына Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 16 қаңтардағы № 7-1/19 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10410 болып тіркелген) Сараптама актісін (сынақ хаттамасын) беру қағидаларына сәйкес ветеринариялық зертханалар беретін дезинфекцияның сапасына бактериологиялық зерттеуді көрсете отырып, сараптама актісі (сынақ хаттамасы) қоса беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z43" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z43" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарының, аудандық маңызы бар қала, кент, ауыл, ауылдық округ әкімдерінің шектеу іс-шараларын және карантинді алып тастау туралы шешімнің көшірмесі оны қабылдағаннан кейін бір жұмыс күні ішінде тиісті аумақтың бас мемлекеттік ветеринариялық-санитариялық инспекторына жолданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 16.06.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 233</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Тиісті аумақтың бас мемлекеттік ветеринариялық-санитариялық инспекторының ұсынысы бойынша тиісті әкімшілік аумақтық бірліктің жергілікті атқарушы органының шешімімен карантинді алып тастағаннан кейін, Қазақстан Республикасының ветеринария саласындағы заңдарында көзделген жағдайларда, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>уәкілетті орган</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шектеу iс-шараларын белгілейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>