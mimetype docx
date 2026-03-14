--- v0 (2025-11-29)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ae6dbd0" w14:textId="ae6dbd0">
+    <w:p w14:paraId="459a046" w14:textId="459a046">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1402,152 +1402,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 50 бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...84 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының Мемлекеттік Туы мен Қазақстан Республикасының Мемлекеттік Елтаңбасын дайындау жөніндегі қызметті жүзеге асыру үшін қойылатын біліктілік талаптары мен олардың сәйкестігін растайтын құжаттар тізбесі</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тізбе жаңа редакцияда – ҚР Сауда және интеграция министрінің 04.09.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1579,51 +1495,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күннен кейін алпыс күнтізбелік күн өткен соң қолданысқа енгізіледі); 26.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 306-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күннен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күннен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі); 15.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 210-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізілетін) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -2846,108 +2782,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 23514 болып тіркелген) нысан бойынша шығарылатын өнімге СТ-KZ нысанындағы сертификаттың болуы</w:t>
+              <w:t>
+Қазақстандық тауар өндірушілер тізілімінен үзінді-көшірменің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сертификатты берген ұйымның атауын, нөмірін және күнін көрсете отырып, СТ-KZ нысанының сертификаты туралы ақпаратты қамтитын мәліметтер нысаны (қосымшаға сәйкес)</w:t>
+Қазақстандық тауар өндірушілер тізілімінен үзінді-көшірме туралы ақпаратты қамтитын мәліметтер нысаны (қосымшаға сәйкес)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3159,104 +3075,124 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">растайтын құжаттар тізбесіне </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының Мемлекеттік Туы мен Қазақстан Республикасының Мемлекеттік Елтаңбасын дайындау жөніндегі қызметті жүзеге асыру үшін қойылатын біліктілік талаптарға сәйкестігі туралы мәліметтер нысаны</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қосымшаға өзгеріс енгізілді - ҚР Сауда және интеграция министрінің 31.05.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 376-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күннен кейін алпыс күнтізбелік күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күннен кейін алпыс күнтізбелік күн өткен соң қолданысқа енгізіледі); 15.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 210-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізілетін) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Стандарттау жөніндегі құжаттардың болуы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3561,148 +3497,62 @@
       6. Аккредиттелген сынақ зертханасынан ҚР СТ 989 "Қазақстан Республикасы Мемлекеттік Елтаңбасы. Техникалық шарттар" талаптарына сәйкестігіне оң сынақ нәтижесін қолдана отырып, Қазақстан Республикасының Мемлекеттік Елтаңбасының әрбір өндірілетін үлгілік өлшемнің басты модельінің болуы_______ ____________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Аккредиттелген сынақ зертханасынан ҚР СТ 989 "Қазақстан Республикасы Мемлекеттік Елтаңбасы. Техникалық шарттар" талаптарына сәйкестігіне оң сынақ нәтижесін қолданумен Қазақстан Республиканың Мемлекеттік Елтаңбасының әрбір өндірілген өлшемінің өндірістік эталондық үлгісінің болуы___________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...85 lines deleted...]
-      8. ҚР СТ 989 "Қазақстан Республикасы Мемлекеттік Елтаңбасы. Техникалық шарттар" және (немесе) ҚР СТ 988 "Қазақстан Республикасы Мемлекеттік Туы. Жалпы техникалық шарттар" талаптарына сәйкес дайындалатын Қазақстан Республикасының Мемлекеттік Туы мен Қазақстан Республикасының Мемлекеттік Елтаңбасы өніміне СТ-KZ нысанында тауардың шығарылуы туралы сертификаттың болуы____________________</w:t>
+      8. ҚР СТ 989 "Қазақстан Республикасы Мемлекеттік Елтаңбасы. Техникалық шарттар" және (немесе) ҚР СТ 988 "Қазақстан Республикасы Мемлекеттік Туы. Жалпы техникалық шарттар" талаптарына сәйкес дайындалатын Қазақстан Республикасының Мемлекеттік Туы мен Қазақстан Республикасының Мемлекеттік Елтаңбасы өніміне Қазақстандық тауар өндірушілер тізілімінен үзінді-көшірменің болуы ____________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -3742,55 +3592,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>