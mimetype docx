--- v0 (2025-11-07)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="53dfc38" w14:textId="53dfc38">
+    <w:p w14:paraId="143bb52" w14:textId="143bb52">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -111,71 +111,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Батыс Қазақстан облысы Қаратөбе ауданы әкімінің 2014 жылғы 17 наурыздағы № 4 шешімі. Батыс Қазақстан облысы Әділет департаментінде 2014 жылғы 1 сәуірде № 3463 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Қазақстан Республикасындағы сайлау туралы" Қазақстан Республикасының 1995 жылғы 28 қыркүйектегі Конституциялық </w:t>
+      "Қазақстан Республикасындағы сайлау туралы" Қазақстан Республикасының 1995 жылғы 28 қыркүйектегі Конституциялық </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасының 2001 жылғы 23 қаңтардағы </w:t>
+        <w:t xml:space="preserve">, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасының 2001 жылғы 23 қаңтардағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес аудан әкімі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
@@ -210,111 +210,111 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қаратөбе аудандық сайлау комиссиясының келісімі бойынша әкімшілік-аумақтық құрылым шекараларының сақталуы ескеріле отырып Қаратөбе ауданының аумағында сайлау учаскелері осы шешімнің </w:t>
+      1. Қаратөбе аудандық сайлау комиссиясының келісімі бойынша әкімшілік-аумақтық құрылым шекараларының сақталуы ескеріле отырып Қаратөбе ауданының аумағында сайлау учаскелері осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес құрылсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Осы шешімнің орындалуын бақылау аудан әкімінің орынбасары С. Өмірзақовқа жүктелсін.</w:t>
+      2. Осы шешімнің орындалуын бақылау аудан әкімінің орынбасары С. Өмірзақовқа жүктелсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Осы шешім алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      3. Осы шешім алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -425,154 +425,200 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Р. Иманғалиев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>      КЕЛІСІЛДІ:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қаратөбе аудандық</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сайлау комиссиясының</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>төрағасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________Х. Есжан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>22.02.2014 ж.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p>
-[...101 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -632,98 +678,98 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2014 жылғы 17 наурыздағы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 4 шешiмiне қосымша</w:t>
+              <w:t>№ 4 шешiмiне қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қаратөбе ауданының аумағындағы сайлау учаскелері</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қосымша жаңа редакцияда - Батыс Қазақстан облысы Қаратөбе ауданы әкімінің 25.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 11</w:t>
+        <w:t>№ 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); өзгерістер енгізілді – Батыс Қазақстан облысы Қаратөбе ауданы әкімінің 23.09.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -809,50 +855,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); 26.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
@@ -1126,51 +1192,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Батыс Қазақстан облысы, Қаратөбе ауданы, Аққозы ауылдық округі, Қоржын ауылы, Құрманғазы көшесі, құрылыс 1, "Батыс Қазақстан облысы Қаратөбе аудандық білім беру бөлімінің Аққозы жалпы орта білім беретін мектеп-балабақша кешені" коммуналдық мемлекеттік мекемесі</w:t>
+Батыс Қазақстан облысы, Қаратөбе ауданы, Аққозы ауылдық округі, Қоржын ауылы, Құрманғазы көшесі, құрылыс 1, "Батыс Қазақстан облысы Қаратөбе аудандық білім беру бөлімінің Аққозы жалпы орта білім беретін мектеп-балабақша кешені" коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1239,87 +1305,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аққозы ауылы, Бесоба ауылы, Баекес, Нұржаубаз, Хасан ағашы, Батпаншар қыстақтары</w:t>
-[...35 lines deleted...]
-Батыс Қазақстан облысы, Қаратөбе ауданы, Аққозы ауылдық округі, Бесоба ауылы, Бесоба көшесі, 64 құрылыс, "Қаратөбе орталықтандырылған кітапхана жүйесі" мемлекеттік мекемесінің Бесоба ауылдық кітапханасы</w:t>
+Аққозы ауылы, Бесоба ауылы, Баекес, Нұржаубаз, Хасанағаш қыстақтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Батыс Қазақстан облысы, Қаратөбе ауданы, Аққозы ауылдық округі, Бесоба ауылы, Бесоба көшесі № 7, "Қаратөбе орталықтандырылған кітапхана жүйесі" мемлекеттік мекемесінің Бесоба ауылдық кітапханасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1388,87 +1454,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Егіндікөл ауылы, Жігерлен, Калинин, Тұрғанбай, Жамансай, Бұлақсай қыстақтары</w:t>
-[...35 lines deleted...]
-Батыс Қазақстан облысы, Қаратөбе ауданы, Егіндікөл ауылдық округі, Егіндікөл ауылы, Алтынсарин көшесі, 11 үй, Батыс Қазақстан облысы, Қаратөбе аудандық білім беру бөлімінің "Егіндікөл орта жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесі</w:t>
+Егіндікөл ауылы, Қоскөл ауылы, Жамансай, Калинин, Тұрғанбай, Сәрсенғали қыстақтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Батыс Қазақстан облысы, Қаратөбе ауданы, Егіндікөл ауылдық округі, Егіндікөл ауылы, Алтынсарин көшесі № 11, Батыс Қазақстан облысы әкімдігі білім басқармасының Қаратөбе аудандық білім беру бөлімінің "Егіндікөл орта жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1537,87 +1603,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жусандой ауылы, Абуталы, Қоңыркөл, Жабу, Қарасу, Ихсан, Сәнім қыстақтары</w:t>
-[...35 lines deleted...]
-Батыс Қазақстан облысы, Қаратөбе ауданы, Жусандой ауылдық округі, Жусандой ауылы, Абай көшесі, 1 үй, "Батыс Қазақстан облысы әкімдігі білім басқармасының Қаратөбе ауданының білім беру бөлімінің Жамбыл орта білім беретін мектеп-балабақша кешені" коммуналдық мемлекеттік мекемесі</w:t>
+Жусандой ауылы, Абуталы, Арпаш, Бекмағанбет, Жабу, Ихсан, Қарасу, Қоңыркөл қыстақтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Батыс Қазақстан облысы, Қаратөбе ауданы, Жусандой ауылдық округі, Жусандой ауылы, Абай көшесі № 1, "Батыс Қазақстан облысы әкімдігі білім басқармасының Қаратөбе ауданының білім беру бөлімінің Жамбыл орта білім беретін мектеп-балабақша кешені" коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1984,87 +2050,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Алакөл ауылы, Қоскөл ауылы, Сәрсенғали, Мүсірәлі қыстақтары</w:t>
-[...35 lines deleted...]
-Батыс Қазақстан облысы, Қаратөбе ауданы, Қаракөл ауылдық округі, Алакөл ауылы, Алакөл көшесі 63 үй, Батыс Қазақстан облысы Қаратөбе ауданының білім беру бөлімінің "Алакөл негізгі орта мектебі" коммуналдық мемлекеттік мекемесі</w:t>
+Алакөл ауылы, Тоқсейіт қыстағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Батыс Қазақстан облысы, Қаратөбе ауданы, Қаракөл ауылдық округі, Алакөл ауылы, Алакөл көшесі № 63, Батыс Қазақстан облысы әкімдігі білім басқармасының Қаратөбе аудандық білім беру бөлімінің "Алакөл негізгі орта мектебі" коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2133,87 +2199,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаратөбе ауылының Жұмақаев, Мұхит, Ұзақ күйші, Мәметова, Алтынсарин, Наурызалин көшелері</w:t>
-[...35 lines deleted...]
-Батыс Қазақстан облысы, Қаратөбе ауданы, Қаратөбе ауылдық округі, Қаратөбе ауылы, С.Датұлы көшесі №36, "Батыс Қазақстан облысы білім басқармасының Қаратөбе ауданының білім беру бөлімінің Қажым Жұмалиев атындағы Қаратөбе мектеп – гимназиясы" коммуналдық мемлекеттік мекемесі</w:t>
+Қаратөбе ауылының № 1, Абай, Айтқожин, Алаш, Алтынсарин, Жұмақаев, Құрманғазы Мәметова, Мұхит, Наурызалин, Сейфуллин, Тоққожин, Ұзақ күйші көшелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Батыс Қазақстан облысы, Қаратөбе ауданы, Қаратөбе ауылдық округі, Қаратөбе ауылы, Датұлы көшесі № 36, Батыс Қазақстан облысы әкімдігі білім басқармасының Қаратөбе ауданының білім беру бөлімінің "Қажым Жұмалиев атындағы Қаратөбе мектеп – гимназиясы" коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2282,87 +2348,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаратөбе ауылының Нысанов, Датұлы, Құрманғалиев, Жұмалиев, Әубәкіров, Бекимов, Молдағұлова, Момышұлы, Дәулетова, Жәңгіров, Исаев, Амангелді, Жамбыл көшелері, Үркіш қыстағы</w:t>
-[...35 lines deleted...]
-Батыс Қазақстан облысы, Қаратөбе ауданы, Қаратөбе ауылдық округі, Қаратөбе ауылы, Мұхит көшесі, 6 үй, Батыс Қазақстан облысы Қаратөбе ауданының білім беру бөлімінің "Мұхит атындағы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі</w:t>
+Қаратөбе ауылының Амангелді, Әубәкіров, Бекимов, Датұлы, Дәулетова, Жамбыл, Жәңгіров, Жұмалиев, Иманов, Исаев, Құрманғалиев, Малабаев, Молдағұлова, Момышұлы, Нысанов көшелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Батыс Қазақстан облысы, Қаратөбе ауданы, Қаратөбе ауылдық округі, Қаратөбе ауылы, Мұхит көшесі № 6, Батыс Қазақстан облысы әкімдігі білім басқармасының Қаратөбе ауданының білім беру бөлімінің "Мұхит атындағы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2431,87 +2497,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қоскөл ауылы, Құрылыс, Боранбай, Қамыстыкөл, Арпаш қыстақтары</w:t>
-[...35 lines deleted...]
-Батыс Қазақстан облысы, Қаратөбе ауданы, Қоскөл ауылдық округі, Қоскөл ауылы, Абай көшесі, 28 үй, Батыс Қазақстан облысы әкімдігі білім басқармасының Қаратөбе ауданының білім беру бөлімінің "Қоскөл жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі</w:t>
+Қоскөл ауылы, Арпаш, Батыс, Боранбай, Қамыстыкөл, Үшаудан қыстақтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Батыс Қазақстан облысы, Қаратөбе ауданы, Қоскөл ауылдық округі, Қоскөл ауылы, Абай көшесі № 28, Батыс Қазақстан облысы әкімдігі білім басқармасының Қаратөбе ауданының білім беру бөлімінің "Қоскөл жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2580,87 +2646,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шалғын ауылы, Шұғыла, Үшаудан, Қален, Шәмші, Ақбаз қыстақтары</w:t>
-[...35 lines deleted...]
-Батыс Қазақстан облысы, Қаратөбе ауданы, Қоскөл ауылдық округі, Шалғын ауылы, Шалғын көшесі №24 , "Батыс Қазақстан облысы әкімдігі білім басқармасының Қаратөбе ауданы білім беру бөлімінің "Шалғын негізгі орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі</w:t>
+Шалғын ауылы, Ақбаз, Шұғыла, Шәміш, Қален қыстақтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Батыс Қазақстан облысы, Қаратөбе ауданы, Қоскөл ауылдық округі, Шалғын ауылы, Шалғын көшесі № 24, Батыс Қазақстан облысы әкімдігі білім басқармасының Қаратөбе ауданының білім беру бөлімінің "Шалғын негізгі орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2729,87 +2795,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қарақамыс ауылы, Ақбақай, Ағалық, Түркебай, Қарақұдық, Тұрмағанбет, Нияз, Бернияз, Жолқұдық, Үшкемпір, Мәші, Таласқұдық, Толғанбай қыстақтары</w:t>
-[...35 lines deleted...]
-Батыс Қазақстан облысы, Қаратөбе ауданы, Саралжын ауылдық округі, Қарақамыс ауылы, Мұхит көшесі, 26 үй, Батыс Қазақстан облысы, Қаратөбе аудандық білім беру бөлімінің "Б.Қаратаев атындағы Саралжын жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі</w:t>
+Қарақамыс ауылы, Ағалық, Ақбақай, Бернияз, Жолқұдық, Қарақұдық, Мәші, Нияз, Таласқұдық, Түркебай, Тұрмағанбет, Үшкемпір қыстақтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Батыс Қазақстан облысы, Қаратөбе ауданы, Саралжын ауылдық округі, Қарақамыс ауылы, Мұхит көшесі № 26, Батыс Қазақстан облысы әкімдігі білім басқармасының Қаратөбе ауданының білім беру бөлімінің "Б.Қаратаев атындағы Саралжын жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3027,87 +3093,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сулыкөл ауылы, Темірбек ауылы, Дәуеш, Сахып, Құмқұдық, Қосқұдық, Нұрқожа, Айбар Қарамола қыстақтары</w:t>
-[...35 lines deleted...]
-Батыс Қазақстан облысы, Қаратөбе ауданы, Сулыкөл ауылдық округі, Сулыкөл ауылы, Ж.Жабаев көшесі, 41 үй, Батыс Қазақстан облысы әкімдігі білім басқармасының Қаратөбе ауданының білім беру бөлімінің "Қалдығайты жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі</w:t>
+Сулыкөл ауылы, Темірбек ауылы, Дәуеш, Жетімсай қыстақтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Батыс Қазақстан облысы, Қаратөбе ауданы, Сулыкөл ауылдық округі, Сулыкөл ауылы, Жабаев көшесі № 41, Батыс Қазақстан облысы әкімдігі білім басқармасының Қаратөбе ауданының білім беру бөлімінің "Қалдығайты жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3176,87 +3242,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Үшана ауылы, Шала, Құрылыс, Қарасай, Көкөгіз, Жанбақ, Жаңабағыт, Шошқалыой, Қарақұдық, Муса-Дүйсенбай қыстақтары</w:t>
-[...35 lines deleted...]
-Батыс Қазақстан облысы, Қаратөбе ауданы, Сулыкөл ауылдық округі, Үшана ауылы, Үшана көшесі, 1 үй, Батыс Қазақстан облысы әкімдігі білім басқармасының Қаратөбе ауданының білім беру бөлімінің "Б.Аманшин атындағы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі</w:t>
+Үшана ауылы, Шала, Құрылыс, Қарасай, Көкөгіз, Жанбақ, Жаңабағыт, Шошқалыой қыстақтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Батыс Қазақстан облысы, Қаратөбе ауданы, Сулыкөл ауылдық округі, Үшана ауылы, Үшана көшесі № 1, Батыс Қазақстан облысы әкімдігі білім басқармасының Қаратөбе ауданының білім беру бөлімінің "Б. Аманшин атындағы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3325,87 +3391,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Төлен ауылы, Рахпан, Еркебай, Тереңқұдық, Үшқұдық қыстақтары</w:t>
-[...35 lines deleted...]
-Батыс Қазақстан облысы, Қаратөбе ауданы, Сулыкөл ауылдық округі, Төлен ауылы, Төлен көшесі, 25 үй, Батыс Қазақстан облысы әкімдігі білім басқармасының Қаратөбе ауданының білім беру бөлімінің "Төлен негізгі орта мектебі" коммуналдық мемлекеттік мекемесі</w:t>
+Төлен ауылы, Айшуақ, Еркебай, Рахпан қыстақтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Батыс Қазақстан облысы, Қаратөбе ауданы, Сулыкөл ауылдық округі, Төлен ауылы, Төлен көшесі № 25, Батыс Қазақстан облысы әкімдігі білім басқармасының Қаратөбе ауданының білім беру бөлімінің "Төлен негізгі орта мектебі" коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3474,87 +3540,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шөптікөл ауылы, Айтқали, Бесоба, Алтыбаз, Ескі Шөптікөл, Ақкөл қыстақтары</w:t>
-[...35 lines deleted...]
-Батыс Қазақстан облысы, Қаратөбе ауданы, Қаратөбе ауылдық округі, Шөптікөл ауылы, Қаратөбе көшесі, 2 ғимарат, "Батыс Қазақстан облысы Қаратөбе аудандық білім беру бөлімінің Шөптікөл жалпы орта білім беретін мектеп-балабақша кешені" коммуналдық мемлекеттік мекемесі</w:t>
+Шөптікөл ауылы, Ақайдар, Ақкөл, Бесоба қыстақтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Батыс Қазақстан облысы, Қаратөбе ауданы, Қаратөбе ауылдық округі, Шөптікөл ауылы, Қаратөбе көшесі № 2, "Батыс Қазақстан облысы әкімдігі білім басқармасының Қаратөбе ауданының білім беру бөлімінің Шөптікөл жалпы орта білім беретін мектеп-балабақша кешені" коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3659,51 +3725,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Батыс Қазақстан облысы, Қаратөбе ауданы, Қаратөбе ауылдық округі, Үшағаш ауылы, Үшағаш көшесі, № 106 үй, Батыс Қазақстан облысы, Қаратөбе аудандық білім беру бөлімінің "Үшағаш негізгі орта мектебі" коммуналдық мемлекеттік мекемесі</w:t>
+Батыс Қазақстан облысы, Қаратөбе ауданы, Қаратөбе ауылдық округі, Үшағаш ауылы, Үшағаш көшесі, № 106 үй, Батыс Қазақстан облысы, Қаратөбе аудандық білім беру бөлімінің "Үшағаш негізгі орта мектебі" коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3772,87 +3838,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Соналы ауылы, Ақайдар, Қолқұдық, қыстақтары</w:t>
-[...35 lines deleted...]
-Батыс Қазақстан облысы, Қаратөбе ауданы, Қаратөбе ауылдық округі, Соналы ауылы, Соналы көшесі №1А, "Батыс Қазақстан облысы әкімдігі білім басқармасының Қаратөбе ауданы білім беру бөлімінің Соналы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі</w:t>
+Соналы ауылы, Қолқұдық, Тереңқұдық қыстақтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Батыс Қазақстан облысы, Қаратөбе ауданы, Қаратөбе ауылдық округі, Соналы ауылы, Соналы көшесі № 1А, "Батыс Қазақстан облысы әкімдігі білім басқармасының Қаратөбе ауданының білім беру бөлімінің Соналы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -3884,55 +3950,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>