--- v0 (2025-12-14)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8df7f9d" w14:textId="8df7f9d">
+    <w:p w14:paraId="afa3ea4" w14:textId="afa3ea4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -102,236 +102,150 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасының Ұлттық Банкі Басқармасының 2014 жылғы 16 шілдедегі № 137 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2014 жылы 16 қыркүйекте № 9735 тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...76 lines deleted...]
-        <w:t xml:space="preserve">, "Бухгалтерлік есеп пен қаржылық есептілік туралы" Қазақстан Республикасы Заңының 20-бабы </w:t>
+            "Бухгалтерлік есеп пен қаржылық есептілік туралы" Қазақстан Республикасы Заңының 20-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1) тармақшасына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
-[...29 lines deleted...]
-        <w:t>ЕТЕДІ:</w:t>
+        <w:t xml:space="preserve"> 1) тармақшасына, "Қазақстан Республикасы Ұлттық Банкінің ережесін және құрылымын бекіту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы №1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігі төртінші абзацының 13) тармақшасына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 19.12.2022 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (01.01.2023 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 105</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1058,160 +972,160 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы "Брокерлік қызмет бойынша операциялар туралы ақпаратты есепке алу және ашу" 33 бухгалтерлік есеп стандарты (бұдан әрі – Стандарт) "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының 15-бабы екінші бөлігінің </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">, "Бухгалтерлік есеп пен қаржылық есептілік туралы" Қазақстан Республикасы Заңының 20-бабы </w:t>
+      1. Осы "Брокерлік қызмет бойынша операциялар туралы ақпаратты есепке алу және ашу" 33 бухгалтерлік есеп стандарты (бұдан әрі – Стандарт) "Бухгалтерлік есеп пен қаржылық есептілік туралы" Қазақстан Республикасы Заңының 20-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1) тармақшасына, "Бағалы қағаздар нарығында брокерлік және (немесе) дилерлік қызметті жүзеге асыру қағидаларын, брокердің және (немесе) дилердің банк операцияларын жүргізу тәртібін бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2014 жылғы 3 ақпандағы № 9 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9249 болып тіркелген) бекітілген Бағалы қағаздар нарығында брокерлік және (немесе) дилерлік қызметті жүзеге асыру қағидаларына, брокердің және (немесе) дилердің банк операцияларын жүргізу тәртібіне сәйкес әзірленді және бағалы қағаздар нарығында брокерлік қызметті жүзеге асыратын ұйымның (бұдан әрі – брокер) қаржылық есептілікті жасаған кезде қолдануына арналған.</w:t>
+        <w:t xml:space="preserve"> 1) тармақшасына, "Қазақстан Республикасы Ұлттық Банкінің ережесін және құрылымын бекіту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы №1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігі төртінші абзацының 13) тармақшасына, "Бағалы қағаздар нарығында брокерлік және (немесе) дилерлік қызметті жүзеге асыру қағидаларын, брокердің және (немесе) дилердің банк операцияларын жүргізу тәртібін бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2014 жылғы 3 ақпандағы № 9 қаулысымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9249 болып тіркелген) бекітілген Бағалы қағаздар нарығында брокерлік және (немесе) дилерлік қызметті жүзеге асыру </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, брокердің және (немесе) дилердің банк операцияларын жүргізу тәртібіне сәйкес әзірленді және бағалы қағаздар нарығында брокерлік қызметті жүзеге асыратын ұйымның (бұдан әрі – брокер) қаржылық есептілікті жасаған кезде қолдануына арналған.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 19.12.2022 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (01.01.2023 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 105</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z11" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2077,55 +1991,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2451,31 +2365,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>