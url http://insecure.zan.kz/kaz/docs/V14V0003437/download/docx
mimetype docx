--- v0 (2025-11-07)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="66c9361" w14:textId="66c9361">
+    <w:p w14:paraId="8963386" w14:textId="8963386">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -132,68 +132,51 @@
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       РҚАО-ның ескертпесі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Құжаттың мәтінінде түпнұсқаның пунктуациясы мен орфографиясы сақталған.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z114" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        "Өсімдіктер карантині туралы" Қазақстан Республикасының 1999 жылғы 11 ақпандағы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -218,68 +201,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Қазақстан Республикасы Ауыл шаруашылығы министрлігі Агроөнеркәсіп кешеніндегі мемлекеттік инспекция комитетінің Шығыс Қазақстан облыстық аумақтық инспекциясының 2014 жылғы 23 қаңтардағы № 03/76, 2014 жылғы 24 қаңтардағы № 03/91 ұсынымдары негізінде, карантин нысандары – жатаған (қызғылт) укекіренің (аcroptilon repens (D.C.), арамсояудың (сuscuta sp. Sp), алтын түсті картоп жұмырқұртының (globodera rostochiensis (Woll.) M. et. St) анықталған таралу ошақтарын оқшаулау және жою мақсатында Шығыс Қазақстан облысының әкімдігі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z115" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы қаулының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -294,50 +261,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаларына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Шығыс Қазақстан облысының аумағында жатаған у кекіремен (аcroptilon repens DC.), арам сояулармен (cuscuta spp.) зақымданған алқаптар көлемінде карантин режимін енгізе отырып, карантин аймағы белгіленсін.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -356,188 +324,172 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z116" w:id="0"/>
+    <w:bookmarkStart w:name="z116" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Ауыл шаруашылығы министрлігі Агроөнеркәсіп кешеніндегі мемлекеттік инспекция комитетінің Шығыс Қазақстан облыстық аумақтық инспекциясына (А.Ш. Жакупбаев) заңнамада белгіленген құзыреті шеңберінде осы қаулыдан туындайтын шараларды қабылдау ұсынылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z117" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Алтай, Самар, Үлкен Нарын, Глубокое, Зайсан, Күршім, Тарбағатай, Ұлан, Шемонаиха аудандарының, Өскемен қаласының әкімдері, Шығыс Қазақстан облысы ауыл шаруашылығы басқармасы осы қаулыдан туындайтын шараларды қабылдасын.</w:t>
+      3. Алтай, Марқакөл, Самар, Үлкен Нарын, Глубокое, Зайсан, Күршім, Тарбағатай, Ұлан, Шемонаиха аудандарының, Өскемен қаласының әкімдері, Шығыс Қазақстан облысының ауыл шаруашылығы басқармасы осы қаулыдан туындайтын шараларды қабылдасын.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - Шығыс Қазақстан облысы әкімдігінің 15.04.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - Шығыс Қазақстан облысы әкімдігінің 19.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 88</w:t>
+        <w:t>№ 311</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z118" w:id="1"/>
+    <w:bookmarkStart w:name="z118" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы қаулы алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -954,139 +906,139 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Шығыс Қазақстан облысы әкімдігінің </w:t>
+              <w:t>Шығыс Қазақстан облысы әкімдігінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2014 жылғы 28 шілдедегі </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 202 қаулысына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z121" w:id="2"/>
+    <w:bookmarkStart w:name="z121" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Шығыс Қазақстан облысы аумағында жатаған у кекіремен (аcroptilon repens DC.) зақымданған алқаптар көлемінде карантин режимі енгізілген карантин аймағы</w:t>
+        <w:t xml:space="preserve"> Шығыс Қазақстан облысы аумағында арамсояумен (сuscuta spp.) зақымданған алқаптар көлемінде карантиндік режим енгізілетін карантин аймағы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Шығыс Қазақстан облысы әкімдігінің 30.12.2024 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Шығыс Қазақстан облысы әкімдігінің 19.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 336</w:t>
+        <w:t>№ 311</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1339,87 +1291,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Глубокое кенті</w:t>
-[...35 lines deleted...]
-Вокзальная көшесінің жолы бойында</w:t>
+Бобровка ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өскемен – Бобровка – Нұртау автомобиль жолының бойында 5-8 километрге дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1443,649 +1395,676 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...73 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ертіс ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өскемен – Шемонаиха автомобиль жолының бойында 4-тен 6 километрге дейін, 10 километр, 34-тен 36 километрге дейін, 39-дан 41 километрге дейін</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Зайсан ауданы</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Секисовка ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Секисовка – Шемонаиха автомобиль жолының бойында 2-ден 6 километр, 9-дан 10 километрге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-10</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өскемен – Риддер автомобиль жолының бойында 30 километрге дейін, 49-дан 59 километрге дейін, 73-тен 77 километрге дейін, 82-ден 91 километрге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тарханка ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өскемен – Горная Ульбинка – Феклистовка автомобиль жолының бойында 23-тен 27 километрге дейін, 33-тен 34 километрге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
-            </w:r>
-[...106 lines deleted...]
-20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-3</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өскемен – Винное – Тарханка автомобиль жолының бойында 5 километр, 9-дан 13 километрге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2118,5968 +2097,7815 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Зайсан қаласы</w:t>
-[...71 lines deleted...]
-3</w:t>
+Ушаново ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"ҚазАвтоЖол" жауапкершілігі шектеулі серіктесігінің Шығыс Қазақстан облыстық филиалы, жол-пайдалану бөлімшесі – 30, Өскемен – Алтай автомобиль жолының бойында 1-ден 20 километрге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-7</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Глубокое кенті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Глубокое кентінің елді мекен жерлері, Пирогов көшесіндегі аудандық ауруханадан қиылысқа дейін, Попович көшесі 20-32, 48, Пирогов көшесі, 6, 14, 16, 18, 20, Ы. Алтынсарин орта мектебі; Байбатчин трассасынан Глубокое кентіне шығу жолы, 4 ықшам ауданы автомобиль жолының бойында, Берестов көшесі, Глубокое кенті жолынан Өскемен-Шемонаиха автомобиль жолының бойына дейін 0-1 километр, 1-2 километр, 2-3 километр, 3-4 километр, Вокзальная көшесі теміржол көпірінің аркасы, Вокзальная көшесіндегі автокөлік көпірі, Вокзальная және Попович көшелерінің қиылысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...129 lines deleted...]
-10</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудан бойынша барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-0,5</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зайсан ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-53,5</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зайсан қаласы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зайсан қаласының әкімдігі, Жеменей көлінің су бұру каналдарының бойында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Үлкен Нарын ауданы</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кеңсай ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саржыра ауылынан Қайнар автомобиль жолының бойында 2, 2-3 километр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-0,5</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудан бойынша барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-3</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алтай ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-3,5</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Парыгино ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+көпірдің жанындағы технологиялық трассадан Парыгино ауылына дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Күршім ауданы</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Средигорный ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"ОблШығысЖол" жауапкершілігі шектеулі серіктестігі, өндірістік-жол бөлімшесі – 2, Андреевка – Александровка автомобиль жолының бойында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-2</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"ҚАЖ сервис" жауапкершілігі шектеулі серіктестігінің Шығыс Қазақстан облыстық филиалы, жол-пайдалану бөлімшесі – 32, Жаңа Бұқтырма кенті – Алтай қаласы – Шірікқайың автомобиль жолының бойында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-2</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Никольский ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"ОблШығысЖол" жауапкершілігі шектеулі серіктігінің өндірістік-жол бөлімшесі – 2, Евразия кафесінен басталған автомобиль жолының бойында – Алтайка ауылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Самар ауданы</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чапаевский ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чапаево ауылы – Орловка ауылы, Чапаево ауылы – Крестовка автомобиль жолының бойында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
-            <w:tcBorders>
-[...136 lines deleted...]
-398</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зубовск кенті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Железнодорожная, Усть-Березовская, Тохтаров және Дубинин көшелерінің автомобиль жолы бойында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-500</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Колор" жауапкершілігі шектеулі серіктестігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-580</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прибрежный ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заводинка ауылына дейін автомобиль жолының бойында,Прибрежный ауылына дейін автомобиль жолының бойында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12</w:t>
-[...107 lines deleted...]
-200</w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алтай қаласы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қала ішіндегі автомобиль жолының бойында: Бурнашов бульвары; 13/1 үйдің жанында; Брилин-Бухтарминская көшелерінің қиылысы "Василек" дүкенінің жанында; Брилин, 33 көшесі "Вокруг света" дүкенінің жанында; Поздняков көшесі. № 7 бағдар автобус аялдамасы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-20</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудан бойынша барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...129 lines deleted...]
-1698</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Үлкен Нарын ауданы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Тарбағатай ауданы</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ново-Хайрузовка ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шірікқайың – Үлкен Нарын – Катонқарағай – Рахман қайнары автомобиль жолының бойында, жол пайдалану бөлімшесі – 27, 223-тен 268 километрге дейін, Октябрь өткелі – Алтайка – Ново-Хайрузовка автомобиль жолының бойында, өндірістік-жол бөлімшесі – 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14</w:t>
-[...106 lines deleted...]
-              <w:t>
 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Солоновский ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ағайын М-Ка" ауыл шаруашылығы өндірістік копперативі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
-[...107 lines deleted...]
-33</w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үлкен Нарын ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Шаңғы базасынан жолдың қиылысына дейін жол бойында </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-50</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үлкен Нарын ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қатты тұрмыстық қалдықтарды орналастыру полигонынан Құндызды ауылына дейінгі автомобиль жолының бойында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...29 lines deleted...]
-Ұлан ауданы</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудан бойынша барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-1939</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Самар ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17</w:t>
-[...107 lines deleted...]
-187</w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мариногорский ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Самар – Мариногорка автомобиль жолының бойында, 5-тен 15 километрге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...129 lines deleted...]
-240</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудан бойынша барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-81</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күршім ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-276</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қалғұтты ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"ОблШығысЖол" жауапкершілігі шектеулі серіктестігі, өндірістік-жол бөлімшесі – 5, Күршім – Қалжыр автомобиль жолының бойында, 51-ден 62 километрге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19</w:t>
-[...107 lines deleted...]
-170</w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күршім ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"ОблШығысЖол" жауапкершілігі шектеулі серіктестігі, № 5 жол пайдалану учаскесі Күршім – Құйған автомобиль жолының бойында 0-4 шақырым</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,08</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20</w:t>
-[...107 lines deleted...]
-80</w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күршім ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Духович көшесінің соңы, Абай көшесімен қиылысында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-90</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күршім ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сортты сынау станциясы учаскесінің алдында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-3063</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күршім ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+"Күршім ауданының тұрғын үй-коммуналдық шаруашылығы, жолаушылар көлігі және автомобиль жолдары бөлімі" ММ Күршім ауылында Западная көшесі жолының екі жағында айналма жол </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Шемонаиха ауданы</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудан бойынша барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,41</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...117 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Марқакөл ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22</w:t>
-[...107 lines deleted...]
-240</w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Боран ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңа ауыл – Марқакөл автомобиль жолының бойында 45-51 шақырым</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,03</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-3</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудан бойынша барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,03</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...133 lines deleted...]
-30</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұлан ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25</w:t>
-[...107 lines deleted...]
-97</w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Багратион ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Митрофановка – Привольное автомобиль жолының бойында, 101-ден 103 километрге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26</w:t>
-[...107 lines deleted...]
-30</w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Каменка ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Каменка ауылдық округінің әкімдігі, жергілікті маңызы бар жолдар, Таврия – Пролетарка – Каменка автомобиль жолының бойында, 25-тен 30 километрге дейін.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27</w:t>
-[...107 lines deleted...]
-160</w:t>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саратовка ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саратовка – Ново-Одесское – Отрадное автомобиль жолының бойында, 29-дан 36 километрге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
-            <w:tcBorders>
-[...136 lines deleted...]
-85</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Таврия ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Таврия – Пролетарка – Гагарино автомобиль жолының бойында, 55-тен 56 километрге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-0,02</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Таврия ауылдық округінің әкімдгі, жергілікті маңызы бар жолдар, Таврия –Пролетарка автомобиль жолының бойында, 10-нан 24 километрге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30</w:t>
-[...103 lines deleted...]
-0,1</w:t>
+31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Төлеген Тохтаров ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прудхоз – Герасимовка – Украинка автомобиль жолының бойында, 15-тен 20 километрге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-845,12</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алмасай ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Баяш Өтепов ауылына дейінгі автомобиль жолының бойында, 5-10 километрге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аблакет ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мамай Батыр ауылы белгісіне дейінгі автомобиль жолының бойында, 21-22 км, 25-26 км, 33-35 километр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өскемен ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өскемен ауылдық округінің әкімдігі, жергілікті маңызы бар жолдар, Өскемен-Семей республикалық тас жолының бұрылыстан Макеевка ауылға дейін автомобиль жолының бойында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудан бойынша барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шемонаиха ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вавилонский ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Камышинка ауылы автомобиль жолының бойында, 5-тен 6 километрге дейін, 14-тен 15 километрге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Волчанкский ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Березовка – Волчанка – Большая Речка автомобиль жолының бойында, 9-дан 10 километрге дейін, 21-ден 30 километрге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Верх-Уба ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выдриха – Верх-Уба автомобиль жолының бойында, 32-ден 36 километрге дейін, 47-ден 48 километрге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выдриха ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Межовка – Выдриха автомобиль жолының бойында, 6-дан 10 километрге дейін, 20 километр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зевакино ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зевакино – Жаңа-Убинка автомобиль жолының бойында, 1 километр, 4-тен 5 километрге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,051</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Каменевский ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рулиха – Рассыпное автомобиль жолының бойында, 38 километр, 85 километр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Первомайский ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шемонаиха қаласы – Первомайский кенті автомобиль жолының бойында, республикалық маңызы бар жол, 60-63 километр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Разинский ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шемонаиха қаласы – Ресей Федерациясы шекарасы – "Уба" кедендік өткізу бекеті, республикалық маңызы бар жол, 112-113 километр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудан бойынша барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,105</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өскемен қаласы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өскемен қаласы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пушкин көшесі, № 8, 12, 25-40 үйлер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өскемен қаласы әкімдігінің "ТАЗА ӨСКЕМЕН" шаруашылық жүргізу құқығындағы коммуналдық мемлекеттік кәсіпорыны, Жібек жолы көшесі, "Гелиос" автокөлік жанар-жағармай құю станциясы аумағы, "Sinooil" автокөлік жанар-жағармай құю станциясы аумағы, Үлбі металлургиялық зауыты ауданы және Тойота Центр Шығыс ауданы, Қазақстан көшесі, 153/3, 159/3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ахмер ауылы Омаров көшесі, 36 үйден Омаров көшесі, 15 үйге дейін автомобиль жолының бойында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 шағын ауданынан Өскемен жазуына дейін автомобиль жолының екі жақ бойында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қала бойынша барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4,05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8092,92 +9918,60 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...40 lines deleted...]
-5716,12</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67,695</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -8261,94 +10055,94 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 202 қаулысына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z123" w:id="3"/>
+    <w:bookmarkStart w:name="z123" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Шығыс Қазақстан облысы аумағында арам сояумен (cuscuta spp.) зақымданған алқаптар көлемінде карантин режимі енгізілген карантин аймағы</w:t>
+        <w:t xml:space="preserve"> Шығыс Қазақстан облысы аумағында жатаған у кекіремен (Acroptilon repens DC) зақымданған алқаптар көлемінде карантиндік режим енгізілетін карантин аймағы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2 қосымша жаңа редакцияда - Шығыс Қазақстан облысы әкімдігінің 30.12.2024 </w:t>
+      Ескерту. 2 қосымша жаңа редакцияда - Шығыс Қазақстан облысы әкімдігінің 19.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 336</w:t>
+        <w:t>№ 311</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -8374,51 +10168,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-     №</w:t>
+    №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8601,3874 +10395,3778 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бобровка ауылдық округі</w:t>
-[...71 lines deleted...]
-2</w:t>
+Глубокое кенті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вокзальная көшесі автомобиль жолының бойында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...116 lines deleted...]
-2,5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудан бойынша барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-1,5</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зайсан ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-17,2</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Біржан ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+"Қабыл" шаруа қожалығы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...107 lines deleted...]
-9,5</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаратал ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Бота" шаруа қожалығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...72 lines deleted...]
-Өскемен-Винное-Тарханка жолының бойында, 0-ден 5 километрге дейін, 9-дан 13 километрге дейін </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кеңсай ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Майлыбай" учаскесі, босалқы жерлер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
-            <w:tcBorders>
-[...100 lines deleted...]
-5</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зайсан қаласы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жол пайдалану бөлімшесі – 33, Зайсан – Қалжыр автомобиль жолының бойында 1-ден 6 километрге дейін, 10 километр, 14 километр, 16-дан 20 километрге дейін, 21-ден 25 километрге дейін, 32-ден 39 километрге дейін, 45-тен 46 километрге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-7,2</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Толқын-М.С." шаруа қожалығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...129 lines deleted...]
-0,2</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Кашар" учаскесі, босалқы жерлер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...66 lines deleted...]
-48,1</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дайыр ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+елді мекен жерлері, Жамбыл ауылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Зайсан ауданы</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудан бойынша барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-3</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үлкен Нарын ауданы (бұрынғы Катонқарағай ауданы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
-[...107 lines deleted...]
-1</w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ново-Хайрузовка ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"ОблШығысЖол" жауапкершілігі шектеулі серіктестігі, өндірістік жол бөлімшесі – 7, Ново-Хайрузовка – Октябрь өткелі автомобиль жолының бойында, 68 километр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...66 lines deleted...]
-4</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үлкен Нарын ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үлкен Нарын, асфальт-бетон зауыты, "Лыжная база" учаскесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Алтай ауданы</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудан бойынша барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-0,1</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күршім ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
-[...107 lines deleted...]
-0,1</w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ Балықшы ауылдық округі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"ОблШығысЖол" жауапкершілігі шектеулі серіктестігі, өндірістік-жол-бөлімшесі – 5, Күршім – Ақсуат автомобиль жолының бойында, 21-ден 33 километрге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...116 lines deleted...]
-0,1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудан бойынша барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...129 lines deleted...]
-3</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Самар ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12</w:t>
-[...107 lines deleted...]
-0,3</w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бастаушы ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"ДАРХАН" шаруа қожалығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+150</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
-            <w:tcBorders>
-[...136 lines deleted...]
-0,1</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Белое ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"ЖАҢАЖОЛ" шаруа қожалығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...129 lines deleted...]
-0,2</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Адал" шаруа қожалығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+440</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14</w:t>
-[...107 lines deleted...]
-0,4</w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мариногорский ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"ЕҢБЕК-АГРО" жауапкершілігі шектеулі серіктестігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-0,1</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құлынжон ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Талды Екпін" жауапкершілігі шектеулі серіктестігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
-[...107 lines deleted...]
-0,4</w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мариногорский ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Московка" жауапкершілігі шектеулі серіктестігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...66 lines deleted...]
-4,8</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бастаушы және Аққала ауылдық округтері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"ОблШығысЖол" жауапкершілігі шектеулі серіктестігі, өндірістік жол бөлімшесі 4, Бастаушы – Аққала бағытындағы автомобиль жолының бойында, 63-69 шақырым және Жаңажол – Аққала аралығының 51 км-інде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Үлкен Нарын ауданы</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудан бойынша барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1198,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-4,8</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тарбағатай ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ақжар ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ақжар ауылының автомобиль жолының бойында, 5-тен 29 километрге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 17</w:t>
-            </w:r>
-[...106 lines deleted...]
-1,95</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18</w:t>
-[...107 lines deleted...]
-1,6</w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарасу ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"ОблШығысЖол" жауапкершілігі шектеулі серіктестігі, өндірістік жол бөлімшесі – 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12481,938 +14179,1194 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-8,35</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Самар ауданы</w:t>
+Ұлан ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19</w:t>
-[...107 lines deleted...]
-10</w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Багратион ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Багратион 2" шаруа қожалығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1939</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...66 lines deleted...]
-10</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Каменка ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Каменское SP" жауапкершілігі шектеулі серіктестігі (бұрынғы "Степное" шаруа қожалығы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+187</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...29 lines deleted...]
-Күршім ауданы</w:t>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Синельников" шаруа қожалығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+240</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
-            <w:tcBorders>
-[...100 lines deleted...]
-2</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Таврия ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Иванченко" шаруа қожалығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...65 lines deleted...]
-2</w:t>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Пролетарка" шаруа қожалығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+276</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Ұлан ауданы</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Төлеген Тохтаров ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Гладышев и К" шаруа қожалығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+170</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
-            <w:tcBorders>
-[...136 lines deleted...]
-7</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өскемен қалалық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Бережной" шаруа қожалығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-1,3</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ярославское" жауапкершілігі шектеулі серіктестігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13445,123 +15399,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Саратов ауылдық округі</w:t>
-[...71 lines deleted...]
-2</w:t>
+Төлеген Тохтаров ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"СХ Герасимовка" жауапкершілігі шектеулі серіктестігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13594,1874 +15548,1915 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Таврия ауылдық округі</w:t>
-[...71 lines deleted...]
-4,2</w:t>
+Төлеген Тохтаров ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Украинское" жауапкершілігі шектеулі серіктестігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+208</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-2</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өскемен ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Иртыш" жауапкершілігі шектеулі серіктестігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+179</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...116 lines deleted...]
-1,1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудан бойынша барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3650</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...137 lines deleted...]
-1</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шемонаиха ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27</w:t>
-[...107 lines deleted...]
-2</w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Каменевский ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Арман" жауапкершілігі шектеулі серіктестігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...66 lines deleted...]
-20,6</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Разинский ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жеке кәсіпкер "Леонтьев С.А.", "Егоровское" шаруа қожалығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+240</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Шемонаиха ауданы</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Первомайский ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Первомайка – Шемонаиха автомобиль жолының бойында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28</w:t>
-[...107 lines deleted...]
-0,01</w:t>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Первомайский ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Иртыш" шаруа қожалығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29</w:t>
-[...107 lines deleted...]
-0,02</w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Усть-Таловка кенті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Абеков Б.Н." шаруа қожалығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+97</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30</w:t>
-[...107 lines deleted...]
-0,05</w:t>
+31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зевакино ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Скитер С.Л." шаруа қожалығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+160</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31</w:t>
-[...107 lines deleted...]
-0,03</w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Октябрьский ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Октябрьский ауылынан 500 метр қашықтықтағы босалқы жерлер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32</w:t>
-[...107 lines deleted...]
-0,07</w:t>
+33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шемонаиха қаласы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекен жерлері, автомобильге жанармай құю станциясы, полиция бекетінен 200 метрдегі жол пайдалану учаскесі, Шемонаиха – Октябрьское жолының бойында, 1 километр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,02</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33</w:t>
-[...107 lines deleted...]
-0,01</w:t>
+34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекен жерлері, Шемонаиха – Волчанка автомобиль жолының бойында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...116 lines deleted...]
-0,01</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудан бойынша барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+815,12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15481,984 +17476,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...886 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Облыс бойынша барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-101,357</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5773,47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -16542,68 +17681,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 202 қаулысына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z125" w:id="4"/>
+    <w:bookmarkStart w:name="z125" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Шығыс Қазақстан облысы аумағында алтын түсті картоп жұмырқұртымен (globodera rostochiensis (Woll.) M. et. St.) зақымданған алқаптар көлемінде карантин режимі енгізілген карантин аймағы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-қосымша алып тасталды - Шығыс Қазақстан облысы әкімдігінің 01.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16647,55 +17786,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -17021,31 +18160,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>