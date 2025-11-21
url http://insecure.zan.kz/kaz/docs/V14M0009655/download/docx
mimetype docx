--- v0 (2025-10-07)
+++ v1 (2025-11-21)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f49832f" w14:textId="f49832f">
+    <w:p w14:paraId="c3c8e1c" w14:textId="c3c8e1c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,47735 +85,42686 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Балықтардың және балық аулау объектілеріне жатқызылған басқа су жануарларының және балықтар мен өзге шаруашылық мақсаттарда пайдаланылатын басқа су жануарларының кадастр кітаптарын жүргізу нысандары мен қағидасын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Қоршаған орта және су ресурстары министрінің 2014 жылғы 1 шілдедегі № 245-ө бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2014 жылы 1 тамызда № 9655 тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Қоршаған орта және су ресурстары министрінің 2014 жылғы 1 шілдедегі № 245-ө бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2014 жылы 1 тамызда № 9655 тіркелді. Күші жойылды - Қазақстан Республикасы Ауыл шаруашылығы министрінің 2025 жылғы 1 қазандағы № 347 бұйрығымен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z3" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Ауыл шаруашылығы министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 347</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Қазақстан Республикасының 2004 жылғы 9 шілдедегі «Жануарлар дүниесін қорғау, өсімін молайту және пайдалану туралы» Заңының 9-бабы 1-тармағының </w:t>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасының 2004 жылғы 9 шілдедегі "Жануарлар дүниесін қорғау, өсімін молайту және пайдалану туралы" Заңының 9-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>26)-тармақшасына</w:t>
+        <w:t xml:space="preserve"> 26)-тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
-      <w:r>
-[...300 lines deleted...]
-      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:tbl>
-[...331 lines deleted...]
-    <w:bookmarkStart w:name="z16" w:id="4"/>
+    <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Форма А 1 – Суқоймалардың негізгі орташа айлық гидрологиялық көрсеткіштері</w:t>
-[...27 lines deleted...]
- </w:t>
+      1. Қоса беріліп отырған:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-[...2116 lines deleted...]
-    <w:bookmarkStart w:name="z76" w:id="6"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Форма А 2 – Кәсіптік аудандар немесе станциялар бойынша суқойманың негізгі орташа айлық гидрохимиялық көрсеткіштері </w:t>
-[...2 lines deleted...]
-        <w:br/>
+      1) балықтардың және балық аулау объектiлерiне жатқызылған басқа су жануарларының және балықтар мен өзге шаруашылық мақсаттарда пайдаланылатын басқа су жануарларының кадастр кiтаптарын жүргізу нысандары осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...3 lines deleted...]
-        <w:br/>
+        <w:t xml:space="preserve"> 1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
- </w:t>
+        <w:t xml:space="preserve"> сәйкес;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-[...2382 lines deleted...]
-    <w:bookmarkStart w:name="z145" w:id="8"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       Форма А 3 - Кәсіптік аудандар немесе станциялар бойынша суқойманың негізгі токсикологиялық көрсеткіштері </w:t>
-[...2 lines deleted...]
-        <w:br/>
+      2) балықтардың және балық аулау объектiлерiне жатқызылған басқа су жануарларының және балықтар мен өзге шаруашылық мақсаттарда пайдаланылатын басқа су жануарларының кадастр кiтаптарын жүргізу қағидасы осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...3 lines deleted...]
-        <w:br/>
+        <w:t xml:space="preserve"> 2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
- </w:t>
+        <w:t xml:space="preserve"> сәйкес бекітілсін; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-[...1979 lines deleted...]
-    <w:bookmarkStart w:name="z204" w:id="12"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Форма В 1 – Зоопланктонның таксономиялық құрамы</w:t>
-[...27 lines deleted...]
- </w:t>
+      2. Қазақстан Республикасы Қоршаған орта және су ресурстары министрлігінің Балық шаруашылығы комитеті заңнамада белгіленген тәртіпте:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-[...1236 lines deleted...]
-    <w:bookmarkStart w:name="z244" w:id="18"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       Форма В 2 – Кәсіптік аудандар немесе станциялар бойынша суқойманың зоопланктонның саны мен салмағы</w:t>
-[...27 lines deleted...]
- </w:t>
+      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-[...14327 lines deleted...]
-    <w:bookmarkStart w:name="z671" w:id="91"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Форма В 7-2 – Цистасы бар аналықтардың саны (дана./м3), су қабатындағы цисталар және артемиялардың тұқымдылығы (цисталар)</w:t>
-[...27 lines deleted...]
- </w:t>
+      2) осы бұйрықтың мемлекеттік тіркелгеннен кейін он күнтізбелік күн ішінде оны ресми жариялауға мерзімдік баспа басылымдарына және "Әділет" ақпараттық-құқықтық жүйесіне жіберілуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-[...9844 lines deleted...]
-    <w:bookmarkStart w:name="z957" w:id="127"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       Форма С 3 - Әртүрлі аулау құралдарымен ауланған балықтардың салмағының қатынасы</w:t>
-[...27 lines deleted...]
- </w:t>
+      3) осы бұйрықтытың Қазақстан Республикасы Қоршаған орта және су ресурстары министрлігінің интернет-ресурсында орналастырылуын қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-[...1180 lines deleted...]
-    <w:bookmarkStart w:name="z993" w:id="129"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       Форма С 4 - Динамика биологических показателей вида</w:t>
-[...27 lines deleted...]
- </w:t>
+      3. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасы Қоршаған орта және су ресурстары министрлігінің жетекшілік ететін Вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-[...1976 lines deleted...]
-    <w:bookmarkStart w:name="z1050" w:id="132"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       Форма С 5 - Әдеттегі балық шаруашылық мелиорация бойынша қажетті жұмыс мөлшері</w:t>
-[...27 lines deleted...]
- </w:t>
+      4. Осы бұйрық алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-[...10419 lines deleted...]
-    </w:tbl>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="702"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="577"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="702" w:type="dxa"/>
-[...1014 lines deleted...]
-              <w:t>жыл сайын</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z13" w:id="10"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Министр</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="10"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Н. Қаппаров</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z14" w:id="11"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Републикасы</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="11"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қоршаған орта және су реурстары министрінің</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z15" w:id="12"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2014 жылғы 1 шілдедегі</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="12"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 245-Ө бұйрығына</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма А 1 – Суқоймалардың негізгі орташа айлық гидрологиялық көрсеткіштері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="947"/>
+        <w:gridCol w:w="947"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z17" w:id="14"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жыл</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="14"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Айлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z76" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Форма А 2 – Кәсіптік аудандар немесе станциялар бойынша суқойманың негізгі орташа айлық гидрохимиялық көрсеткіштері </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z77" w:id="16"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жыл</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="16"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіптік аудан/Станция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+рН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Еріген газ, мг/дм. куб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Биогендік қосылыс, мг/дм. куб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Органикалық зат, мг/дм. куб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су минерализациясы, мг/дм. куб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+СО2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+О2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+NH4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+NO2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+NO3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+PPO4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы суқойма бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z145" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Форма А 3 - Кәсіптік аудандар немесе станциялар бойынша суқойманың негізгі токсикологиялық көрсеткіштері </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z146" w:id="18"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жыл</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="18"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіптік аудан/Станция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауыр металдар, мкг/дм. куб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мұнай көмірсулары, мг/дм. куб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пестицидтер, мкг/дм. куб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Cu2+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Zn2+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+және басқалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z158" w:id="19"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дихлордифенилтрихлорэтан</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="19"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(ДДТ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z160" w:id="20"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гексахлорциклогексан</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="20"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(ГХЦГ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+және басқалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жалпы суқойма бойынша </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z204" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма В 1 – Зоопланктонның таксономиялық құрамы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z205" w:id="22"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Таксон</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="22"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z206" w:id="23"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кездесу жиілігі, %</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="23"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___ж</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___ж</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___ж</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z214" w:id="24"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Rotifera</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="24"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z224" w:id="25"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Cladocera</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="25"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z234" w:id="26"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Copepoda</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="26"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z244" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма В 2 – Кәсіптік аудандар немесе станциялар бойынша суқойманың зоопланктонның саны мен салмағы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z245" w:id="28"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зоопланктон</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="28"/>
+          <w:bookmarkStart w:name="z246" w:id="29"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+топтары</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="29"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Станция 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Станция 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Станция 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Станция 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z254" w:id="30"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+саны., мың.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="30"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана./м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+салм., мг/м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z257" w:id="31"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+саны., мың.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="31"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана./м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+салм., мг/м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z260" w:id="32"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+саны., мың.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="32"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана./м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+салм., мг/м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z263" w:id="33"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+саны., мың.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="33"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана./м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+салм., мг/м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z267" w:id="34"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Rotifera</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="34"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z277" w:id="35"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Copepoda</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="35"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z287" w:id="36"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Cladocera</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="36"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z297" w:id="37"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлығы</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="37"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z307" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Форма В 3 – Суқоймадағы зообентостың таксономиялық құрамы </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z308" w:id="39"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Таксон</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="39"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кездесу жиілігі, %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___ ж.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___ ж.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___ ж.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z316" w:id="40"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Mollusca</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="40"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z321" w:id="41"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="41"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z326" w:id="42"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Oligochaeta</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="42"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z331" w:id="43"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="43"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z336" w:id="44"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hirudinea</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="44"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z341" w:id="45"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="45"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z346" w:id="46"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="46"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z351" w:id="47"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Mysidacea</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="47"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z356" w:id="48"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="48"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z361" w:id="49"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Amphipoda</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="49"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z366" w:id="50"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="50"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z371" w:id="51"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hemiptera</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="51"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z376" w:id="52"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="52"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z381" w:id="53"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Chironomidae</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="53"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z386" w:id="54"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="54"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z391" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Форма В 4 – Кәсіптік аудандар немесе станциялар бойынша суқоймадағы зообентостың саны мен салмағы </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z392" w:id="56"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі топтар</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="56"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z393" w:id="57"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіптік аудан/</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="57"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Станция 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z395" w:id="58"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіптік аудан/</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="58"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Станция 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z397" w:id="59"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіптік аудан/</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="59"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Станция 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z399" w:id="60"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіптік аудан/</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="60"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Станция 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z401" w:id="61"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы суқойма бойынша</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="61"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+саны, дана/м2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+салмағы, мг/м2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+саны, дана/м2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+салмағы, мг/м2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+саны, дана/м2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+салмағы, мг/м2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+саны, дана/м2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+салмағы, мг/м2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+саны, дана/м2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+салмағы, мг/м2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z416" w:id="62"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Олигохеттер</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="62"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z428" w:id="63"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Моллюскалар</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="63"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z440" w:id="64"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мизидалар</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="64"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z452" w:id="65"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гаммарустар</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="65"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z464" w:id="66"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Хирономид дернәсілдері</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="66"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z476" w:id="67"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалары</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="67"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z488" w:id="68"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлығы</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="68"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z500" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Форма В 5 – Суқойманың экологиялық жағдайындағы индекстердің мәні </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z501" w:id="70"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индекс</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="70"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___ ж.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___ ж.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___ ж.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+min-max</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+орташа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+min-max</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+орташа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+min-max</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+орташа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z517" w:id="71"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шеннон-Уивер</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="71"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z525" w:id="72"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сапробтылық</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="72"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z533" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Форма В 6 – Суқоймалардың қоректік қоры бойынша ұсыныстар </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z534" w:id="74"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Суқойма</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="74"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зоопланктон бойынша қоректілігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бентос бойынша қоректілігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гидробионттар бойынша экологиялық жағдайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қоректік омыртқасыздарды жерсіндірудің қажеттілігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z539" w:id="75"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отырғызу қажеттілігі</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="75"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z541" w:id="76"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балықты аулау құралы бойынша ұсыныстар</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="76"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z544" w:id="77"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="77"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z552" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Форма В 7-1 – Гаммарустың саны мен салмағы </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z553" w:id="79"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гаммарид (дафний) түрлері</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="79"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z554" w:id="80"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіптік аудан/</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="80"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Станция 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z556" w:id="81"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіптік аудан/</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="81"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Станция 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z558" w:id="82"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіптік аудан/</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="82"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Станция 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z560" w:id="83"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіптік аудан/</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="83"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Станция 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z565" w:id="84"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+саны., мың.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="84"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана./м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+салм., мг/м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z568" w:id="85"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+саны., мың.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="85"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана./м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+салм., мг/м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z571" w:id="86"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+саны., мың.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="86"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана./м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+салм., мг/м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z574" w:id="87"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+саны., мың.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="87"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана./м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+салм., мг/м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z577" w:id="88"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+саны., мың.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="88"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана./м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+салм., мг/м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z593" w:id="89"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлығы</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="89"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z605" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Форма В 7-2 – Жастық құрамы бойынша артемиялардың саны мен салмағы </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z606" w:id="91"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ай</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="91"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Цистасыз аналықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Цистасы бар аналықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аталықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Науплиустар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ювенильді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z612" w:id="92"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ересек алды</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="92"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z617" w:id="93"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+саны., мың.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="93"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана./м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+салм., мг/м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z620" w:id="94"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+саны., мың.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="94"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана./м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+салм., мг/м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z623" w:id="95"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+саны., мың.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="95"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана./м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+салм., мг/м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z626" w:id="96"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+саны., мың.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="96"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана./м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+салм., мг/м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z629" w:id="97"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+саны., мың.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="97"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана./м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+салм., мг/м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z632" w:id="98"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+саны., мың.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="98"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана./м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+салм., мг/м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z635" w:id="99"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+саны., мың.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="99"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана./м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+салм., мг/м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z655" w:id="100"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="100"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z671" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма В 7-2 – Цистасы бар аналықтардың саны (дана./м3), су қабатындағы цисталар және артемиялардың тұқымдылығы (цисталар)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z672" w:id="102"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Суқойма</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="102"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Цистасы бар аналықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұқымдылық, цисталар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су қабатындағы цисталар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z682" w:id="103"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="103"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z687" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Форма В 7-2 – Артемия цисталарының қоры </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z688" w:id="105"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Суқойма</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="105"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Артемия цисталарының қоры, кг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+су қабатында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+аналықтарының жұмыртқа қапшығында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жағалауға шығып қалғандары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z695" w:id="106"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+су түбі шөгінділерінде</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="106"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жалпы қоры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z699" w:id="107"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="107"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z706" w:id="108"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="108"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z713" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Форма В 7-3 – Кәсіптік аудандар бойынша суқоймадағы шаяндардың саны мен салмағы </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z714" w:id="110"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіптік аудан/</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="110"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Станция 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z716" w:id="111"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіптік аудан/</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="111"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Станция 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z718" w:id="112"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіптік аудан/</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="112"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Станция 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z720" w:id="113"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіптік аудан/</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="113"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Станция 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z724" w:id="114"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+саны., мың.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="114"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана./м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+салм., мг/м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z727" w:id="115"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+саны., мың.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="115"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана./м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+салм., мг/м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z730" w:id="116"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+саны., мың.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="116"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана./м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+салм., мг/м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z733" w:id="117"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+саны., мың.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="117"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана./м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+салм., мг/м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z736" w:id="118"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+саны., мың.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="118"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана./м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+салм., мг/м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z740" w:id="119"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="119"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z751" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Форма В 7-3 – Шаяндардың ұзындық-салмақтық құрамы </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z752" w:id="121"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="121"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұзындығы, см</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z769" w:id="122"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салмағы, г</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="122"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(мин-макс)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z783" w:id="123"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орташа салмағы, г</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="123"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z796" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Форма В 7-3 – Өлшемдік топтар бойынша шаяндардың пайыздық қатынасы </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z797" w:id="125"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсеткіштер</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="125"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұзындығы, см</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z814" w:id="126"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="126"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z827" w:id="127"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+n</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="127"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z840" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Форма С 1 – Суқойма ихтиофаунасының түрлік құрамы </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z841" w:id="129"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="129"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түрдің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түр статусы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+латынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+казақша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+орысша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(кәсіптік, кәсіптік емес, сирек, жойылып бара жатқан)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аборигендік, интродуцирленген</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z852" w:id="130"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="130"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z859" w:id="131"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="131"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z866" w:id="132"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="132"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z873" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Форма С 2 – Суқоймадағы балық шабақтарының өнімі, дана/м. куб. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z874" w:id="134"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жылдар</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="134"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балық түрлері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z921" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Форма С 3 - Әртүрлі аулау құралдарындағы балықтардың сандық қатынасы </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z922" w:id="136"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күні</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="136"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аулайтын құрал-жабдық сипаттамасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 Түр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 Түр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 Түр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 Түр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 Түр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 Түр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z957" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма С 3 - Әртүрлі аулау құралдарымен ауланған балықтардың салмағының қатынасы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z958" w:id="138"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күні</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="138"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аулау құралдарының сипаттамасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 Түр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 Түр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 Түр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 Түр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 Түр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 Түр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z993" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма С 4 - Динамика биологических показателей вида</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z994" w:id="140"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жылдар</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="140"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орташа дене ұзындығы, см</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орташа салмағы, г</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фультон бойынша қоңдылығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орташа АЖТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орта жасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саны, дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1042" w:id="141"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлығы</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="141"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1050" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма С 5 - Әдеттегі балық шаруашылық мелиорация бойынша қажетті жұмыс мөлшері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1051" w:id="143"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмыстың атауы</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="143"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өлшем бірлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы көлем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1054" w:id="144"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмыс ауданы (учаске)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="144"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер бойынша көлем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мерзім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1059" w:id="145"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тоқтау сулардың арналарын тазалау</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="145"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1066" w:id="146"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өзен арналарын ірі бұталардан тазалау</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="146"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1073" w:id="147"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Арналық уылдырық шашатын орындарды тазалау </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="147"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1080" w:id="148"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Балық аулайтын учаскелерді тазалау, су жағалауы мен литоральды аймақты тазалау </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="148"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1087" w:id="149"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өсімдіктерді ору (шабу)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="149"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1094" w:id="150"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бөлініп қалған су айдындарындағы шабақтарды құтқару </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="150"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+млн. дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1101" w:id="151"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Тұншығып қалу қауіпі бар учаскелерде аэрация жүргізу </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="151"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+үкілер, дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1108" w:id="152"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерде жүргізілетін жұмыстр</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="152"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1115" w:id="153"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Балықтандыру </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="153"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1122" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Форма С 6 – Суқойма бойынша кәсіптік аулаудағы балықтардың түрлік құрамы </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1123" w:id="155"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіптік ауланған жылдар</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="155"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балық түрі (тонна)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+түр 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+түр 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+түр 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+түр 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+түр 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+түр 6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+түр 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+түр 8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+түр 9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1175" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Форма С 7 – Балық өндіруші мекемелер жөнінде ақпараттар </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1176" w:id="157"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балық шаруашылық мекемелердің атауы</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="157"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бригада саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балықшылар саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Материалдық-техникалық қор (бірлік)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Технолог. құрал-жабдық, т/тәулік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мұздатқыш құрал-жабдықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өзі қозғалатын кеме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өздігінен қозғалмайтын кеме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жылымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сүйретпелер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құрма аулар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа түрлері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1219" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма С 8 – Суқойманың кәсіптік аудандары бойынша балық популяциясының саны, мың дана</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1220" w:id="159"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балық түрлері</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="159"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіптік аудан 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіптік аудан 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіптік аудан 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіптік аудан 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіптік аудан 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1244" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма С 9 – Суқойманың балық ауруының жағдайы, %</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1245" w:id="161"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балық түрлері</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="161"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түр 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түр 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түр 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1250" w:id="162"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Инвазиялық</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="162"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1255" w:id="163"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Инфекциялық</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="163"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1260" w:id="164"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Инфекциялық емес</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="164"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1265" w:id="165"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саны, дана</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="165"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1270" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Форма D 1 – Каспий итбалығының саны мен салмағы </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1271" w:id="167"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Акватория</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="167"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ересек дарақтардың саны мың дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1273" w:id="168"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күшіктерінің саны</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="168"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ересек дарақтарының салмағы, т</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күшіктерінің салмағы, т</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1278" w:id="169"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Солтүстік Каспий</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="169"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1284" w:id="170"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орталық Каспий</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="170"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1290" w:id="171"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлығы</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="171"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1296" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Форма D 1 - Каспий итбалығының биологиялық көрсеткіштері </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1297" w:id="173"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жастық қатары</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="173"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орташа салмағы, кг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қоңдылығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жыныстарының ара-қатынасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саны, дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1304" w:id="174"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="174"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1311" w:id="175"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="175"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1318" w:id="176"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлығы</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="176"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1325" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblCellSpacing w:w="0" w:type="auto"/>
+              <w:tblBorders>
+                <w:top w:val="none"/>
+                <w:left w:val="none"/>
+                <w:bottom w:val="none"/>
+                <w:right w:val="none"/>
+                <w:insideH w:val="none"/>
+                <w:insideV w:val="none"/>
+              </w:tblBorders>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="7780"/>
+              <w:gridCol w:w="4600"/>
+            </w:tblGrid>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Қоршаған орта және су реурстары</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>министрінің бұйрығына</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>2014 жылғы 1 шілдедегі</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>№ 245-Ө бұйрығына</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>2 қосымша</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z1327" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Балық аулау нысанына жататын және басқа да шаруашылық мақсатта пайдаланатын балық пен өзге де су жануарларының</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>кадастрлік кітабын жүргізу ережелері</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. Жалпы ереже</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z1330" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Қазақстан Республикасында балық қоры мен өзге де су жануарларына мемлекеттік кадастр жүргізу (ары қарай – кадастр) жануарлар әлемін тиімді пайдалану және ұдайы өсіру, қорғауды мемлекеттік басқару, сонымен қатар, жануарлардың тіршілік ету ортасы мен биологиялық алуантүрлілігін сақтау мақсатында жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z1331" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Кадастрда балық және өзге де су жануарларының мемлекеттік есебінің мәліметтері, оларды сандық және сапалық көрсеткіштері бойынша пайдалану, су жануарларының географиялық таралуы мен жағдайы, тіршілік ету ортасы, саны, жиі бақылау нәтижелері жөніндегі мағұлматтар жиынтығы, оларды тұрмыстық пайдалану мен басқа да мәліметтердің ақпараттары болады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z1332" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Кадастрлық ақпарат ашық басылымдарда жарияланған анықтама және архивті мәліметтерінен тұрады, олар жылда жоспарлы ғылыми-зерттеу жұмыстары мен кәсіби балық аулау нәтижелеріне сәйкес жаңарып отырады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z1333" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Кадастр мәліметтерінің толық тізімі қордың нақты бірлігінен кәсіптік игеру мүмкіндігі көлемінің кешенді ғылыми негізі үшін минималды қажет болып табылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z1334" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Кадастр балық шаруашылығы саласын басқарудың әр түрлі деңгейінде балық қорын тиімді пайдалану мен ұдайы өндіру, қорғау бойынша шешіміне ақпараттық қолдау көрсету үшін арналған. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z1335" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Кадастр қажетті анықтамаларды кесте, экранда график бейнелері арқылы (диаграмма, сызықтық графиктер) және қолдағы ақпараттың негізінде табанды көшірмелер түрінде алуға мүмкіндік жасайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z1336" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Балық аулау нысанына жататын және басқа да шаруашылық мақсатта пайдаланатын балық пен өзге де су жануарларының</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>кадастрлік кітабын жүргізу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z1337" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Кадастрлік ақпарат көзі болып табылады: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z1338" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      балық аулаудың барлық категориялары бойынша кәсіби статистика (өндірістік, әуесқойлық, ғылыми-зерттеу, балықтарды бақылау мақсатында аулау);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z1339" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      биологиялық статистика ғылыми-зерттеу жұмысы, дала жұмыстары барысында, сонымен қатар, тікелей кәсіпте жиналады; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z1340" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      сәйкес келетін бюджеттік бағдарлама аясында алынған балықтардың тіршілік ету ортасы мен балық аулау қорының сандық және сапалық талдауының (анализ) нәтижелері; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z1341" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кадастрлық ақпаратты жинап, өңдеу бойынша жүргізілген арнайы зерттеу жұмыстарының нәтижелері.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z1342" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Балық шаруашылық субъектілерінен кадастрлық ақпараттарды (балық қорын тұтынушылардан) жинау балық шаруашылығын жүргізуге негізделген келісімшарт негізінде балық шаруашылығының облыс аралық бассейіндік инспекцияларымен қамтамасыз етіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z1343" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. Балық және балық аулау нысанына жататын, басқа да шаруашылық мақсатта қолданылатын балық қоры және өзге де су жануарларының кадастрлік кітабы осы Бұйрықтың Қосымша 1 сәйкес үлгі бойынша жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z1344" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Балық және балық аулау нысанына жататын, басқа да шаруашылық мақсатта қолданылатын балық қоры және өзге де су жануарларының кадастрлік кітабы бойынша сандық және сапалық ақпараттарды толтыру мен ұсыну осы Ережедегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z1345" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblCellSpacing w:w="0" w:type="auto"/>
+              <w:tblBorders>
+                <w:top w:val="none"/>
+                <w:left w:val="none"/>
+                <w:bottom w:val="none"/>
+                <w:right w:val="none"/>
+                <w:insideH w:val="none"/>
+                <w:insideV w:val="none"/>
+              </w:tblBorders>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="7780"/>
+              <w:gridCol w:w="4600"/>
+            </w:tblGrid>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Балық және балық аулау</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>нысанына жататын, басқа да</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>шаруашылық мақсатта қолданылатын</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>балық қоры және өзге де су</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>жануарларының кадастрлік</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>кітабын жүргізуге</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Қосымша</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1347" w:id="195"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орындаушы атауы</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="195"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кадастрдың толтырылатын формалары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өткізетін орын</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өткізетін мерзім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1352" w:id="196"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балық шаруашылығының субъектісі</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="196"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C5, C6, C7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1354" w:id="197"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балық шаруашылығының облыс аралық</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="197"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бассейіндік инспекциялары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсан сайын</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1358" w:id="198"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балық шаруашылығының облыс аралық</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="198"/>
+          <w:bookmarkStart w:name="z1359" w:id="199"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бассейіндік</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="199"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+инспекциялары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A1, C5-C7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балық шаруашылығы Комитеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсан сайын</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1365" w:id="200"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балық шаруашылығының облыс аралық</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="200"/>
+          <w:bookmarkStart w:name="z1366" w:id="201"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бассейіндік</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="201"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+инспекциялары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A2, C1,C3,C8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балық шаруашылығы Комитеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жарты жылда бір рет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1372" w:id="202"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балық шаруашылығының облыс аралық</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="202"/>
+          <w:bookmarkStart w:name="z1373" w:id="203"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бассейіндік</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="203"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+инспекциялары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+A3, B1-B7 (оның ішінде, 7-1, 7-2, 7-3), C2, C4, C8, C9, D1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балық шаруашылығы Комитеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылына бір рет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1379" w:id="204"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ҚР ҚОСРМ балық шаруашылығы Комитеті </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="204"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының табиғи нысандарының мемлекеттік кадастрлерінің біртұтас жүйесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жыл сайын</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -47824,55 +42777,77 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -48202,35 +43177,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>