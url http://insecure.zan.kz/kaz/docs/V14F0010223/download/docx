--- v0 (2025-11-14)
+++ v1 (2026-03-12)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1662a9e" w14:textId="1662a9e">
+    <w:p w14:paraId="061ebb5" w14:textId="061ebb5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1159,958 +1159,1818 @@
         <w:t>
       6) экспорттаушы елдің ветеринариялық (ветеринариялық-санитариялық) талаптарына сәйкес келмеген кезде жануарларды әкелу, сатып алу, әкету, орнын ауыстыру, келтіру жүзеге асырылмайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z30" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Егер жануарлар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z31" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жөнелту пункті мен межелі пункт бойынша мәліметтер ветеринариялық құжаттарда және дерекқорда көрсетіле отырып, олар эпизоотиялық жағынан қолайлы болған жағдайда, республика аумағы бойынша;</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жөнелту пунктінің және межелі пункт бойынша мәліметтер ветеринариялық құжаттарда және дерекқорда көрсетіле отырып, олардың аумағы бірдей аймақтарға бөлінген кезде республика аумағы бойынша;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мәліметтерін ветеринариялық құжаттарда және дерекқорда көрсете отырып, жануарларды кейіннен санитариялық сою үшін жануарларды сою объектілеріне (ет өңдеу кәсіпорындарына) жеткізу кезінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) мәліметтерін ветеринариялық құжаттарда және дерекқорда көрсете отырып, жөнелту пункті эпизоотиялық тұрғыдан қолайлы болған кезде кейін сою үшін қайта келген, әкелінген, сатып алынған, әкетілген, орны ауыстырылған болса, онда жануарларды карантиндеу жүргізілмейді. Жануарларды сою межелі пунктте 72 (жетпіс екі) сағат ішінде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақ осы Қағидалардың 9-1-тармағында көзделген жағдайларға қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 491</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Үшінші елдерден әкелінетін немесе Еуразиялық экономикалық одаққа мүше мемлекеттер арасында орны ауыстырылатын, республикадан үшінші елдерге әкетілетін жануарларды карантиндеу ұзақтығы, егер жануарлардың нақты түрі бойынша ветеринариялық (ветеринариялық-санитариялық) талаптарда өзгеше көзделмесе, кемінде күнтізбелік 21 (жиырма бір) күнді құрайды және ветеринариялық-профилактикалық, диагностикалық зерттеулер мен жануарларды ветеринариялық қарап-тексеруді жүргізуге және аяқтауға байланысты болады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z32" w:id="29"/>
-[...15 lines deleted...]
-      2) жөнелту пунктінің және межелі пункт бойынша мәліметтер ветеринариялық құжаттарда және дерекқорда көрсетіле отырып, олардың аумағы бірдей аймақтарға бөлінген кезде республика аумағы бойынша;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үшінші елдерден әкелінетін немесе Еуразиялық экономикалық одаққа мүше мемлекеттер арасында орны ауыстырылатын, республикадан үшінші елдерге әкетілетін жануарлар, егер жануарлардың нақты түрі бойынша ветеринариялық (ветеринариялық-санитариялық) талаптарда өзгеше көзделмесе, жөнелтуші елде және алушы елде карантиндеуге қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Республика ішінде түрлі типпен аймақтарға бөлінген (бақылау аймағынан қолайлы аймаққа немесе қолайлы аймақтан бақылау аймағына немесе буферлік (қорғау) аймақтан бақылау аймағына немесе бақылау аймағынан буферлік (қорғау) аймаққа немесе вакциналанбаған қолайлы аймақтан вакциналанған қолайлы аймаққа) эпизоотиялық тұрғыдан қолайлы әкімшілік-аумақтық бірліктерден (ке) жаңадан келген, әкелінген, сатып алынған, әкетілетін, орны ауыстырылатын жануарларды карантиндеу ұзақтығы кемінде күнтізбелік 7 (жеті) күнді құрайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z33" w:id="30"/>
-[...15 lines deleted...]
-      3) мәліметтерін ветеринариялық құжаттарда және дерекқорда көрсете отырып, жануарларды кейіннен санитариялық сою үшін жануарларды сою объектілеріне (ет өңдеу кәсіпорындарына) жеткізу кезінде;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Республика ішінде түрлі типпен аймақтарға бөлінген эпизоотиялық тұрғыдан қолайлы әкімшілік-аумақтық бірліктен (ке) (бақылау аймағынан қолайлы аймаққа немесе қолайлы аймақтан бақылау аймағына немесе буферлік (қорғау) аймақтан бақылау аймағына немесе бақылау аймағынан буферлік (қорғау) аймаққа немесе вакциналанбаған қолайлы аймақтан вакциналанған қолайлы аймаққа) орны ауыстырылатын жануарлар, егер жануарлардың нақты түрі бойынша ветеринариялық-санитариялық талаптарда өзгеше көзделмесе, жөнелтушінің шаруашылық субъектісінде карантинделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Республика ішінде вакциналанбайтын қолайлы аймақтан вакциналанатын қолайлы аймаққа жануарлардың орны ауыстырылған жағдайда, жануарларды вакциналау межелі пункте жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z34" w:id="31"/>
-[...15 lines deleted...]
-      4) мәліметтерін ветеринариялық құжаттарда және дерекқорда көрсете отырып, жөнелту пункті эпизоотиялық тұрғыдан қолайлы болған кезде кейін сою үшін қайта келген, әкелінген, сатып алынған, әкетілген, орны ауыстырылған болса, онда жануарларды карантиндеу жүргізілмейді. Жануарларды сою межелі пунктте 72 (жетпіс екі) сағат ішінде жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Карантиндеу кезеңінде жануарлар ауырған және/немесе ауру жануарлар анықталған және/немесе жануарлардың саулығы қанағаттанарлықсыз болған жағдайда (жоғары температура, қатты сілекей ағуы, депрессия, жиі тыныс алу, сынықтар, жарақаттар, диарея, аяқ-қолдардың салдануы), жануарларды Қазақстан Республикасынан тыс жерлерге әкетуге және республика ішінде орнын ауыстыруға жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z35" w:id="32"/>
-[...15 lines deleted...]
-      5. Үшінші елдерден әкелінетін немесе Еуразиялық экономикалық одаққа мүше мемлекеттер арасында орны ауыстырылатын, республикадан үшінші елдерге әкетілетін жануарларды карантиндеу ұзақтығы, егер жануарлардың нақты түрі бойынша ветеринариялық (ветеринариялық-санитариялық) талаптарда өзгеше көзделмесе, кемінде күнтізбелік 21 (жиырма бір) күнді құрайды және ветеринариялық-профилактикалық, диагностикалық зерттеулер мен жануарларды ветеринариялық қарап-тексеруді жүргізуге және аяқтауға байланысты болады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Карантиндеу кезеңінде Қазақстан Республикасы Ауыл шаруашылығы министрінің 2014 жылғы 30 қазандағы № 7-1/559 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9891 болып тіркелген) (бұдан әрі – Бұйрық) бекітілген Жануарларды, жануарлар мен адам денсаулығына қауіп төндіретін жануарлардан алынатын өнімдер мен шикізатты міндетті түрде алып қою және жою жүргізілетін жануарлардың аса қауіпті ауруларының тізбесіне енгізілген жануарлардың аса қауіпті аурулары анықталған кезде барлық карантинделетін жануарларды Қазақстан Республикасынан тыс жерлерге әкетуге және республика ішінде орын ауыстыруға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тиісті әкімшілік-аумақтық бірліктің мемлекеттік ветеринариялық- санитариялық инспекторы, мемлекеттік ветеринариялық дәрігері осы тармақтың бірінші және екінші бөліктерінде көрсетілген жануарларға қатысты ветеринариялық (ветеринариялық-санитариялық) қағидаларға сәйкес ветеринариялық іс-шаралар жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер жөнелтуші елінде (үшінші елдер немесе Еуразиялық экономикалық одаққа мүше мемлекеттер) немесе межелі пунктте республика ішінде түрлі типпен аймақтарға бөлінген эпизоотиялық тұрғыдан қолайлы әкімшілік-аумақтық бірліктен (ке) (бақылау аймағынан қолайлы аймаққа немесе қолайлы аймақтан бақылау аймағына немесе буферлік (қорғау) аймақтан бақылау аймағына немесе бақылау аймағынан буферлік (қорғау) аймаққа немесе вакциналанбаған қолайлы аймақтан вакциналанған қолайлы аймаққа) диагностикалық зерттеулердің нәтижелері бойынша жануарларда оң (серологиялық, аллергиялық және басқа зерттеулер) реакциялар анықталса, онда ветеринария саласындағы уәкілетті органның ведомствосы (бұдан әрі – ведомство) карантинделетін жануарлардың немесе осындай реакциялар белгіленген карантинделетін жануарлардың барлық партиясын әкелуден бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үшінші елдерден немесе Еуразиялық экономикалық одаққа мүше мемлекеттерден әкелінген жануарларды карантиндеу кезеңінде жануарлардың ауруы және/немесе ауру жануарлар анықталған кезде оларды карантиндеу мерзімдерін тиісті әкімшілік-аумақтық бірліктің мемлекеттік ветеринариялық-санитариялық инспекторы эпизоотиялық жағдайды анықтау және түпкілікті диагнозды белгілеу бойынша қосымша диагностикалық зерттеулер жүргізу үшін қажетті кезеңге тиісінше ұзартады. Егер жануарларда диагностикалық зерттеулердің нәтижелері бойынша оң (серологиялық, аллергиялық және басқа да зерттеулер) реакциялар анықталса, ведомство мұндай жануарларды республикадан тыс жерлерге (Еуразиялық экономикалық аймаққа мүше мемлекеттерге немесе үшінші елдерге) әкету мүмкін болмаған жағдайда, карантинделетін жануарлардың немесе осындай реакциялар белгіленген карантинделетін жануарлардың барлық партиясын әкелуден бас тартады. Мұндай жануарларды республикадан тыс жерлерге (үшінші елдерге немесе Еуразиялық экономикалық одаққа мүше мемлекеттерге) әкету мүмкін болмаған жағдайда, Бұйрықпен бекітілген Жануарлардың және адамның денсаулығына қауіп төндіретін жануарлар, жануарлардан алынатын өнімдер мен шикізатты міндетті түрде алып қою және жою не оларды алып қоймай міндетті түрде залалсыздандыру (зарарсыздандыру) және өңдеу қағидаларына сәйкес кәдеге жаратылады немесе жойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 491</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Жануарларды карантиндеу кезеңінде жануарлар шаруашылық субъектісіндегі малдан бөлек күтіп-бағылады және жануарларды карантиндеу кезеңі аяқталғанға дейін басқа жануарлармен тікелей немесе жанама байланыста болуына жол бермеу шаралары қабылданады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:p>
-[...33 lines deleted...]
-      6. Республика ішінде түрлі типпен аймақтарға бөлінген (бақылау аймағынан қолайлы аймаққа немесе қолайлы аймақтан бақылау аймағына немесе буферлік (қорғау) аймақтан бақылау аймағына немесе бақылау аймағынан буферлік (қорғау) аймаққа немесе вакциналанбаған қолайлы аймақтан вакциналанған қолайлы аймаққа) эпизоотиялық тұрғыдан қолайлы әкімшілік-аумақтық бірліктерден (ке) жаңадан келген, әкелінген, сатып алынған, әкетілетін, орны ауыстырылатын жануарларды карантиндеу ұзақтығы кемінде күнтізбелік 7 (жеті) күнді құрайды.</w:t>
+    <w:bookmarkStart w:name="z73" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9-1. Қаңғыбас жануарлар Қазақстан Республикасының мемлекеттік шекарасы арқылы республика аумағына өткен немесе қайтарылған жағдайда, аталған жануарларға қатысты Қазақстан Республикасы Азаматтық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>246-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес шаралар қолданылады және жануарларды карантиндеу жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Республика ішінде түрлі типпен аймақтарға бөлінген эпизоотиялық тұрғыдан қолайлы әкімшілік-аумақтық бірліктен (ке) (бақылау аймағынан қолайлы аймаққа немесе қолайлы аймақтан бақылау аймағына немесе буферлік (қорғау) аймақтан бақылау аймағына немесе бақылау аймағынан буферлік (қорғау) аймаққа немесе вакциналанбаған қолайлы аймақтан вакциналанған қолайлы аймаққа) орны ауыстырылатын жануарлар, егер жануарлардың нақты түрі бойынша ветеринариялық-санитариялық талаптарда өзгеше көзделмесе, жөнелтушінің шаруашылық субъектісінде карантинделеді.</w:t>
-[...18 lines deleted...]
-      7. Республика ішінде вакциналанбайтын қолайлы аймақтан вакциналанатын қолайлы аймаққа жануарлардың орны ауыстырылған жағдайда, жануарларды вакциналау межелі пункте жүзеге асырылады.</w:t>
+      Жануарларды карантиндеу ұзақтығы, егер жануарлардың нақты түрі бойынша ветеринариялық (ветеринариялық-санитариялық) талаптарда өзгеше көзделмесе, кемінде күнтізбелік 21 (жиырма бір) күнді құрайды және ветеринариялық-профилактикалық, диагностикалық зерттеулер мен жануарларды ветеринариялық қарап-тексеруді жүргізуге және аяқтауға байланысты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Карантиндеу кезеңінде жануарлар ауырған, және/немесе ауру жануарлар анықталған, және/немесе жануарлардың саулығы қанағаттанарлықсыз болған жағдайда (температураның жоғарылауы, қатты сілекей ағуы, депрессия, жиі тыныс алу, сынықтар, жарақаттар, диарея, аяқ-қолдардың салдануы), Ветеринариялық (ветеринариялық) қағидаларға сәйкес ветеринариялық іс-шаралар жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тарау 9-1-тармақпен толықтырылды - ҚР Ауыл шаруашылығы министрінің 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 491</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Жануарларды карантиндеу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z38" w:id="35"/>
-[...15 lines deleted...]
-      8. Карантиндеу кезеңінде жануарлар ауырған және/немесе ауру жануарлар анықталған және/немесе жануарлардың саулығы қанағаттанарлықсыз болған жағдайда (температураның жоғарылауы, қатты сілекей ағуы, депрессия, жиі тыныс алу, сынықтар, жарақаттар, диарея, аяқ-қолдардың салдануы), жануарларды Қазақстан Республикасынан тыс жерлерге әкетуге және республика ішінде орнын ауыстыруға жол берілмейді.</w:t>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Жеке немесе заңды тұлға (бұдан әрі – өтініш беруші) жануарларды жоспарланатын әкелгенге, сатып алғанға, өткізгенге дейін күнтізбелік 30 (отыз) күннен кешіктірмей ведомствоның аумақтық бөлімшесінің (бұдан әрі – аумақтық бөлімше) кеңсесі арқылы осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Карантиндеу кезеңінде Қазақстан Республикасы Ауыл шаруашылығы министрінің 2014 жылғы 30 қазандағы № 7-1/559 </w:t>
+      Өтініш беруші жануарларды әкету жоспарланғанға дейін күнтізбелік 30 (отыз) күннен кешіктірмей аумақтық бөлімшеге дерекқор арқылы осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Өтініш беруші жіберілген өтінішті кері қайтарып алу үшін аумақтық бөлімшенің кеңсесі арқылы осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша қайтарып алуға арналған өтінішті не дерекқор арқылы кері қайтарып алу себептерін көрсете отырып, оны кері қайтарып алады (өтінішке электрондық цифрлық қолтаңбамен қол қойылғаннан кейін, дерекқорда өтінішке "Кері қайтарып алынды" деген мәртебе беріледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Аумақтық бөлімше кеңсесінің қызметкері өтініш келіп түскен күні оны қабылдайды және тіркейді және жауапты мемлекеттік ветеринариялық-санитариялық инспекторды тағайындайтын аумақтық бөлімшенің басшысына жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш беруші Қазақстан Республикасының еңбек заңнамасына сәйкес жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген жағдайда, өтініш келесі жұмыс күні қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аумақтық бөлімшенің кеңсесінде қағаз жеткізгіштегі өтініштің қабылданғанын растау оның көшірмесінде өтініштің күні, нөмірі, уақыты (сағат, минут), қабылдаған адамның тегі мен аты-жөні, лауазымы көрсетілген тіркеу белгісі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш беруші дерекқор арқылы жүгінген жағдайда, "жеке кабинетте" нөмірді беру арқылы өтініштің қабылданғаны туралы мәртебе автоматты түрде көрсетіледі. Өтініштің дерекқор арқылы келіп түскені туралы хабарлама бір мезгілде облыстың, республикалық маңызы бар қаланың және астананың жергілікті атқарушы органының ветеринария саласындағы қызметті жүзеге асыратын бөлімшесінің (бұдан әрі – ЖАО бөлімшесі) басшысына келіп түседі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш нөмірі әріптік және цифрлық символдардан тұрады (символдар сызықшамен бөлінеді), оның ішінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      алғашқы екі символ – ҚР ҰҚ ISO 3166-1 "Елдердің атаулары мен олардың әкімшілік-аумақтық бөлімшелерінің бірліктерін ұсынуға арналған кодтар. 1-бөлім. Елдердің кодтары" Қазақстан Республикасының ұлттық жіктеуішіне сәйкес Қазақстан Республикасының литерлік коды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      үшінші символдан он бірінші символға дейін – Әкімшілік-аумақтық объектілер жіктеуішіне (ӘАОЖ) сәйкес облыстың, ауданның, ауылдық округтің коды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      он екінші символ – жануарларға карантиндеу жүргізілетін ауыл шаруашылығы жануарының цифрлық коды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      он үшінші символ – әліпби әріптері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      он төртінші және он бесінші символдар – құжаттың реттік нөмірі (егер реттік нөмір аяқталса, онда ол әліпби бойынша келесі әріпке өзгереді);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      он алтыншы символ – өтініштің "Z" латын әрпі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жануарларға карантиндеу жүргізілетін ауыл шаруашылығы жануарларының цифрлық коды Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 30 қаңтардағы № 7-1/68 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11127 болып тіркелген) бекітілген Ауыл шаруашылығы жануарларын бірдейлендіру қағидаларына (бұдан әрі – Ауыл шаруашылығы жануарларын бірдейлендіру қағидалары) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Жауапты мемлекеттік ветеринариялық-санитариялық инспектор өтініш тіркелген күннен бастап 2 (екі) жұмыс күні ішінде өтініштің осы Қағидалардың талаптарына сәйкестігін қарайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Өтінім осы Қағидалардың талаптарына сәйкес келмеген жағдайда, ол өтініш берушіге осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша уәжді бас тарту жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> талаптары сақталмаған кезде жануарларды карантиндеу тоқтатылады, ал өтініш берушіге осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша уәжді бас тарту жолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәжді бас тарту өтініш берушіге аумақтық бөлімшенің кеңсесі арқылы (аумақтық бөлімшенің кеңсесіне жүгінген жағдайда) не дерекқор арқылы (дерекқор арқылы жүгінген жағдайда) аумақтық бөлімше басшысының электрондық цифрлық қолтаңбасымен (бұдан әрі – ЭЦҚ) куәландырылған электрондық құжат нысанында жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. Өтініш осы Қағидалардың талаптарына сәйкес келген кезде аумақтық бөлімше өтініш тіркелген күннен бастап 7 (жеті) жұмыс күні ішінде осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша жануарларды карантиндеу жоспарын әзірлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың бірінші бөлігінде көрсетілген мерзім ішінде жануарларды карантиндеу жоспарын ЖАО бөлімшесінің басшысымен келісілгеннен кейін тиісті әкімшілік-аумақтық бірліктің бас мемлекеттік ветеринариялық-санитариялық инспекторы бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жануарларды карантиндеу жоспарының нөмірі әріптік және цифрлық символдардан тұрады (символдар сызықшамен бөлінеді), олар мыналардан тұрады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      бірінші символдан он бесінші символға дейін – осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес берілген бірінші символдан он бесінші символға дейін өтініштің нөмірі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      он алтыншы символ – жануарларды карантиндеу жоспарының "Р" латын әрпі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жануарлардың келуі, әкелінуі, сатып алынуы, орнын ауыстыру кезінде жануарларды карантиндеу жоспары қағаз форматта әзірленеді, келісіледі және бекітіледі. Жануарларды карантиндеу жоспарының күні мен нөмірі эпизоотологиялық зерттеп-қарау актісін есепке алу және беру журналына енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жануарларды әкету кезінде жануарларды карантиндеу жоспары дерекқорда электрондық форматта әзірленеді, келісіледі және бекітіледі. Жануарларды карантиндеу жоспарының күні мен нөмірі дерекқорда автоматты түрде жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жануарларды карантиндеу жоспарының көшірмесі өтініш берушіге ол бекітілген күннен бастап 3 (үш) жұмыс күні ішінде аумақтық бөлімшенің кеңсесі арқылы (аумақтық бөлімшенің кеңсесі арқылы жүгінген жағдайда) не ол бекітілгеннен кейін автоматты түрде дерекқор арқылы (дерекқор арқылы жүгінген жағдайда) жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Жануарларды карантиндеу жоспарында әкелінетін жануарларды карантиндеуге қоюдың ұзақтығы мен шарттары, диагностикалық зерттеулерге, ветеринариялық емдеуге жататын жануарлар ауруларының тізбесі, олардың жүргізілген күні, вакциналау мерзімдері, ветеринариялық іс-шараларды, оның ішінде жануарлар ауруына, ауру жануарға күдіктенген кездегі шараларды жүргізуге жауапты адамдар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жануарларды карантиндеу кезеңінде диагностикалық зерттеулер жүргізуді жоспарлау кезінде диагностикалық зерттеулердің анық емес нәтижелерін алуды болдырмау мақсатында бұрын жүргізілген ветеринариялық өңдеулер, жануарларды вакциналау туралы мәліметтер, аумақты аймақтарға бөлу және міндетті диагностикалық зерттеулер ескеріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жануарлар келіп түскен, әкелінген, сатып алынған, орны ауыстырылған кезде ірі қара малды бруцеллезге және туберкулезге, ұсақ малды, түйе мен шошқаны бруцеллезге, жылқыларды маңқаға, киеңкіге, есек пен қашырды маңқаға міндетті диагностикалық тексерулер, асыл тұқымды жануарларды паратуберкулезге, трихомонозға (Trichomonasfetus), бұқаларға арналған кампилобактериозға (Campylobacter fetusvenerealis), хламидиозға, лептоспирозға (егер вакциналанбаған болса немесе профилактикалық мақсатта дегидрострептомицинмен немесе эквивалентті әсер беретін заттармен өңделмеген болса), инфекциялық ринотрахеит және ірі қара малдық вирустық диареясына (егер жануарлар алдын ала вакциналанбаған болса) қосымша зерттеулер туралы мәліметтер ескеріледі. Үшінші елдерден немесе Еуразиялық экономикалық одаққа мүше мемлекеттерден әкелінген жануарларды карантиндеу кезеңінде диагностикалық зерттеулер жүргізуді жоспарлау кезінде межелі пунктте Шмалленберг ауруына мониторингтік диагностикалық зерттеулер жүргізу ескеріледі. Егер алушы елдің аумағында жануарлардың басқа ауруларының профилактикасы және/немесе жойылуы бойынша бағдарламалар жүргізілсе ғана, осы ауруларға зерттеулер жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жануарларды әкету кезінде ірі қара малды бруцеллезге және туберкулезге, ұсақ малды, түйелер мен шошқаларды бруцеллезге, жылқыларды маңқаға, киеңкіге, есек пен қашырды маңқаға міндетті диагностикалық зерттеулер, сондай-ақ экспорттаушы елдің ветеринариялық (ветеринариялық-санитариялық) талаптарын ескере отырып жоспарланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Үшінші елдерден әкелінген немесе Еуразиялық экономикалық одаққа мүше мемлекеттер арасында орны ауыстырылатын жануарларды карантиндеу кезеңінде жүргізілетін ветеринариялық іс-шаралар "Еуразиялық экономикалық одақта ветеринариялық-санитариялық іс-шараларды қолдану туралы" Еуразиялық экономикалық одақ комиссиясының 2010 жылғы 18 маусымдағы № 317 шешімімен бекітілген Ветеринариялық бақылауға (қадағалауға) жататын тауарларға бірыңғай ветеринариялық (ветеринариялық-санитариялық) талаптарды, Еуразиялық экономикалық комиссия кеңесінің 2014 жылғы 9 қазандағы № 94 шешімімен бекітілген Объектілерге бірлескен тексерулер жүргізу және ветеринариялық бақылауға (қадағалауға) жататын тауарлардың (өнімдердің) сынамаларын іріктеудің бірыңғай тәртібі туралы ережені сақтай отырып жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жануарларға диагностикалық зерттеулер мен ветеринариялық емдеу карантиндеуге қойылған жануарлармен бірге келген ветеринариялық сертификатта және осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген ауруларға қарсы жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жануарларды үшінші елдерге әкеткен кезде оларды карантиндеу кезеңінде жүргізілетін ветеринариялық іс-шаралар экспорттаушы елдің ветеринариялық (ветеринариялық-санитариялық) талаптары сақтай отырып, жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Республика ішінде жануарлардың орнын ауыстыру кезінде оларды карантиндеу кезеңінде жүргізілетін ветеринариялық іс-шараларды эпизоотиялық жағдайға және жануарлардың келетін (әкелінетін) орны бойынша және осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14-тармағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ескеріле отырып, нақты нозологиялық бірлік үшін жүргізілетін ветеринариялық іс-шараларға байланысты аумағына жануарларды әкелу (орнын ауыстыру) жоспарланатын тиісті әкімшілік-аумақтық бірліктің аумақтық бөлімшесі айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қосымша диагностикалық зерттеулер мен ветеринариялық өңдеулерді (вакциналауды қоса алғанда) жүргізуге алушы елдің не алушы-шаруашылық жүргізуші субъектінің сұранымы бойынша не жануарларды карантиндеу кезеңіңде оларда клиникалық белгілерімен аса қауіпті ауруларға күдік туындаған кезде жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Жануарларды карантиндеу кезеңінде жүргізілетін ветеринариялық іс-шаралар жануарларды карантиндеу жоспарына сәйкес жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Жануарларды карантиндеу кезеңінде мыналар жүргізіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жануарларды ветеринариялық қарап-тексеру, жануарлардың термометриясы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жануарларды карантиндеу жоспарында айқындалған жануарлар ауруларына қарсы ветеринариялық емдеу және диагностикалық зерттеулер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Карантиндеуге қойылған жануарлар туралы ақпарат "Ветеринариялық есепке алу және есептілік нысандарын бекіту туралы" Қазақстан Республикасы Ауыл шаруашылығы министрінің 2014 жылғы 25 ақпандағы № 16-07/114 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9891 болып тіркелген) бекітілген Жануарларды, жануарлар мен адам денсаулығына қауіп төндіретін жануарлардан алынатын өнімдер мен шикізатты міндетті түрде алып қою және жою жүргізілетін жануарлардың аса қауіпті ауруларының тізбесіне енгізілген жануарлардың аса қауіпті аурулары анықталған кезде барлық карантинделетін жануарларды Қазақстан Республикасынан тыс жерлерге әкетуге және республика ішінде орын ауыстыруға жол берілмейді.</w:t>
-[...53 lines deleted...]
-      Үшінші елдерден немесе Еуразиялық экономикалық одаққа мүше мемлекеттерден әкелінген жануарларды карантиндеу кезеңінде жануарлардың ауруы және/немесе ауру жануарлар анықталған кезде оларды карантиндеу мерзімдерін тиісті әкімшілік-аумақтық бірліктің мемлекеттік ветеринариялық-санитариялық инспекторы эпизоотиялық жағдайды анықтау және түпкілікті диагнозды белгілеу бойынша қосымша диагностикалық зерттеулер жүргізу үшін қажетті кезеңге тиісінше ұзартады. Егер жануарларда диагностикалық зерттеулердің нәтижелері бойынша оң (серологиялық, аллергиялық және басқа да зерттеулер) реакциялар анықталса, ведомство мұндай жануарларды республикадан тыс жерлерге (Еуразиялық экономикалық аймаққа мүше мемлекеттерге немесе үшінші елдерге) әкету мүмкін болмаған жағдайда, карантинделетін жануарлардың немесе осындай реакциялар белгіленген карантинделетін жануарлардың барлық партиясын әкелуден бас тартады. Мұндай жануарларды республикадан тыс жерлерге (үшінші елдерге немесе Еуразиялық экономикалық одаққа мүше мемлекеттерге) әкету мүмкін болмаған жағдайда, Қазақстан Республикасы Ауыл шаруашылығы министрінің 2014 жылғы 30 қазандағы № 7-1/ 559 </w:t>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9342 болып тіркелген) бекітілген нысандар бойынша ветеринариялық-профилактикалық іс-шараларды есепке алу журналына және жануарлар ауруларын есепке алу журналына (ауру тіркелген жағдайда) енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Карантинделетін жануарлар, карантиндеу кезеңінде жүргізілген ветеринариялық іс-шаралар және олардың нәтижелері туралы мәліметтер Қазақстан Республикасы Ауыл шаруашылығы министрінің 2010 жылғы 2 маусымдағы № 367 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9891 болып тіркелген) бекітілген Жануарлардың және адамның денсаулығына қауіп төндіретін жануарлар, жануарлардан алынатын өнімдер мен шикізатты міндетті түрде алып қою және жою не оларды алып қоймай міндетті түрде залалсыздандыру (зарарсыздандыру) және өңдеу қағидаларына сәйкес кәдеге жаратылады немесе жойылады.</w:t>
-[...601 lines deleted...]
-      Жануарларды карантиндеу жоспарының нөмірі әріптік және цифрлық символдардан тұрады (символдар сызықшамен бөлінеді), олар мыналардан тұрады:</w:t>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық кесімдерді мемлекеттік тіркеу тізілімінде № 6321 болып тіркелген) бекітілген Ауыл шаруашылығы жануарларын бірдейлендіру жөніндегі деректер базасын қалыптастыру және жүргізу және одан үзінді көшірме беру қағидаларына сәйкес дерекқорға енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Диагностикалық зерттеулерді мемлекеттік монополияға жатқызылған функцияларды жүзеге асыратын мемлекеттік ветеринариялық ұйым жүргізеді. Жануарларды ветеринариялық өңдеуді тиісті әкімшілік-аумақтық бірліктің жергілікті атқарушы органы құрған мемлекеттік ветеринариялық ұйым (бұдан әрі – ЖАО-ның ветеринариялық ұйымы) жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жануарларды карантиндеу кезінде диагностикалық зерттеулер мен ветеринариялық өңдеулер жүргізу Заңның 35-бабы 2-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік ветеринариялық-санитариялық бақылау және қадағалау объектілерінің меншік иелері есебінен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Егер жөнелтуші елдің немесе жөнелтуші шаруашылық жүргізуші субъектінің аумағындағы зерттеулер барысында диагностикалық зерттеулердің оң немесе күмәнді нәтижелері алынса, онда бұл туралы алушы елдің ветеринария саласындағы уәкілетті органы немесе алушы шаруашылық жүргізуші субъектінің орналасқан жері бойынша аумақтық бөлімшесі дереу хабардар етіледі. Егер алушы елдің немесе алушы шаруашылық жүргізуші субъектінің аумағындағы зерттеу барысында диагностикалық зерттеулердің оң немесе күмәнді нәтижелері алынса, онда бұл туралы жөнелтуші елдің ветеринария саласындағы уәкілетті органы немесе жөнелтуші шаруашылық жүргізуші субъектінің орналасқан жері бойынша аумақтық бөлімше дереу хабардар етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20. Карантиндеу нәтижелері бойынша диагностикалық зерттеулердің нәтижелерін ескере отырып, тиісті әкімшілік-аумақтық бірліктің мемлекеттік ветеринариялық-санитариялық инспекторы эпизоотологиялық зерттеу жүргізеді және 3 (үш) жұмыс күні ішінде осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша эпизоотологиялық зерттеп-қарау актісін жасайды, оған мемлекеттік ветеринариялық-санитариялық инспектор және ЖАО-ның ветеринариялық ұйымының ветеринария саласындағы маманы қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Эпизоотиялық зерттеп-қарау актісінің нөмірі әріптік және цифрлық символдардан тұрады (символдар сызықшамен бөлінеді):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       бірінші символдан он бесінші символға дейін – осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -2122,835 +2982,227 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес берілген бірінші символдан он бесінші символға дейін өтініштің нөмірі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      он алтыншы символ – жануарларды карантиндеу жоспарының "Р" латын әрпі.</w:t>
-[...434 lines deleted...]
-      18. Диагностикалық зерттеулерді мемлекеттік монополияға жатқызылған функцияларды жүзеге асыратын мемлекеттік ветеринариялық ұйым жүргізеді. Жануарларды ветеринариялық өңдеуді тиісті әкімшілік-аумақтық бірліктің жергілікті атқарушы органы құрған мемлекеттік ветеринариялық ұйым (бұдан әрі – ЖАО-ның ветеринариялық ұйымы) жүргізеді.</w:t>
+      он алтыншы символ – эпизоотиялық зерттеп-қарау актісінің "А" латын әрпі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жануарлар келген, әкелінген, сатып алынған немесе орны ауыстырылған кезде эпизоотологиялық зерттеп-қарау актісі қағаз форматта жасалады және қол қойылады. Эпизоотиялық зерттеп-қарау актісінің күні мен нөмірі эпизоотологиялық зерттеп-қарау актісін есепке алу және беру журналына енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жануарларды әкету кезінде эпизоотологиялық зерттеп-қарау актісі дерекқорда электрондық форматта қалыптастырылады. Эпизоотиялық зерттеп-қарау актісінің күні мен нөмірі дерекқорда автоматты түрде қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Эпизоотологиялық зерттеп-қарау актісі өтініш берушіге қол қойылған күннен бастап 1 (бір) жұмыс күні ішінде аумақтық бөлімшенің кеңсесі (аумақтық бөлімшенің кеңсесіне жүгінген жағдайда) немесе дерекқор арқылы (дерекқор арқылы жүгінген жағдайда) жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Эпизоотологиялық зерттеп-қарау актісі оған қол қойылған күннен кейін күнтізбелік 10 (он) күн бойы жарамды болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:p>
-[...53 lines deleted...]
-      19. Егер жөнелтуші елдің немесе жөнелтуші шаруашылық жүргізуші субъектінің аумағындағы зерттеулер барысында диагностикалық зерттеулердің оң немесе күмәнді нәтижелері алынса, онда бұл туралы алушы елдің ветеринария саласындағы уәкілетті органы немесе алушы шаруашылық жүргізуші субъектінің орналасқан жері бойынша аумақтық бөлімшесі дереу хабардар етіледі. Егер алушы елдің немесе алушы шаруашылық жүргізуші субъектінің аумағындағы зерттеу барысында диагностикалық зерттеулердің оң немесе күмәнді нәтижелері алынса, онда бұл туралы жөнелтуші елдің ветеринария саласындағы уәкілетті органы немесе жөнелтуші шаруашылық жүргізуші субъектінің орналасқан жері бойынша аумақтық бөлімше дереу хабардар етіледі.</w:t>
+    <w:bookmarkStart w:name="z55" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Қазақстан Республикасының аумағынан үшінші елдерге жаңадан әкетілген, Еуразиялық экономикалық одаққа мүше мемлекеттерге және республика ішінде орны ауыстырылған, карантиндеу кезеңі аяқталған жануарлар олар әкетілгенге, орны ауыстырылғанға дейін шаруашылық жүргізуші субъектідегі мал басынан бөлек күтіп-бағылады және басқа жануарлармен тікелей немесе жанама байланысты болдырмау шаралары қабылданады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z53" w:id="50"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша эпизоотологиялық зерттеп-қарау актісін жасайды, оған мемлекеттік ветеринариялық-санитариялық инспектор және ЖАО-ның ветеринариялық ұйымының ветеринария саласындағы маманы қол қояды.</w:t>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      23. Жануарларды карантиндеу осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген эпизоотиялық зерттеп-қарау актісінің қолданылу мерзімі аяқталған және/немесе осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген талаптар сақталмаған жағдайда, осы Қағидаларда айқындалған тәртіппен қайталап жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:p>
-[...143 lines deleted...]
-      21. Эпизоотологиялық зерттеп-қарау актісі оған қол қойылған күннен кейін күнтізбелік 10 (он) күн бойы жарамды болады.</w:t>
+    <w:bookmarkStart w:name="z57" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Карантиндеуден кейін импортталған жануарлар туралы деректер Ауыл шаруашылығы жануарларын бірдейлендіру қағидаларына сәйкес ветеринариялық паспортты бере отырып, дерекқорға енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z55" w:id="52"/>
-[...98 lines deleted...]
-    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шыққан елінде бірдейлендірілген импортталған ауыл шаруашылығы жануарлары шыққан елінде берілген жеке нөмірлерін сақтап қалады.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
@@ -3015,1066 +3267,970 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жануарларды карантиндеу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...77 lines deleted...]
-              <w:t>Нысан</w:t>
+              <w:t>қағидаларына 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1422400" cy="1485900"/>
+            <wp:extent cx="1371600" cy="1384300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1422400" cy="1485900"/>
+                      <a:ext cx="1371600" cy="1384300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...264 lines deleted...]
-    <w:bookmarkStart w:name="z59" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кімге______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (ветеринария саласындағы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      уәкілетті органның ведомствосы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аумақтық бөлімшесінің атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кімнен _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (жеке тұлғаның аты, әкесінің аты (бар болса),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тегі, жеке сәйкестендіру нөмірі/заңды</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тұлғаның атауы, бизнес сәйкестендіру нөмірі))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мекенжайы ____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш нөмірі: __________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-[...141 lines deleted...]
-      Ветеринария саласындағы уәкілетті орган ведомствосының аумақтық бөлімшелері </w:t>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 491</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (жануарлар саны) жануарды карантиндеуді сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ауыл шаруашылығы жануар(лар)ының жеке нөмір(лер)і:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ветеринария саласындағы уәкілетті орган ведомствосының аумақтық  бөлімшелері </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ауыл шаруашылығы жануар(лар)ы туралы мәліметтерді (түрі, жасы (туған күні), </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      тұқымы, жынысы) ауыл шаруашылығы жануарларын бірдейлендіру жөніндегі </w:t>
-[...125 lines deleted...]
-      Импорттаушы ел (әкелу кезінде)____________________________________ </w:t>
+      тұқымы, жынысы) ауыл шаруашылығы жануарларын бірдейлендіру  жөніндегі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      дерекқордан алады.  Өндіріс объектісінің есепке алу нөмірі және қызмет  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      түрі________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өндіріс объектісінің мекенжайы ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экспорттаушы ел (әкету кезінде)___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Импорттаушы ел (әкелу кезінде)____________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жөнелтуші шаруашылық жүргізуші субъектінің атауы, әкімшілік-аумақтық бірлік </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...234 lines deleted...]
-                  (аты, әкесінің аты (бар болса), тегі, қолы /электрондық цифрлық қолтаңбасы)</w:t>
+        <w:t>
+      (келген, сатып алған  кезде)_________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Алушы шаруашылық жүргізуші субъектінің атауы, әкімшілік-аумақтық  бірлік </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (республика аумағында жануарлардың орны ауыстырылған кезінде)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жоспарланған келу, әкелу, әкету, сатып алу, орнын ауыстыру күні 20 жылғы " "</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Байланыс телефондары___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электрондық мекенжайы _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ұсынылған ақпараттың дұрыстығын растаймын және заңмен қорғалатын құпияны </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      құрайтын мәліметтерді пайдалануға, сондай-ақ дербес деректерді жинауға, өңдеуге, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сақтауға, түсіруге және пайдалануға келісім беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш беруші немесе оның өкілі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (аты, әкесінің аты (бар болса), тегі, қолы /электрондық цифрлық қолтаңбасы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Күні: 20 жылғы " "</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -4136,50 +4292,64 @@
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
@@ -4227,492 +4397,432 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жануарларды карантиндеу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...77 lines deleted...]
-              <w:t>Нысан</w:t>
+              <w:t>қағидаларына 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1422400" cy="1485900"/>
+            <wp:extent cx="1371600" cy="1384300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1422400" cy="1485900"/>
+                      <a:ext cx="1371600" cy="1384300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...264 lines deleted...]
-    <w:bookmarkStart w:name="z61" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кімге______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (ветеринария саласындағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      уәкілетті органның ведомствосы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аумақтық бөлімшесінің атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кімнен _______________ ___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ((жеке тұлғаның аты, әкесінің аты (бар болса),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тегі, жеке сәйкестендіру нөмірі/заңды</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тұлғаның атауы, бизнес сәйкестендіру нөмірі))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мекенжайы ____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш нөмірі: __________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z61" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Кері қайтарып алуға арналған өтініш </w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="56"/>
+        <w:t xml:space="preserve"> Кері қайтарып алуға арналған өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 491</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20 жылғы "___" № өтінішті қараусыз қалдыруды сұраймын, себебі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4738,87 +4848,123 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ұсынылған ақпараттың дұрыстығын растаймын, Қазақстан Республикасының заңнамасына сәйкес дұрыс емес мәліметтер ұсынғаным үшін жауапкершілік туралы хабардармын және заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға, сондай-ақ дербес деректерді жинауға, өңдеуге, сақтауға, түсіруге және пайдалануға келісім беремін.</w:t>
+      Ұсынылған ақпараттың дұрыстығын растаймын және заңмен қорғалатын құпияны</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      құрайтын мәліметтерді пайдалануға, сондай-ақ дербес деректерді жинауға, өңдеуге, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сақтауға, түсіруге және пайдалануға келісім беремін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтініш беруші немесе оның өкілі________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      ____________________________________________________________________ </w:t>
+        <w:t>
+      ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (аты, әкесінің аты (бар болса), тегі, қолы/электрондық цифрлық қолтаңбасы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4843,73 +4989,73 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="5651500" cy="1447800"/>
+            <wp:extent cx="6413500" cy="1397000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5651500" cy="1447800"/>
+                      <a:ext cx="6413500" cy="1397000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -6439,68 +6585,68 @@
               <w:t xml:space="preserve">
 /электрондық </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 цифрлық қолтаңбасы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z65" w:id="57"/>
+    <w:bookmarkStart w:name="z65" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жануарларды карантиндеу жоспары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20 жылғы " " №</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -8103,68 +8249,68 @@
               </w:rPr>
               <w:t>20 жылғы "___" _______</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="58"/>
+    <w:bookmarkStart w:name="z67" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Карантинделетін ауыл шаруашылығы жануарлары туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -9078,88 +9224,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z69" w:id="59"/>
+    <w:bookmarkStart w:name="z69" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z70" w:id="60"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z70" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Эпизоотологиялық зерттеп-қарау актісі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20 жылғы "___" _______</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13498,70 +13644,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (әкімшілік-аумақтық бірліктің атауы) (қолы, аты, </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әкесінің аты (бар болса), тегі)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="61"/>
+    <w:bookmarkStart w:name="z71" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -13604,68 +13750,68 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="62"/>
+    <w:bookmarkStart w:name="z72" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Эпизоотологиялық зерттеп-қарау актісі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20 жылғы "__" _____№</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16587,55 +16733,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>