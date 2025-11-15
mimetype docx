--- v0 (2025-10-01)
+++ v1 (2025-11-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1079812" w14:textId="1079812">
+    <w:p w14:paraId="b060cb4" w14:textId="b060cb4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -788,2035 +788,1039 @@
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
-          </w:p>
-[...313 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Экология және табиғи</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ресурстар министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2014 жылғы 19 желтоқсандағы № 18-04/675</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z10" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жануарлар дүниесін пайдалануға рұқсаттар беру қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қағида жаңа редакцияда – ҚР Экология, геология және табиғи ресурстар министрінің 26.08. 2020 </w:t>
+      Ескерту. Қағидалар жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің 29.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 203-ө</w:t>
+        <w:t>№ 292</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z51" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z52" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Жануарлар дүниесін пайдалануға рұқсаттар беру қағидалары (бұдан әрі – Қағидалар) </w:t>
+      1. Осы Жануарлар дүниесін пайдалануға рұқсаттар беру қағидалары (бұдан әрі – Қағидалар) "Жануарлар дүниесін қорғау, өсімін молайту және пайдалану туралы" Қазақстан Республикасы Заңының 9-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>"Жануарлар дүниесін қорғау, өсімін молайту және пайдалану туралы"</w:t>
+        <w:t>59) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2004 жылғы 9 шілдедегі, </w:t>
+        <w:t xml:space="preserve">, "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасы Заңының 12-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>"Рұқсаттар және хабарламалар туралы"</w:t>
+        <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2014 жылғы 16 мамырдағы Қазақстан Республикасының заңдарына, </w:t>
+        <w:t xml:space="preserve"> 4) тармақшасына, "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 10-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>"Мемлекеттік көрсетілетін қызметтер туралы"</w:t>
+        <w:t>1) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 1) тармақшасына (бұдан әрі - Мемлекеттік көрсетілетін қызметтер туралы заң) сәйкес әзірленді және жеке және заңды тұлғаларға (бұдан әрі - көрсетілетін қызметті алушы) Қазақстан Республикасының аумағында жануарлар дүниесін пайдалануға рұқсаттар беру (бұдан әрі - мемлекеттік көрсетілетін қызмет) тәртібін айқындайды.</w:t>
+        <w:t xml:space="preserve"> (бұдан әрі – Мемлекеттік көрсетілетін қызметтер туралы заң) сәйкес әзірленді және жеке және заңды тұлғаларға (бұдан әрі - көрсетілетін қызметті алушы) Қазақстан Республикасының аумағында жануарлар дүниесін пайдалануға рұқсаттар беру (бұдан әрі – мемлекеттік көрсетілетін қызмет) тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z16" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z53" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      2. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады: </w:t>
+        <w:t>
+      2. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z75" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z54" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аң аулау – аң аулау объектiсi болып табылатын жануарлар түрлерiн мекендейтiн ортасынан алуды жүзеге асыру арқылы жануарлар дүниесiн арнайы пайдалану түрi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z76" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z55" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) балық аулау – балық ресурстарын және басқа да су жануарларын аулау;</w:t>
+      2) жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы ведомство – Қазақстан Республикасы Экология және табиғи ресурстар министрлігінің Орман шаруашылығы және жануарлар дүниесі комитеті (бұдан әрі – ведомство).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z77" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z56" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы ведомство – Қазақстан Республикасы Экология, геология және табиғи ресурстар министрлігінің Балық шаруашылығы комитеті (бұдан әрі – ведомство).</w:t>
+      3. Жануарлар дүниесін пайдалануға рұқсаттар (бұдан әрі – рұқсаттар) жануарлар дүниесін арнайы пайдаланудың мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z57" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аң аулау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z58" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жануарларды ғылыми, мәдени-ағартушылық, тәрбиелік, эстетикалық мақсаттарда, сондай-ақ індеттің алдын алу мақсатында пайдалану;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z59" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жануарлар түрлерін өсімін молайту мақсатында пайдалану түрлеріне беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z60" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Аң аулауға, ғылыми-зерттеу, мәдени-ағартушылық, тәрбиелік, эстетикалық мақсаттарда, сондай-ақ індеттің алдын алу мақсатында пайдалануға, жануарлар түрлерін өсімін молайту мақсатында пайдалануға рұқсаттар осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаларға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысандар бойынша беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z61" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...49 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік қызмет көрсету тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="8"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z62" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Жануарлар дүниесін пайдалануға рұқсаттар (бұдан әрі – рұқсаттар) жануарлар дүниесін арнайы пайдаланудың мына түрлеріне беріледі:</w:t>
+      5. Мемлекеттік қызметті жергілікті атқарушы органдар жануарларды алудың белгіленген лимиттері мен квоталары шегінде көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z20" w:id="9"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z63" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) аң аулау;</w:t>
+      6. Көрсетілетін қызметті беруші осы Қағидаларға өзгерістер және (немесе) толықтырулар енгізу туралы нормативтік құқықтық актіні бекіткен күннен бастап үш жұмыс күні ішінде енгізілген өзгерістер және (немесе) толықтырулар туралы ақпаратты "электрондық үкіметтің" ақпараттық-комуникациялық инфрақұрылымның операторына және бірыңғай байланыс орталығына жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z21" w:id="10"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z64" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) балық аулау (кәсіпшілік, әуесқойлық (спорттық), ғылыми-зерттеу, мелиорациялық аулау, өсімін молайту мақсатында аулау);</w:t>
+      7. Мемлекеттік қызмет көрсету процесінің сипаттамасын, нысанын, мазмұны мен нәтижесін, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктері ескеріле отырып, өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі осы Қағидаларға 6-қосымшаға сәйкес нысанда жазылған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z22" w:id="11"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z65" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) жануарларды ғылыми, мәдени-ағартушылық, тәрбиелік, эстетикалық мақсаттарда, сондай-ақ індеттің алдын алу мақсатында пайдалану;</w:t>
+      8. Көрсетілетін қызметті берушінің кеңсесі құжаттар келіп түскен күні оларды қабылдауды, тіркеуді жүзеге асырады және көрсетілетін қызметті берушінің қарауына жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z23" w:id="12"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      4) жануарлар түрлерін өсімін молайту мақсатында пайдалану.</w:t>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде құжаттарды қабылдау Қазақстан Республикасы Еңбек кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>84-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес келесі жұмыс күні жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z24" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Аң аулауға, кәсіпшілік аулауға, әуесқойлық (спорттық), ғылыми-зерттеу, мелиорациялық аулауға, өсімін молайту мақсатында аулауға, жануарларды ғылыми, мәдени-ағартушылық, тәрбиелік, эстетикалық мақсаттарда, сондай-ақ індеттің алдын алу мақсатында пайдалануға, жануарлар түрлерін өсімін молайту мақсатында пайдалануға рұқсаттар:</w:t>
+      Көрсетілетін қызметті беруші құжаттарды тіркеген сәттен бастап 2 (екі) жұмыс күні ішінде ұсынылған құжаттардың толықтығын тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z25" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) бұдан бұрын жануарлар дүниесінің жай-күйін бағалау жүргізілмеген су айдындарында ғылыми-зерттеу үшін аулауды;</w:t>
+      Ұсынылған құжаттардың толық болмау фактісі анықталған жағдайда жауапты бөлімшенің қызметкері көрсетілген мерзімде көрсетілетін қызметті беруші басшысының электрондық-цифрлы қолтаңбасы қойылған электрондық құжат нысанында өтінімді одан әрі қараудан дәлелді бас тарту дайындайды және көрсетілетін қызметті алушының "жеке кабинетіне" жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z26" w:id="15"/>
+    <w:bookmarkStart w:name="z66" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">
+      9. Көрсетілетін қызметті алушы құжаттардың толық топтамасын ұсынған жағдайда көрсетілетін қызметті беруші осы Қағидалардың </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      5. Аң аулауға, кәсіпшілік аулауға, әуесқойлық (спорттық), ғылыми-зерттеу, мелиорациялық аулауға, өсімін молайту мақсатында аулауға, жануарларды ғылыми, мәдени-ағартушылық, тәрбиелік, эстетикалық мақсаттарда, сондай-ақ індеттің алдын алу мақсатында пайдалануға, жануарлар түрлерін өсімін молайту мақсатында пайдалануға рұқсаттар осы Қағидаларға </w:t>
+        <w:t>10-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...107 lines deleted...]
-      6. Мемлекеттік қызметті:</w:t>
+        <w:t xml:space="preserve"> сәйкес өтінімді және оған қоса берілетін құжаттарды өтінімде көрсетілген деректер мен мәліметтердің және ұсынылған құжаттарда көрсетілген мәліметтердің сәйкестігі тұрғысынан қарайды және өтінім келіп түскен сәттен бастап 1 (бір) жұмыс күні ішінде көрсетілетін қызметті беруші басшысының ЭЦҚ қойылған электрондық құжат нысанында рұқсат не мемлекеттік қызметті көрсетуден дәлелді бас тартуды қалыптастырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      екі және одан да көп облыстардың аумағында орналасқан балық шаруашылығы су айдындарында ғылыми-зерттеу үшін аулауды қоспағанда, жергілікті атқарушы органдар жануарларды алудың белгіленген лимиттері мен квоталары шегінде;</w:t>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жазылған.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:t>73-бабына</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...359 lines deleted...]
-        <w:t xml:space="preserve"> жазылған.</w:t>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік қызмет көрсетуден бас тарту үшін негіздер анықталған кезде көрсетілетін қызметті беруші көрсетілетін қызметті алушыға мемлекеттік қызмет көрсетуден бас тарту туралы алдын ала шешім туралы, сондай-ақ көрсетілетін қызметті алушыға алдын ала шешім бойынша ұстанымын білдіру мүмкіндігі үшін тыңдауды өткізу уақыты мен орны (тәсілі) туралы хабарлайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес мемлекеттік қызмет көрсетуден бас тарту үшін негіздер анықталған кезде көрсетілетін қызметті беруші көрсетілетін қызметті алушыға мемлекеттік қызмет көрсетуден бас тарту туралы алдын ала шешім туралы, сондай-ақ көрсетілетін қызметті алушыға алдын ала шешім бойынша ұстанымын білдіру мүмкіндігі үшін тыңдауды өткізу уақыты мен орны (тәсілі) туралы хабарлайды.</w:t>
+        <w:t>
+      Тыңдау туралы хабарлама мемлекеттік қызмет көрсету мерзімі аяқталғанға дейін кемінде 3 (үш) жұмыс күні бұрын жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тыңдау туралы хабарлама мемлекеттік қызмет көрсету мерзімі аяқталғанға дейін кемінде 3 (үш) жұмыс күні бұрын жіберіледі.</w:t>
+      Тыңдау хабарлама жасалған күннен бастап 2 (екі) жұмыс күнінен кешіктірілмей жүргізіледі. Тыңдау нәтижелері бойынша көрсетілетін қызметті беруші оң нәтиже немесе мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z67" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Мемлекеттік көрсетілетін қызметтер туралы заңның 5-бабының 2-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес көрсетілетін қызметті беруші мемлекеттік көрсетілетін қызметтер көрсету сатысы туралы деректердің "Мемлекеттік көрсетілетін қызметтер көрсету сатысы туралы мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне деректерді енгізу қағидаларын бекіту туралы" Қазақстан Республикасы Көлік және коммуникация министрінің міндетін атқарушының 2013 жылғы 14 маусымдағы № 452 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8555 болып тіркелген) бекітілген тәртіппен мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне енгізілуін қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рұқсаттар мен хабарламалардың мемлекеттік ақпараттық жүйесі арқылы мемлекеттік қызметтер көрсету кезінде мемлекеттік көрсетілетін қызметтер көрсету сатысы туралы деректер мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне автоматты режимде келіп түседі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Көрсетілетін қызметті берушінің және (немесе) оның лауазымды тұлғаларының мемлекеттік қызметтер көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z69" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Мемлекеттік қызметтер көрсету мәселелері бойынша шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шағым көрсетілетін қызметті берушіге және (немесе) шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адамға беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тыңдау хабарлама жасалған күннен бастап 2 (екі) жұмыс күнінен кешіктірілмей жүргізіледі. Тыңдау нәтижелері бойынша көрсетілетін қызметті беруші оң нәтиже немесе мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап береді.</w:t>
-[...351 lines deleted...]
-      Шағым көрсетілетін қызметті берушіге және (немесе) шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адамға беріледі.</w:t>
+      Көрсетілетін қызметті беруші, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адам шағым келіп түскен күннен бастап 3 (үш) жұмыс күнінен кешіктірмей оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті беруші, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адам шағым келіп түскен күннен бастап 3 (үш) жұмыс күнінен кешіктірмей оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
+      Бұл ретте көрсетілетін қызметті беруші, лауазымды адам, шешімге, әрекетке (әрекетсіздікке) шағым жасайды, егер ол 3 (үш) жұмыс күні ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын шешім не өзге де әкімшілік әрекет қабылдаса, шағымды қарайтын органға шағым жібермеуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұл ретте көрсетілетін қызметті беруші, лауазымды адам, шешімге, әрекетке (әрекетсіздікке) шағым жасайды, егер ол 3 (үш) жұмыс күні ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын шешім не өзге де әкімшілік әрекет қабылдаса, шағымды қарайтын органға шағым жібермеуге құқылы.</w:t>
+      Көрсетілетін қызметті берушінің атына келіп түскен көрсетілетін қызметті алушының шағымы Заңның 25-бабының 2-тармағына сәйкес ол тіркелген күннен бастап 5 (бес) жұмыс күні ішінде қаралуға жатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес ол тіркелген күннен бастап 5 (бес) жұмыс күні ішінде қаралуға жатады.</w:t>
+        <w:t>
+      Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы ол тіркелген күннен бастап 15 (он бес) жұмыс күні ішінде қаралуға жатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы ол тіркелген күннен бастап 15 (он бес) жұмыс күні ішінде қаралуға жатады.</w:t>
-[...16 lines deleted...]
-        <w:t>
       Егер заңда өзгеше көзделмесе, сотқа жүгінуге сотқа дейінгі тәртіппен шағым жасалғаннан кейін жол беріледі.</w:t>
-      </w:r>
-[...74 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2852,11755 +1856,2594 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жануарлар дүниесін пайдалануға рұқсаттар беру қағидаларына</w:t>
-[...55 lines deleted...]
-            </w:pPr>
+              <w:t>Жануарлар дүниесін пайдалануға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рұқсаттар беру қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
-          </w:p>
-[...1914 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Aлу мерзімі ___________________ бастап _____________________ дейін</w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z71" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (жергілікті атқарушы органның атауы)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наименование местного исполнительного органа)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жануарлар дүниесін пайдалануға РҰҚСАТ №_______________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Болжамды алу учаскесінің ауданы (аумағы) мен шекарасы ____________</w:t>
+      РАЗРЕШЕНИЕ на пользование животным миром (аң аулауға)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Берілді/выдано:____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (заңдытұлғаныңатауыжәне бизнес-сәйкестендірунөмірі, жеке тұлғаның, тегі, аты, әкесініңаты (бар болса) және жеке сәйкестендіру нөмірі/ наименование организации и бизнес-идентификационный номер юридического лица, фамилия, имя, отчество (при его наличии) и индивидуальный идентификационный номер физического лица) Аңаулау орны (аңшылық шаруашылығы, участке)/место охоты (охотничье хозяйство, участок)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Aлу құралдары:</w:t>
-[...920 lines deleted...]
-      Берілді: ______________________________________________________________</w:t>
+      _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Пайдалану түрі ________________________________________________________</w:t>
+      Аулау мақсаты: (әуесқойлық (спорттық), кәсіпшілік аңаулау, олжалау/ цель изъятия: (любительская (спортивная), промысловая охота, добыча трофея)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Алу мақсаты __________________________________________________________</w:t>
+      _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Алу тәсілдері _________________________________________________________</w:t>
+      _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Рұқсатты пайдалану үшін жауапты  адамдар:______________________________</w:t>
-[...1557 lines deleted...]
-      Қазақстан Республикасында кәсіпшілік, әуесқойлық және спорттық аң аулауды жүргізу кезінде төлемақы мөлшерлемелері мыналарды құрайды:</w:t>
+      Алып қойылатын жануарлар объектілері/добываемые объекты животного мира</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...103 lines deleted...]
-Төлемақы мөлшерлемесі, бір дара нұсқасы үшін (айлық есептік көрсеткі)</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жануар түрі/ Вид животного</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жыныстық-жасқұрамы (қоңыр аю, тұяқты жануарлардың жыныстықжас-құрамы және қажет болған жағдайда </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>құсқа)/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>половозрастнойсостав (для бурого медведя, копытных животных, и в случае необходимости для дичи)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Саны (дарақ)/ количество (особей)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аулау мерзімі дейін/ сроки изъятия</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...6929 lines deleted...]
-0,010</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___ж. "__" ___ ___ж. "__"____</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с "__" ___ ___г по "__" __ ___г</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      * Қазақстан Республикасының Қызыл кітабына енгізілген түрлерінен басқа.</w:t>
+      Берілген күні/дата выдачи "____" _____________ ________ж./г.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Балық аулау объектілері болып табылатын жануарлардың түрлерін пайдаланғаны үшін төлемақы мөлшерлемелері мыналарды құрайды:</w:t>
+      Берген/выдал:_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Атқарушы органның мөрі /Место печати местного исполнительного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      органа ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Төменгі бөлігін аңшыға рұқсат берген ұйым толтырады/заполняется</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организацией, получившей разрешение на пользование животным миром)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Аңшы/охотник _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (бар болса) / (фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аңшы куәлігі (сериясы, нөмірі, берілген күні)/удостоверение охотника</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (серия, номер, дата выдачи) __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жануарлар дүниесін пайдалануға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рұқсаттар беру қағидаларына</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z75" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ______________________________________________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(жергілікті атқарушы органның атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жануарлар дүниесін ғылыми, мәдени-ағартушылық, тәрбиелік, эстетикалық мақсаттарда, сондай-ақ індеттің алдын алу мақсатында пайдалануға арналған рұқсат</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нөмірі: __________ Берілген күні: __________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жануарлар дүниесін пайдалануға арналған рұқсат (кәсіпшілік аулау, әуесқойлық (спорттық) аулау, ғылыми-зерттемелік аулау, мелиорациялық аулау, өсімін молайту мақсатында аулау)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Берілді:________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пайдалану түрі:_________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Aлу мақсаты: ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Aлу тәсілдері: ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рұқсатты пайдалану үшін жауапты адамдар: _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алынуы жоспарланып отырған объектілердің тізбесі мен саны:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жануар түрі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саны (дарақтар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Aудан (аумақ) және учаске шекаралары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Төлемнің жиынтық сомасы ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жыныстық-жас құрамы (қажет болған жағдайда): _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Aлу мерзімі: ______________ бастап ______________________дейін</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Aлу тәсілі: __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рұқсатты пайдалану туралы есептің берілетін мерзімі: _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бақылау: __________________________________________ жүктеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті тұлға: _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жануарлар дүниесін пайдалануға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рұқсаттар беру қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z77" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (жергілікті атқарушы органның атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нөмірі: __________ Берілген күні: __________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жануарлар дүниесін пайдалануға арналған рұқсат</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Берілді: ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пайдалану түрі:__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Aлу мақсаты: ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Aлу тәсілдері: ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рұқсатты пайдалану үшін жауапты адамдар: _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алынуы жоспарланып отырған объектілердің тізбесі мен саны:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жануар түрі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Саны (дарақтар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Aудан (аумақ) және учаске шекаралары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Төлемнің жиынтық сомасы ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жыныстық-жас құрамы (қажет болған жағдайда): _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Aлу мерзімі: ______________ бастап ______________________дейін</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Aлу тәсілі: ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рұқсатты пайдалану туралы есептің берілетін мерзімі: _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бақылау: __________________________________________ жүктеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті тұлға: ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жануарлар дүниесін пайдалануға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рұқсаттар беру қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z79" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жануарлар дүниесін пайдаланғаны үшін төлемақы мөлшерлемелері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасында кәсіпшілік, әуесқойлық және спорттық аң аулауды жүргізу кезінде төлемақы мөлшерлемелері мыналарды құрайды:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -14617,125 +4460,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Р/с №</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Су жануарларының түрлері</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жабайы жануарлардың түрлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Төлемақы мөлшерлемелері (АЕК)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Төлемақы мөлшерлемесі, бір дара нұсқасы үшін (айлық есептік көрсеткіш)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -14758,87 +4631,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бір дара нұсқасы үшін</w:t>
-[...35 lines deleted...]
-бір килог-рамы үшін</w:t>
+Кәсіпшілік аң аулау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әуесқойлық және спорттық аң аулау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15020,51 +4893,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кәсіпшілік және ғылыми мақсаттарда:</w:t>
+Сүтқоректілер:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15125,3346 +4998,6597 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.1</w:t>
-[...103 lines deleted...]
-0,064</w:t>
+1.1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бұлан (еркегі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.2</w:t>
-[...103 lines deleted...]
-0</w:t>
+1.2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бұлан (ұрғашысы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.3</w:t>
-[...103 lines deleted...]
-0,017</w:t>
+1.3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бұлан (бір жасар төлі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.4</w:t>
-[...103 lines deleted...]
-0,012</w:t>
+1.4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+марал (еркегі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.5</w:t>
-[...103 lines deleted...]
-0,004</w:t>
+1.5)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+марал (ұрғашысы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.6</w:t>
-[...104 lines deleted...]
-            </w:pPr>
+1.6)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+марал (бір жасар төлі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.7</w:t>
-[...100 lines deleted...]
-            </w:pPr>
+1.7)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+аскания бұғысы (еркегі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.7.1</w:t>
-[...103 lines deleted...]
-0,013</w:t>
+1.8)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+аскания бұғысы (ұрғашысы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.8</w:t>
-[...100 lines deleted...]
-            </w:pPr>
+1.9)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+аскания бұғысы (бір жасар төлі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3,5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.8.1</w:t>
-[...103 lines deleted...]
-0,004</w:t>
+1.10)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+елiк (таралу аймағының солтүстiк бөлiгi, еркегі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...100 lines deleted...]
-            </w:pPr>
+1.11)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+елiк (таралу аймағының солтүстiк бөлiгi, ұрғашысы, бір жасар төлі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.1</w:t>
-[...100 lines deleted...]
-            </w:pPr>
+1.12)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+елiк (таралу аймағының оңтүстiк бөлiгi, еркегі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.1.1</w:t>
-[...103 lines deleted...]
-0,017</w:t>
+1.13)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+елiк (таралу аймағының оңтүстiк бөлiгi, ұрғашысы, бір жасар төлі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.1.2</w:t>
-[...103 lines deleted...]
-6,5</w:t>
+1.14)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сiбiр тау ешкiсi (еркегі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.1.3</w:t>
-[...103 lines deleted...]
-5,5</w:t>
+1.15)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сiбiр тау ешкiсi (ұрғашысы, бір жасар төлі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.1.4</w:t>
-[...103 lines deleted...]
-0,042</w:t>
+1.16)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құдыр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.1.5</w:t>
-[...103 lines deleted...]
-0,008</w:t>
+1.17)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қабан (еркегі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.1.6</w:t>
-[...104 lines deleted...]
-            </w:pPr>
+1.18)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қабан (ұрғашысы, бір жасар төлі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.2</w:t>
-[...100 lines deleted...]
-            </w:pPr>
+1.19)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+киiк (еркегі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.2.1</w:t>
-[...103 lines deleted...]
-0,1</w:t>
+1.20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+киiк (ұрғашысы, бір жасар төлі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.2.2</w:t>
-[...104 lines deleted...]
-            </w:pPr>
+1.21)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қоңыр аю (Тянь-Шань аюынан басқа)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.2.3</w:t>
-[...103 lines deleted...]
-0,27</w:t>
+1.22)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+өзен құндызы, кәмшат (ортаазиялықтан басқа)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.2.4</w:t>
-[...103 lines deleted...]
-0,068</w:t>
+1.23)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бұлғын</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.24)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+суырлар (Мензбир суырынан басқа)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,060</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.25)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ондатр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.26)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+борсық, түлкi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.27)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қарсақ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.28)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+америкалық су күзенi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.29)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сiлеусiн (Түркiстан сілеусінінен басқа)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.30)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қояндар (құмқоян, орқоян, ақ қоян)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.31)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жанат тектес ит, шайқағыш жанат, құну, сарғыш күзен, ақ қалақ, ақкiс, сары күзен, сасық күзен, кәдімгі тиiн</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.32)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+саршұнақ (құм саршұнағы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.33)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қасқыр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.34)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шибөрі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құстар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+маймақ қаз (қызыл жемсаулы, қара жемсаулы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+саңырау құр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,055</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гималай ұлары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.5)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қырғауыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,060</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.6)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қаздар* (сұр қаз, ақмаңдайлы қаз, қырманқаз), қарашақаз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.7)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+үйректер* (сарыалақаз, италақаз, барылдауық, қырылдақ шүрегей, ысылдақ шүрегей, боз үйрек, сары айдар үйрек, қылқұйрық, даурықпа шүрегей, жалпақ тұмсық, қызылтұмсық сүңгуiр, бізқұйрық сүңгуiр, айдарлы сүңгуiр, теңіз сүңгуiрі, ұшқыр үйрек, сусылдақ, мамыққаз, қара тұрпан, кiшi бейнарық, секпiлтөс бейнарық, үлкен бейнарық)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.8)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қасқалдақ, қызғыш, шiлдер (аққұр, тундра шілі, дала шілі, сұр шiл, сақалды шіл), кекiлiк, сұр құр, кептерлер (дыркептер, түзкептер, көк кептер, құз кептер), түркептер (кәдiмгi, үлкен түркептер), шалшықшылар (күржікей, шаушалшық, тауқұдiрет, орман маңқысы, азиялық тауқұдiрет, тау маңқысы, маңқы, жылқышы, үлкен шалшықшы, қасқа шалшықшы, үлкен шырғалақ, кiшi шырғалақ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.9)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бөдене</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,010</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Өзге де шаруашылық мақсаттарда (аң аулаудан және балық аулаудан басқа) пайдаланылатын жануарлар түрлеріндың пайдаланғаны үшін төлемақы мөлшерлемелері мыналарды құрайды:</w:t>
+      * Қазақстан Республикасының Қызыл кітабына енгізілген түрлерінен басқа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өзге де шаруашылық мақсаттарда (аң аулаудан басқа) пайдаланылатын жануарлар түрлеріндың пайдаланғаны үшін төлемақы мөлшерлемелері мыналарды құрайды:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -18481,143 +11605,183 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Р/с</w:t>
-[...17 lines deleted...]
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жануарлардың түрлері</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жануарлардың түрлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Төлемақы мөлшерлемелері (АЕК)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Төлемақы мөлшерлемелері (айлық есептік көрсеткіш)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -21041,1097 +14205,330 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z80" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z81" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Жануарлар дүниесiн пайдаланғаны үшiн төлемақы (бұдан әрi осы тармақтың мақсаттары үшiн – төлемақы) жануарлар дүниесiн арнайы пайдалану тәртiбiмен жануарлар дүниесiн пайдаланғаны үшiн алынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z82" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Жануарлардың сирек кездесетiн және құрып кету қаупi төнген түрлерiн пайдаланғаны үшiн төлемақыны осы жануарларды табиғи ортадан әкетуге рұқсат беру кезiнде Қазақстан Республикасының Үкiметi әрбiр жеке жағдайда белгiлейдi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z83" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Төлем алынбайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жануарларды кейіннен табиғи ортаға жібере отырып, ғылыми-зерттеу және шаруашылық мақсаттарда таңбалау, жүзу, қоныстандыру, жасанды өсіру және шағылыстыру мақсатында табиғи ортадан алып қою кезінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жеке және заңды тұлғалардың меншiгi болып табылатын, жасанды түрде өсiрiлген және ерiксiз және (немесе) жартылай еркiн жағдайларда ұсталатын жануарлар дүниесi объектiлерiн пайдаланған кезде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) халықтың денсаулығын сақтау, ауыл шаруашылығы және басқа да үй жануарларының ауруларының алдын алу, қоршаған ортаға залал келтiрудi болдырмау, ауыл шаруашылығы қызметiне елеулi зиян келтiру қаупiн болдырмау мақсатында саны реттелуге жататын жануарлар түрлерiн алып қою кезiнде.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z84" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Жергiлiктi атқарушы органдар тоқсан сайын, есептi тоқсаннан кейiнгi айдың 15-iнен кешiктiрiлмей, олардың орналасқан жерi бойынша салық органдарына уәкілетті орган белгілеген нысан бойынша алымдарды төлеушілер мен салық салу объектілері бойынша мәлімет ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...874 lines deleted...]
-0,0043</w:t>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жануарлар дүниесін пайдалануға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рұқсаттар беру қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ескерту:</w:t>
-[...143 lines deleted...]
-      4. Жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы уәкiлеттi мемлекеттiк орган және жергiлiктi атқарушы органдар тоқсан сайын, есептi тоқсаннан кейiнгi айдың 15-iнен кешiктiрiлмей, олардың орналасқан жерi бойынша салық органдарына салық органына есеп айырысуды қамтамасыз ету жөнiндегi мәлiметтердi табыс етедi. уәкілетті орган белгілеген нысан бойынша алымдарды төлеушілер мен салық салу объектілері.</w:t>
+      Нысан</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -22167,638 +14564,550 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жануарлар дүниесін</w:t>
+              <w:t>(кімге)______________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>пайдалануға рұқсаттар</w:t>
+              <w:t>(заңды тұлғаның толық атауы,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>беру қағидаларына</w:t>
+              <w:t>көрсетілетін қызметті</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>6-қосымша</w:t>
+              <w:t>берушінің тегі, аты, әкесінің аты</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(ол болған жағдайда)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(кімнен) ___________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(көрсетілетін қызмет</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алушының толық атауы)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мекенжайы __________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(индексі, облыс, қала,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аудан, көше, үй №,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пәтер № (бар болса), телефон)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетілетін қызмет алушының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректемелері</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>___________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(бизнес-сәйкестендіру нөмірі,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жеке сәйкестендіру нөмірі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z86" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Өтінім</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Нысан</w:t>
-[...346 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      "Жануарлар дүниесін пайдалануға рұқсат" беруді сұраймын (аң аулауға, өсімін молайту мақсатына, жануарларды ғылыми, мәдени-ағарту, тәрбиелік, эстетикалық мақсаттарда, сондай-ақ індеттің алдын алу мақсатында пайдалануға)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Жануарлар дүниесін пайдалануға рұқсат" беруді сұраймын (кәсіпшілік, әуесқойлық (спорттық), ғылыми-зерттеу үшін аулау, мелиорациялық аулау, өсімін молайту мақсатында аулау)_____________________________________________________________</w:t>
+      ______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Пайдалану түрі: _________________________________________________________</w:t>
+      Пайдалану түрі: ________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Су айдынының және (немесе) учаскесінің атауы______________________________</w:t>
+      Алу мақсаты: __________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Алу мақсаты: ___________________________________________________________</w:t>
+      Алу тәсілдері: __________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Алу тәсілдері: ___________________________________________________________</w:t>
+      Аңшылық шаруашылығын жүргізу шартының нөмірі мен күні: _________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Рұқсатты пайдалану үшін жауапты адамдар: _________________________________ </w:t>
+        <w:t>
+      _______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                        (тегі, аты, әкесінің аты (бар болса), жеке сәйкестендіру нөмірі)</w:t>
+      Рұқсатты пайдалану үшін жауапты адамдар: _________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Әуесқойлық (спорттық) балық аулауды қоспағанда, жануарлар дүниесі объектілерін алып қоюға қатысатын адамдардың тізімі:__________________________________ (тегі, аты, әкесінің аты (бар болса), жеке сәйкестендіру нөмірі)</w:t>
+      _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      20___жылғы "__"__________ №_____Балық шаруашылығын жүргізу шарты Субъектіні аккредиттеу туралы анықтаманың нөмірі, күні және сериясы (ғылыми-зерттеу үшін аулау жағдайында) </w:t>
+        <w:t>
+      (тегі, аты, әкесінің аты (бар болса), жеке сәйкестендіру нөмірі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мекендеу ортасынан алынуы жоспарланып отырған объектілердің тізбесі мен саны:</w:t>
+      Аң аулауды қоспағанда, жануарлар дүниесі объектілерін алып қоюға</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қатысатын адамдардың тізімі:___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (бар болса), жеке сәйкестендіру нөмірі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мекендеу ортасынан алу үшін жоспарланып отырған объектілердің тізбесі мен саны:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -22813,124 +15122,356 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Объектілердің атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жануарлардың түрлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Саны (тонна)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Саны (дарақтар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Саны (дарақтар)</w:t>
-            </w:r>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Aудан (аумақ) және учаске шекарасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -23007,527 +15548,159 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жыныстық-жас құрамы (қажет болған жағдайда): _____</w:t>
+      Жалпы құны (теңге) __________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Aлу мерзімі: ________ бастап______________ дейін</w:t>
+      Жыныстық-жас құрамы (қажет болған жағдайда): ________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Болжамды алу учаскесінің ауданы (аумағы) мен шекарасы_______________</w:t>
+      Aлу мерзімі: _____________________ бастап _______________________ дейін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Алу құралы:</w:t>
-[...367 lines deleted...]
-      Ұсынылған ақпараттың дұрыстығын растаймын және теріс мәліметтер ұсынғаным үшін Қазақстан Республикасының заңнамасына сәйкес жауапкершілік жайында хабардармын. Ақпараттық жүйелерде қамтылған заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісемін. </w:t>
+      Ұсынылған ақпараттың дұрыстығын растаймын және теріс мәліметтер ұсынғаным үшін Қазақстан Республикасының заңнамасына сәйкес жауапкершілік жайында хабардармын. Ақпараттық жүйелерде қамтылған заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісемін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Өтінімнің берілген күні 20___жылғы "_"</w:t>
+      Өтінімнің берілген күні 20___жылғы "___" ________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      _______________________________________________________________________ </w:t>
+        <w:t>
+      _____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                        (тегі, аты, әкесінің аты (бар болса), ЭЦҚ)</w:t>
+      (тегі, аты, әкесінің аты (бар болса), ЭЦҚ)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -23563,3962 +15736,1994 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жануарлар дүниесін пайдалануға рұқсаттар беру қағидаларына</w:t>
-[...259 lines deleted...]
-              <w:t>берушінің тегі, аты, әкесінің аты</w:t>
+              <w:t>Жануарлар дүниесін пайдалануға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(ол болған жағдайда))</w:t>
+              <w:t>рұқсаттар беру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(кімнен)____________________</w:t>
-[...194 lines deleted...]
-              <w:t>жеке сәйкестендіру нөмірі)</w:t>
+              <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z69" w:id="38"/>
-[...268 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Жануарлардың түрлері
+              <w:t>"Жануарлар дүниесін пайдалануға рұқсат беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Саны (дарақтар)
+              <w:t>1. Аң аулау</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Aудан (аумақ) және учаске шекарасы
+              <w:t>2. Жануарларды ғылыми, мәдени-ағартушылық, тәрбиелік, эстетикалық мақсаттарда, сондай-ақ эпизоотияны болдырмау мақсатында пайдалану</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4. Жануарлар түрлерін өсімін молайту мақсатында пайдалану</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушінің атауы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті атқарушы органдар</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті ұсыну тәсілдері (қол жеткізу арналары)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"электрондық үкіметтің" веб-порталы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету мерзімі</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 (үш) жұмыс күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті көрсету нысаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электрондық (ішінара автоматтандырылған)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті көрсету нәтижесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жануарлар дүниесін пайдалануға рұқсат жануарлар дүниесін арнайы пайдаланудың мынадай түрлеріне беріледі:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) аң аулау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) жануарлар түрлерін өсімін молайту мақсатында пайдалану.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) жануарларды ғылыми, мәдени-ағартушылық, тәрбиелік, эстетикалық мақсаттарда, сондай-ақ індетті болдырмау мақсатында пайдалану;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету нәтижесін ұсыну нысаны: электрондық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлемақы мөлшерін және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет ақылы/ақысыз негізде көрсетіледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жануарлар дүниесін пайдаланғаны үшін төлемақы "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кодексіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Салық кодексі) сәйкес, осы Қағидаларға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес алынады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Төлем қолма-қол ақшалай немесе қолма-қол ақшасыз нысанда екінші деңгейдегі банктер немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы, сондай-ақ "электрондық үкіметтің" төлем шлюзі (бұдан әрі – ЭҮТШ) арқылы жүргізіледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Төлемақы сомасы жануарлар дүниесін пайдалануға рұқсат алған жер бойынша бюджетке төленеді. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Төлемақы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) жануарларды кейіннен табиғи ортаға шығара отырып, ғылыми-зерттеу және шаруашылық мақсаттарда оларды таңбалау, сақиналау, қоныс аудару, жерсіндіру, жасанды жолмен өсіру және будандастыру мақсатында табиғи ортадан алу кезінде;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) жеке және заңды тұлғалардың жасанды жолмен өсірілген, еріксіз және (немесе) жартылай ерікті жағдайларда ұсталатын меншігі болып табылатын жануарлар дүниесі объектілерін пайдалану кезінде;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) халықтың денсаулығын қорғау, ауылшаруашылық және басқа да үй жануарларын аурулардан сақтау, қоршаған ортаға залал келтірудің алдын алу, ауылшаруашылық қызметіне елеулі залал келтіру қаупінің алдын алу мақсатында саны реттелуге жататын жануарлар түрлерін алып қою кезінде алынбайды.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның және ақпарат объектілерінің жұмыс графигі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ 1) көрсетілетін қызметті беруші – Қазақстан Республикасының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Еңбек кодексіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бұдан әрі – Кодекс) сәйкес демалыс және мереке күндерін қоспағанда, белгіленген жұмыс кестесіне сәйкес дүйсенбі-жұма аралығында сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) портал-жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде өтініштерді қабылдау және Мемлекеттік қызмет көрсету нәтижелерін беру Кодекске сәйкес келесі жұмыс күні жүзеге асырылады).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету орындарының мекенжайлары порталда орналастырылған.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Көрсетілетін қызметті алушының электрондық-цифрлы қолтаңбасымен (бұдан әрі – ЭЦҚ) куәландырылған электрондық құжат нысанындағы өтініш осы Қағидаларға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес нысан бойынша жануарлар дүниесін пайдалануға (аң аулауға, жануарларды ғылыми, мәдени-ағартушылық, тәрбиелік, эстетикалық мақсаттарда, сондай-ақ індетті болдырмау мақсатында, жануарлар түрлерін өсімін молайту мақсатында пайдалануға) рұқсаттар беру кезінде.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдалану түріне байланысты қосымша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) аң аулауға (алғаш рет жүгінген кезде):</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жануарлар дүниесі объектілерін алып қою шетелдіктердің қатысуымен жүргізілген жағдайда – аңшылық шаруашылығы субъектісінің шетелдіктермен аң аулауды ұйымдастыруға арналған шартының электрондық көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) жануарлар түрлерін өсімін молайту мақсатында пайдалануға:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жануарлар дүниесі объектілерін алып қоюды негіздейтін материалдардың электрондық көшірмесі (бар биологиялық негіздеме) беріледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) жануарларды ғылыми, мәдени-ағартушылық, тәрбиелік, эстетикалық мақсаттарда, сондай-ақ індеттің алдын алу мақсатында пайдалануға:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+індет мониторингінен басқа, бейіндеуші ғылыми ұйымның ғылыми кеңесі бекіткен ғылыми-тақырыптық жоспардан үзіндінің және ғылыми-зерттеу жұмыстары бағдарламасының электрондық көшірмесі, жануарлар дүниесі объектілерін алып қоюды негіздейтін материалдардың электрондық көшірмесі (биологиялық негіздеме);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+індетті болдырмау мақсатында Қазақстан Республикасында жануарлар аурулары індетінің мониторингі үшін ветеринария саласындағы уәкілетті органның мемлекеттік ветеринариялық ұйымының жыл сайынғы жұмыс жоспарының электрондық көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Осы Қағидалардың </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10-тармағында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көрсетілген құжаттарды тапсырған кезде көрсетілетін қызметті алушының "жеке кабинетіне" портал арқылы нәтижені беру күнін көрсете отырып, мемлекеттік қызметті көрсету үшін сұрау салудың қабылданғаны туралы мәртебе жіберіледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті көрсету нәтижесі көрсетілетін қызметті беруші басшысының не оны алмастыратын тұлғаның электрондық цифрлық қолтаңбасымен қойылады және портал арқылы көрсетілетін қызметті алушының "жеке кабинетіне" электрондық құжат нысанында жіберіледі.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) дәйексіздігі анықталған;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) көрсетілетін қызметті алушының және (немесе) ұсынылған материалдардың, объектілердің, деректер мен мәліметтердің осы Қағидаларда белгіленген талаптарға сәйкес келмеуі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) көрсетілетін қызметті алушыға қатысты оның қызметіне немесе мемлекеттік көрсетілетін қызметті алуды талап ететін жекелеген қызмет түрлеріне тыйым салу туралы соттың заңды күшіне енген шешімінің (үкімінің) болуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) көрсетілетін қызметті алушыға қатысты соттың заңды күшіне енген үкімінің болуы, оның негізінде көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алумен байланысты арнаулы құқығынан айырылуы бойынша мемлекеттік қызметтерді көрсетуден бас тартады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ 5) "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге ұсынылатын келісімінің болмауы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті көрсету ерекшеліктері ескерілген өзге де талаптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда Мемлекеттік көрсетілетін қызметті портал арқылы электрондық нысанда алуға мүмкіндігі бар. Көрсетілетін қызметті алушының мемлекеттік қызметті көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдағы "жеке кабинеті", көрсетілетін қызметті берушінің анықтамалық қызметтері, сондай-ақ "1414", 8-800-080-7777 Бірыңғай байланыс орталығы арқылы алуға мүмкіндігі бар.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жалпы құны (теңге)__________________________________________________</w:t>
-[...2698 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -27526,55 +17731,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>