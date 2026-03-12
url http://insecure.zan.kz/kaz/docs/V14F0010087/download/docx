--- v0 (2025-11-26)
+++ v1 (2026-03-12)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="45cd807" w14:textId="45cd807">
+    <w:p w14:paraId="0d35fa7" w14:textId="0d35fa7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,160 +113,180 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрінің 2014 жылғы 26 қарашадағы № 3-2/615 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2015 жылы 14 қаңтарда № 10087 тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Агроөнеркәсіптік кешенді және ауылдық аумақтарды дамытуды мемлекеттік реттеу туралы" Қазақстан Республикасы Заңының </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> 1) тармақшасына сәйкес </w:t>
+      "Агроөнеркәсіптік кешенді және ауылдық аумақтарды дамытуды мемлекеттік реттеу туралы" Қазақстан Республикасы Заңының 6-бабы 1-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 10-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 22.11.2021 </w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 27.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 339</w:t>
+        <w:t>№ 36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі және 01.01.2025 бастап туындаған қатынастарға қолданылады) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -691,140 +712,160 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z15" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Өңдеуші кәсіпорындардың ауыл шаруашылығы өнімін тереңдете өңдеп өнім өндіруі үшін оны сатып алу шығындарын субсидиялау қағидалары (бұдан әрі – Қағидалар) "Агроөнеркәсіптік кешенді және ауылдық аумақтарды дамытуды мемлекеттік реттеу туралы" Қазақстан Республикасы Заңының </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленді және тиісті қаржы жылына арналған жергілікті бюджетте көзделген қаражат есебінен және шегінде өңдеуші кәсіпорындардың ауыл шаруашылығы өнімін тереңдете өңделген өнім өндіруі үшін оны сатып алу шығындарын субсидиялау (бұдан әрі – субсидиялар) тәртібін, сондай-ақ "Өңдеуші кәсіпорындардың ауыл шаруашылығы өнімін тереңдете өңдеп өнім өндіруі үшін оны сатып алу шығындарын субсидиялау" мемлекеттік қызметін (бұдан әрі – мемлекеттік көрсетілетін қызмет) көрсету тәртібін айқындайды.</w:t>
+      1. Осы Өңдеуші кәсіпорындардың ауыл шаруашылығы өнімін тереңдете өңдеп өнім өндіруі үшін оны сатып алу шығындарын субсидиялау қағидалары (бұдан әрі – Қағидалар) "Агроөнеркәсіптік кешенді және ауылдық аумақтарды дамытуды мемлекеттік реттеу туралы" Қазақстан Республикасы Заңының 6-бабы 1-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 10-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және тиісті қаржы жылына арналған жергілікті бюджетте көзделген қаражат есебінен және шегінде өңдеуші кәсіпорындардың ауыл шаруашылығы өнімін тереңдете өңделген өнім өндіруі үшін оны сатып алу шығындарын субсидиялау (бұдан әрі – субсидиялар) тәртібін, сондай-ақ "Өңдеуші кәсіпорындардың ауыл шаруашылығы өнімін тереңдете өңдеп өнім өндіруі үшін оны сатып алу шығындарын субсидиялау" мемлекеттік қызметін (бұдан әрі – мемлекеттік көрсетілетін қызмет) көрсету тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 22.11.2021 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 27.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 339</w:t>
+        <w:t>№ 36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі және 01.01.2025 бастап туындаған қатынастарға қолданылады) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z103" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3360,677 +3401,501 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Субсидиялар мынадай шарттар сақталған кезде төленеді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z90" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша өңдеуші кәсіпорындардың ауыл шаруашылығы өнімін тереңдете өңдеп өнім өндіруі үшін оны сатып алу шығындарын субсидиялауға арналған өтінімді беруі.</w:t>
+        <w:t>
+      1) өңдеуші кәсіпорындардың "электрондық үкіметтің" веб-порталы арқылы электрондық түрде осы Қағидаларға 2-қосымшаға сәйкес нысан бойынша өңдеуші кәсіпорындардың ауыл шаруашылығы өнімін тереңдете өңдеп өнім өндіруі үшін оны сатып алу шығындарын субсидиялауға арналған өтінімді беруі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> жазылған.</w:t>
+        <w:t>
+      "Өңдеуші кәсіпорындардың ауыл шаруашылығы өнімін тереңдете өңдеп өнім өндіруі үшін оны сатып алу шығындарын субсидиялау" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптар тізбесі осы Қағидаларға 3-қосымшада жазылған.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Электрондық үкіметтің" веб-порталы мен СМАЖ-дың ақпараттық өзара іс-қимылы "Ақпараттандыру туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>43-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырылады;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z92" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өңдеуші кәсіпорын берген және ЭЦҚ қойылған өтінімнің СМАЖ-да тіркелуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">2) алып тасталды – ҚР Ауыл шаруашылығы министрінің м.а. 20.06.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 211</w:t>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.07.2024 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">      3-1) тармақша алып тастау көзделген - ҚР Ауыл шаруашылығы министрінің м.а. 24.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 415</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1) өтінім берілген жылға дейінгі алдыңғы 2 (екі) қаржы жылы қатарынан салық аударымдары мен еңбекақы төлеу қорының көлемін төмендетуге жол бермеу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақшаның бірінші бөлігінде көрсетілген базалық өлшемшарт дара кәсіпкер немесе заңды тұлға ретінде мемлекеттік тіркелген мерзімі 3 (үш) жылдан аспайтын көрсетілетін қызметті алушыларға қатысты қолданылмайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z94" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-2) сары майдың, қатты ірімшіктің, құрғақ сүттің (қаймағы алынбаған, майсыздандырылған) және құрғақ бидай дәнмаңызының (бидай глютені) жалпы өнім көлемінің өткен жылдың деңгейінде сақталуын /өсуін қамтамасыз ету бойынша қарсы міндеттемелерді сақтау, ақшалай мәнде (мың теңге).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қарсы міндеттемелерді агроөнеркәсіптік кешеннің субъектілері ағымдағы қаржы жылында ұқсас қарсы міндеттемелерді белгілеу көзделген субсидиялардың барлық түрлері бойынша жиынтығында 100 000 000 (жүз миллион) теңге және одан жоғары мөлшерде субсидиялар алған жағдайда қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2029 жылғы 1 қаңтардан бастап қарсы міндеттемелер субсидиялар алатын агроөнеркәсіптік кешеннің барлық субъектілеріне қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14-тармақты 3-3) тармақшамен толықтыру көзделген – ҚР Ауыл шаруашылығы министрінің м.а. 24.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 415</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z92" w:id="37"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z95" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) СМАЖ бен электрондық шот-фактуралардың ақпараттық жүйесінің (бұдан әрі – ЭШФ АЖ) ақпараттық өзара іс-қимылы нәтижесінде өңдеуші кәсіпорынның (өңдеуші кәсіпорынның құрылымдық бөлімшесі) ауыл шаруашылығы өнімін сатып алғанын және дайын өнімді өткізгенін растауы (ауыл шаруашылығы өнімін жеткізушінің, алдыңғы жылдан ерте емес шығарып берілген тиісті электрондық шот-фактурасының болуы, және өңдеуші кәсіпорынның (өңдеуші кәсіпорынның құрылымдық бөлімшесінің) дайын өнімді өткізу туралы алдыңғы жылдың төртінші тоқсанынан ерте емес шығарып берілген тиісті электрондық шот-фактурасының болуы).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 14-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 27.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...13 lines deleted...]
-</w:t>
+        <w:t>№ 36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      3-1) тармақша алып тастау көзделген - ҚР Ауыл шаруашылығы министрінің м.а. 24.12.2024 </w:t>
-[...353 lines deleted...]
-        <w:t xml:space="preserve"> (ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі және 01.01.2025 бастап туындаған қатынастарға қолданылады) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z47" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5042,273 +4907,175 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20-2. Агроөнеркәсіптік кешеннің жалпы өнімінің көлемі мынадай формула бойынша айқындалады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Агроөнеркәсіптік кешеннің өткен жылғы жалпы өнімінің (тауарлардың немесе көрсетілетін қызметтердің) көлемі, мың теңге = агроөнеркәсіптік кешеннің заттай мәндегі өткен жылғы өндірілген өнімінің (тауарлардың немесе көрсетілетін қызметтердің) көлемі, тонна х агроөнеркәсіптік кешен өнімінің (тауардың немесе қызметтің) бағасы, мың теңге.</w:t>
+      агроөнеркәсіптік кешеннің өткен жылғы жалпы өнімінің (тауарлардың немесе көрсетілетін қызметтердің) көлемі, мың теңге = агроөнеркәсіптік кешеннің заттай мәндегі өткен жылғы өндірілген өнімінің (тауарлардың немесе көрсетілетін қызметтердің) көлемі, тонна х агроөнеркәсіптік кешен өнімінің (тауардың немесе қызметтің) бағасы, мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Еңсерілмейтін күштің (табиғи-климаттық жағдайлардың, фитосанитариялық және эпизоотиялық жағдайлардың нашарлауы) салдарынан міндеттемелер орындалмаған жағдайда, өңдеуші кәсіпорын СМАЖ-ға осы фактіні растайтын құжатты (Қазақстан Республикасы Экология және табиғи ресурстар министрлігінің "Қазгидромет" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны берген ауа райы жағдайлары туралы анықтаманы және (немесе) ЖАО-ның карантинді немесе шектеу іс-шараларын белгілеу туралы шешімін және (немесе) жануарлардың ауруын анықтау туралы сараптама актісін (сынақ хаттамасы) және (немесе) егістіктердің зиянкестермен және өсімдіктердің ауруларымен зақымдануы туралы актіні) орналастырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> 8-бағаны) қарсы міндеттеме орындалмаған болып есептеледі. Қарсы міндеттемелерді алғашқы қабылдау кезінде ауытқу нөлге тең болады.</w:t>
+        <w:t>
+      Қарсы міндеттеме теріс ауытқу жағдайында (осы Қағидаларға 6-қосымшаның 8-бағаны) орындалмады деп есептеледі, ол өтінім берілген жылдың алдындағы алдыңғы 2 (екі) жылдағы агроөнеркәсіптік кешеннің жалпы өнімі (тауарлары немесе көрсетілетін қызметтері) көлемдерінің арасындағы айырма арқылы есептеледі. Қарсы міндеттемелерді алғашқы қабылдау кезінде ауытқу нөлге тең болады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алдыңғы 2 (екі) жыл қатарынан бірінші рет міндеттемелер орындалмаған және еңсерілмейтін күштің мән-жайларының басталғанын растайтын құжаттар болмаған жағдайда, ағымдағы күнтізбелік жылы 1 (бір) жылға субсидиялар алуға өтінім беру мүмкіндігі тоқтатылады. Алдыңғы 2 (екі) жыл қатарынан екінші рет және одан кейін де міндеттемелер орындалмаған және еңсерілмейтін күштің мән-жайларының басталғанын растайтын құжаттар болмаған жағдайда, ағымдағы күнтізбелік жылда 2 (екі) жылға субсидиялар алуға өтінім беру мүмкіндігі тоқтатылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросының ресми ұсынылған ақпаратына сәйкес агроөнеркәсіптік кешен өнімінің (тауарлардың немесе көрсетілетін қызметтердің) орташа республикалық бағалар туралы деректерді осы Қағидаларды әзірлеуші 2025 жылғы 20 қаңтарға дейінгі мерзімде СМАЖ-ға орналастырады. Агроөнеркәсіптік кешен өнімдерінің бағасы 2024 жылғы тұрақты негізде белгіленеді. Ресми статистикалық ақпаратта баға туралы деректер болмаған жағдайда, баламалы көздерден алынған деректер немесе өнімнің осы түрін өндіретін облыстың, республикалық маңызы бар қаланың, астананың 5 (бес) агроөнеркәсіптік кешен субъектсінің орташа бағасы пайдаланылатын болады.</w:t>
-[...57 lines deleted...]
-        <w:t xml:space="preserve"> белгіленген нысан бойынша қарсы міндеттемелер тізілімінде көрсетіледі және пайдаланушылар үшін жалпыға қолжетімді болып табылады.</w:t>
+      Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросының ресми ұсынылған ақпаратына сәйкес агроөнеркәсіптік кешен өнімінің (тауарлардың немесе көрсетілетін қызметтердің) орташа республикалық бағалар туралы деректерді осы Қағидаларды әзірлеуші 2025 жылғы 20 қаңтарға дейінгі мерзімде СМАЖ-ға орналастырады. Агроөнеркәсіптік кешеннің жаңа өнімі (тауары немесе көрсетілетін қызметі) пайда болған жағдайда оған орташа республикалық бағалар СМАЖ-ға тиісті жылдың 20 қаңтарына дейінгі мерзімде енгізіледі. Агроөнеркәсіптік кешеннің жалпы өнімінің (тауарларының немесе қызметтерінің) көлемін есептеу кезінде 2024 жылғы тіркелген баға пайдаланылады. Ресми статистикалық ақпаратта баға туралы деректер болмаған жағдайда, баламалы көздерден алынған деректер немесе өнімнің осы түрін өндіретін облыстың, республикалық маңызы бар қаланың, астананың 5 (бес) агроөнеркәсіптік кешен субъектсінің орташа бағасы пайдаланылатын болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Агроөнеркәсіптік кешеннің өндірілген жалпы өнімінің (тауарларының немесе көрсетілетін қызметтерінің) көлемі туралы ақпаратты өңдеуші кәсіпорын осы Қағидаларға 6-қосымшаға сәйкес нысан бойынша 20 қаңтардан бастап ағымдағы жылдың соңына дейінгі мерзімде Жеке кабинетінде толтырады және электрондық цифрлық қолтаңбамен растайды. Қарсы міндеттемелер туралы мәліметтер осы Қағидаларға 7-қосымшада белгіленген нысан бойынша қарсы міндеттемелер тізілімінде көрсетіледі және пайдаланушылар үшін жалпыға қолжетімді болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте ағымдағы жылы мемлекеттік тіркеуден өткен өңдеуші кәсіпорындар өткен жылғы жалпы өнім көлемін "0" мәнінде көрсетеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...36 lines deleted...]
-        </w:rPr>
         <w:t>
       Қайта өңдеуші кәсіпорынның қарсы міндеттемелерді орындау деңгейі СМАЖ-да белгіленеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -5334,71 +5101,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> енгізіледі); жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 09.06.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 193</w:t>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен; жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 27.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t>№ 36</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі және 01.01.2025 бастап туындаған қатынастарға қолданылады) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z63" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -14003,211 +13770,598 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6-қосымша</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Нысан </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Әкімшілік деректерді жинауға арналған нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұсынылады: Қазақстан Республикасы Ауыл шаруашылығы министрлігіне</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан www.gov.kz интернет-ресурсында орналастырылған</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z113" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Әкімшілік нысанның атауы: Агроөнеркәсіптік кешеннің өндірілген жалпы өнімінің (тауарлардың немесе көрсетілген қызметтердің) көлемі туралы ақпарат</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар 6-қосымшамен толықтырылды - ҚР Ауыл шаруашылығы министрінің м.а. 20.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 209</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен; жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі және 01.01.2025 бастап туындаған қатынастарға қолданылады) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі: № 1-ЖӨ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кезеңділігі: жылдық</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Есепті кезең: 20__ж</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын тұлғалар тобы: субсидия алатын өңдеуші кәсіпорындар</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      жыл сайын, 20 қаңтардан бастап және тиісті жылдың соңына дейінгі мерзімде. </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-[...54 lines deleted...]
-            </w:r>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке сәйкестендіру нөмірі/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бизнес сәйкестендіру нөмірі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="5346700" cy="431800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId4"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="5346700" cy="431800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...22 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қағидалар 6-қосымшамен толықтырылды - ҚР Ауыл шаруашылығы министрінің м.а. 20.06.2024 </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> (ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      Жинау әдісі: электрондық түрде. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Облыс_________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жылы _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік-аумақтық объектілердің жіктеуішісі бойынша код</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
@@ -14371,51 +14525,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Агроөнеркәсіптік кешеннің алдыңғы жылға өндірілген өнімінің (тауарлардың немесе көрсетілген қызметтердің) көлемі заттай мәнде, тонна</w:t>
+Агроөнеркәсіптік кешеннің өткен жылғы өндірілген өнімінің (тауарларының немесе көрсетілген қызметтерінің) көлемі заттай мәнде, тонна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14443,51 +14597,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Агроөнеркәсіптік кешеннің алдыңғы жылға жалпы өнімінің (тауарлардың немесе көрсетілген қызметтердің) көлемі, мың теңге (5*6)**</w:t>
+Агроөнеркәсіптік кешеннің өткен жылғы жалпы өнімінің (тауардың немесе көрсетілген қызметтердің) көлемі, мың теңге (5*6)**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14777,251 +14931,1321 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Басшы немесе қол қою функциясы жүктелген адам</w:t>
-[...53 lines deleted...]
-      Күні 20__ жылғы "____"______________</w:t>
+      Атауы_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мекенжайы__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефоны____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электрондық почтасының мекенжайы____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орындаушы__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аты, әкесінің аты (бар болса), тегі, телефоны</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басшы немесе оның міндетін атқарушы адам___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аты, әкесінің аты (бар болса), тегі, телефоны</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Есептің тапсырылған күні 20 ___ жылғы " " __________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе:* агроөнеркәсіптік кешен (бұдан әрі – АӨК) өнімінің (тауардың немесе көрсетілетін қызметтің) баға туралы деректер Қазақстан Республикасы Ауыл шаруашылығы министрінің 2014 жылғы 26 қарашадағы № 3-2/615 бұйрығымен бекітілген (тіркелген) Өңдеуші кәсіпорындардың ауылшаруашылық өнімін тереңдете өңдеп өнім өндіруі үшін оны сатып алу шығындарын субсидиялау қағидаларының 20-2-тармағына сәйкес субсидиялаудың мемлекеттік ақпараттық жүйесімен (бұдан әрі – СМАЖ) автоматты түрде толтырылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ** СМАЖ-да автоматты түрде есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      АӨК өндірілген жалпы өнімінің (тауарларының немесе көрсетілетін қызметтерінің) көлемі туралы ақпарат ұсынылған кезде АӨК субъектісі өндірілген өнімнің – сары май, қатты ірімшік және құрғақ сүттің (қаймағы алынбаған, майсыздандырылған) және құрғақ бидай дәнмаңызының (бидай глютені) көлемін көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Статистика агенттігі төрағасының 2010 жылғы 9 шілдедегі № 173 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6459 болып тіркелген) бекітілген Респонденттердің алғашқы статистикалық деректерді ұсыну қағидаларына сәйкес Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігінің Ұлттық статистика бюросына өнімді (тауарларды, көрсетілетін қызметтерді) өндіру және тиеп-жөнелту туралы алғашқы статистикалық деректерді беруге келісемін. Бұл талап жұмыскерлерінің санына қарамастан, "Өнеркәсіп" қызметінің негізгі және (немесе) қосалқы түрлерімен (Экономикалық қызмет түрлерінің жалпы жіктеуішінің 05-33, 35-39 кодтарына сәйкес) заңды тұлғаларға және (немесе) олардың құрылымдық және оқшауланған бөлімшелеріне қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұсынылған деректердің дұрыстығын растаймын, дұрыс емес ақпарат және құжаттар бергенім үшін Қазақстан Республикасының заңдарына сәйкес жауапкершілік туралы хабардармын және заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға, сондай-ақ дербес деректерді жинауға, өңдеуге келісім беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе: Әкімшілік деректерді өтеусіз негізде жинауға арналған "Агроөнеркәсіптік кешеннің өндірілген жалпы өнімінің (тауарлардың немесе көрсетілетін қызметтердің) көлемі туралы ақпарат" нысанын толтыру бойынша түсініктеме осы нысанға қосымшада келтірілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әкімшілік деректерді өтеусіз</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>негізде жинауға арналған</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Агроөнеркәсіптік кешеннің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өндірілген жалпы өнімнің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(тауарлардың немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетілетін қызметтердің)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көлемі туралы ақпарат"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нысанына қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z115" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Әкімшілік деректерді өтеусіз негізде жинауға арналған "Агроөнеркәсіптік кешеннің өндірілген жалпы өнімінің (тауарлардың немесе көрсетілген қызметтердің) көлемі туралы ақпарат" нысанын толтыру бойынша түсіндірме (индексі: № 1-ЖӨ нысан, кезеңділігі: жылдық)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z116" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы түсіндірме әкімшілік деректерді өтеусіз негізде жинауға арналған "Агроөнеркәсіптік кешеннің өндірілген жалпы өнімінің (тауарлардың немесе көрсетілген қызметтердің) көлемі туралы ақпарат" нысанын (бұдан әрі – Нысан) толтыру бойынша бірыңғай талаптарды айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескертпе:* агроөнеркәсіптік кешен (бұдан әрі – АӨК) өнімінің (тауардың немесе көрсетілетін қызметтің) баға туралы деректер Қазақстан Республикасы Ауыл шаруашылығы министрінің 2014 жылғы 26 қарашадағы № 3-2/615 бұйрығымен бекітілген (тіркелген) Өңдеуші кәсіпорындардың ауылшаруашылық өнімін тереңдете өңдеп өнім өндіруі үшін оны сатып алу шығындарын субсидиялау қағидаларының </w:t>
-[...55 lines deleted...]
-      АӨК өндірілген жалпы өнімінің (тауарлардың немесе көрсетілетін қызметтердің) көлемі туралы ақпарат ұсынылған кезде АӨК субъектісі субсидиялар алуға өтінім берер алдында өндірілген өнімнің – сары май, қатты ірімшік және құрғақ сүттің (қаймағы алынбаған, майсыздандырылған), құрғақ бидай дәнмаңызы (бидай глютені) көлемін көрсетеді.</w:t>
+      2. Нысанды өңдеуші кәсіпорындар мемлекеттік ақпараттық субсидиялау жүйесінде (бұдан әрі – СМАЖ) толтырады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасы Статистика агенттігі төрағасының 2010 жылғы 9 шілдедегі № 173 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6459 болып тіркелген) бекітілген Респонденттердің алғашқы статистикалық деректерді ұсыну </w:t>
-[...37 lines deleted...]
-      Ұсынылған деректердің дұрыстығын растаймын, дұрыс емес мәліметтер үшін Қазақстан Республикасының заңнамасына сәйкес жауапкершілік туралы хабардармын және заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға, сондай-ақ дербес деректерді жинауға, өңдеуге келісім беремін.</w:t>
+      3. Нысанға басшы не оның міндетін атқарушы адам тегі мен аты-жөнін көрсете отырып, қол қояды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Нысанды: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      субсидия алатын өңдеуші кәсіпорындар ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Нысан мемлекеттік және орыс тілдерінде толтырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z117" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру бойынша түсініктеме</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Нысанның 1-бағанында ұлттық Әкімшілік-аумақтық объектілердің жіктеуішіне сәйкес облыстың, республикалық маңызы бар қаланың, астананың атауы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Нысанның 2-бағанында субсидия алатын өңдеуші кәсіпорынның атауы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Нысанның 3-бағанында өңдеуші кәсіпорынның бизнес-сәйкестендіру нөмірі немесе жеке сәйкестендіру нөмірі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Нысанның 4-бағанында өндірілген өнімнің (тауарлардың немесе көрсетілген қызметтердің) атауы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Нысанның 5-бағанында агроөнеркәсіптік кешеннің өткен жылғы өндірілген өнімінің (тауарлардың немесе көрсетілетін қызметтердің) көлемі заттай мәнде, тоннамен көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Нысанның 6-бағанында агроөнеркәсіптік кешен өнімінің (тауардың немесе көрсетілетін қызметтің) бағасы туралы деректер, мың теңгемен көрсетіледі, олар автоматты түрде СМАЖ-да толтырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Нысанның 7-бағанында агроөнеркәсіптік кешеннің өткен жылғы жалпы өнімінің (тауарлардың немесе көрсетілетін қызметтердің) көлемі, мың теңгемен көрсетіледі, ол автоматты түрде СМАЖ-да есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Нысанның 8-бағанында ауытқу, мың теңгемен көрсетіледі, ол СМАЖ-да автоматты түрде толтырылады.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -16207,55 +17431,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -16577,35 +17801,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>